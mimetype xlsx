--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -12,1163 +12,683 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...56 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...21 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...36 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
-    <t>Pakistan Energy Labels for Fans</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...107 lines deleted...]
-    <t>Sello FIDE No. 4113</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
-[...271 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4176 - Solar Inverters</t>
-[...16 lines deleted...]
-  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
   <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1432,4043 +952,1346 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N91"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>24</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>2024</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>24</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>49</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>24</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>21</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>50</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" t="s">
+        <v>82</v>
+      </c>
+      <c r="H13">
+        <v>2025</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>57</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13" t="s">
+        <v>101</v>
+      </c>
+      <c r="M13" t="s">
+        <v>59</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="E14" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
+        <v>21</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>24</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" t="s">
+        <v>21</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2024</v>
+      </c>
+      <c r="J15" t="s">
+        <v>41</v>
+      </c>
+      <c r="K15" t="s">
+        <v>23</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>24</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>31</v>
+      </c>
+      <c r="F16" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>23</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>24</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>31</v>
+      </c>
+      <c r="F17" t="s">
+        <v>124</v>
+      </c>
+      <c r="G17" t="s">
+        <v>21</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" t="s">
+        <v>23</v>
+      </c>
+      <c r="L17" t="s">
+        <v>125</v>
+      </c>
+      <c r="M17" t="s">
+        <v>24</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>55</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>31</v>
+      </c>
+      <c r="F18" t="s">
+        <v>131</v>
+      </c>
+      <c r="G18" t="s">
+        <v>21</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>23</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>134</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
+        <v>139</v>
+      </c>
+      <c r="E19" t="s">
+        <v>31</v>
+      </c>
+      <c r="F19" t="s">
+        <v>131</v>
+      </c>
+      <c r="G19" t="s">
+        <v>21</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>23</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20" t="s">
+        <v>88</v>
+      </c>
+      <c r="E20" t="s">
+        <v>31</v>
+      </c>
+      <c r="F20" t="s">
+        <v>131</v>
+      </c>
+      <c r="G20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L20" t="s">
+        <v>146</v>
+      </c>
+      <c r="M20" t="s">
+        <v>142</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="G21" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H21">
+        <v>2019</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>151</v>
+      </c>
+      <c r="K21" t="s">
+        <v>152</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>24</v>
+      </c>
+      <c r="N21" t="s">
+        <v>153</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D22" t="s">
+        <v>56</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F22" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" t="s">
+        <v>21</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>132</v>
+      </c>
+      <c r="K22" t="s">
+        <v>158</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>59</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>55</v>
+      </c>
+      <c r="D23" t="s">
+        <v>70</v>
+      </c>
+      <c r="E23" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>132</v>
+      </c>
+      <c r="K23" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L23" t="s">
+        <v>164</v>
+      </c>
+      <c r="M23" t="s">
+        <v>59</v>
+      </c>
+      <c r="N23" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>167</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>55</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="F24" t="s">
+        <v>40</v>
+      </c>
+      <c r="G24" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>71</v>
+      </c>
+      <c r="K24" t="s">
+        <v>158</v>
+      </c>
+      <c r="L24" t="s">
+        <v>170</v>
+      </c>
+      <c r="M24" t="s">
+        <v>59</v>
+      </c>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>55</v>
+      </c>
+      <c r="D25" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>21</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>132</v>
+      </c>
+      <c r="K25" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...19 lines deleted...]
-      <c r="F4" t="s">
+      <c r="L25" t="s">
+        <v>175</v>
+      </c>
+      <c r="M25" t="s">
+        <v>59</v>
+      </c>
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" t="s">
+        <v>180</v>
+      </c>
+      <c r="E26" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...6 lines deleted...]
-      <c r="J4" t="s">
+      <c r="F26" t="s">
+        <v>40</v>
+      </c>
+      <c r="G26" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>132</v>
+      </c>
+      <c r="K26" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...165 lines deleted...]
-      <c r="N8" t="s">
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
         <v>59</v>
       </c>
-    </row>
-[...767 lines deleted...]
-      </c>
       <c r="N26" t="s">
-        <v>122</v>
-[...745 lines deleted...]
-      <c r="A44" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
         <v>182</v>
       </c>
-      <c r="B44" t="s">
-[...26 lines deleted...]
-      <c r="K44" t="s">
+      <c r="P26" t="s">
         <v>183</v>
       </c>
-      <c r="L44" t="s">
-[...2051 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>