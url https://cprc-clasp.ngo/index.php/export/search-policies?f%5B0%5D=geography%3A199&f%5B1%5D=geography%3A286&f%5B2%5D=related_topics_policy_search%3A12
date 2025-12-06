--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,311 +12,390 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -580,617 +659,692 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="110" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
+        <v>2005</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...29 lines deleted...]
-      <c r="G4">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
         <v>2021</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>33</v>
       </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
         <v>38</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2021</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>33</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="H6">
         <v>2024</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>57</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>33</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
         <v>46</v>
       </c>
-      <c r="K6" t="s">
-[...9 lines deleted...]
-        <v>48</v>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7">
+        <v>1994</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>33</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...21 lines deleted...]
-      <c r="H7">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
+        <v>65</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
-[...2 lines deleted...]
-      <c r="J7" t="s">
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>33</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>64</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" t="s">
+        <v>33</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...9 lines deleted...]
-        <v>55</v>
+      <c r="G11" t="s">
+        <v>91</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>32</v>
+      </c>
+      <c r="N11" t="s">
+        <v>33</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...27 lines deleted...]
-      <c r="J8" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...31 lines deleted...]
-      <c r="G9">
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12">
         <v>2008</v>
       </c>
-      <c r="H9">
-[...134 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="N12" t="s">
-        <v>73</v>
+        <v>33</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>