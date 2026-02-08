--- v0 (2025-12-11)
+++ v1 (2026-02-08)
@@ -455,72 +455,75 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -563,60 +566,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -664,156 +667,156 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
     <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
 and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
 This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
@@ -903,53 +906,50 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -3061,51 +3061,51 @@
       </c>
       <c r="P6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>54</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>64</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>66</v>
       </c>
@@ -3558,2140 +3558,2142 @@
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>125</v>
       </c>
       <c r="B17" t="s">
         <v>126</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>127</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>114</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>128</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>117</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
         <v>129</v>
       </c>
       <c r="P17" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>130</v>
       </c>
       <c r="B18" t="s">
         <v>131</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>95</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>114</v>
       </c>
       <c r="G18" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
         <v>39</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>117</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P18" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>95</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>114</v>
       </c>
       <c r="G19" t="s">
         <v>55</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2024</v>
       </c>
       <c r="J19" t="s">
         <v>128</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>117</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P19" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>114</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="H20">
+      <c r="H20"/>
+      <c r="I20">
         <v>2024</v>
       </c>
-      <c r="I20"/>
       <c r="J20" t="s">
         <v>128</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>117</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P20" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>101</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>114</v>
       </c>
       <c r="G21" t="s">
         <v>115</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
       <c r="I21">
         <v>2014</v>
       </c>
       <c r="J21" t="s">
         <v>39</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M21" t="s">
         <v>117</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P21" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C22" t="s">
         <v>52</v>
       </c>
       <c r="D22" t="s">
         <v>113</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>114</v>
       </c>
       <c r="G22" t="s">
         <v>8</v>
       </c>
       <c r="H22">
         <v>2008</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
         <v>39</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M22" t="s">
         <v>117</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
         <v>107</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>114</v>
       </c>
       <c r="G23" t="s">
         <v>115</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>39</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M23" t="s">
         <v>117</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P23" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>114</v>
       </c>
       <c r="G24" t="s">
         <v>115</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>39</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M24" t="s">
         <v>117</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P24" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B25" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C25" t="s">
         <v>52</v>
       </c>
       <c r="D25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>114</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="H25">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>128</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>117</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P25" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B26" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C26" t="s">
         <v>52</v>
       </c>
       <c r="D26" t="s">
         <v>113</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>55</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
       <c r="I26">
         <v>2022</v>
       </c>
       <c r="J26" t="s">
         <v>39</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M26" t="s">
         <v>117</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B27" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C27" t="s">
         <v>52</v>
       </c>
       <c r="D27" t="s">
         <v>122</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>8</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2022</v>
       </c>
       <c r="J27" t="s">
         <v>39</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M27" t="s">
         <v>117</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P27" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C28" t="s">
         <v>52</v>
       </c>
       <c r="D28" t="s">
         <v>127</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2025</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>128</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>117</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P28" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C29" t="s">
         <v>52</v>
       </c>
       <c r="D29" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>39</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M29" t="s">
         <v>117</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P29" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C30" t="s">
         <v>52</v>
       </c>
       <c r="D30" t="s">
         <v>95</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>8</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>128</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>117</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P30" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B31" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C31" t="s">
         <v>52</v>
       </c>
       <c r="D31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>115</v>
       </c>
       <c r="H31">
         <v>2024</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>128</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>117</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>52</v>
       </c>
       <c r="D32" t="s">
         <v>101</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>55</v>
+        <v>132</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
       <c r="I32">
         <v>2022</v>
       </c>
       <c r="J32" t="s">
         <v>39</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M32" t="s">
         <v>117</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P32" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C33" t="s">
         <v>52</v>
       </c>
       <c r="D33" t="s">
         <v>101</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="H33">
         <v>2011</v>
       </c>
       <c r="I33">
         <v>2025</v>
       </c>
       <c r="J33" t="s">
         <v>128</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>117</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C34" t="s">
         <v>52</v>
       </c>
       <c r="D34" t="s">
         <v>113</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>8</v>
+        <v>132</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34">
         <v>2022</v>
       </c>
       <c r="J34" t="s">
         <v>39</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M34" t="s">
         <v>117</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P34" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C35" t="s">
         <v>52</v>
       </c>
       <c r="D35" t="s">
         <v>113</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>55</v>
       </c>
       <c r="H35">
         <v>2011</v>
       </c>
       <c r="I35">
         <v>2025</v>
       </c>
       <c r="J35" t="s">
         <v>128</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>117</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P35" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C36" t="s">
         <v>52</v>
       </c>
       <c r="D36" t="s">
         <v>107</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
-      <c r="H36"/>
+      <c r="H36">
+        <v>2024</v>
+      </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>128</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>117</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P36" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B37" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C37" t="s">
         <v>52</v>
       </c>
       <c r="D37" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>115</v>
       </c>
       <c r="H37">
         <v>2018</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>39</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M37" t="s">
         <v>117</v>
       </c>
       <c r="N37" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P37" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B38" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C38" t="s">
         <v>52</v>
       </c>
       <c r="D38" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>115</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>39</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M38" t="s">
         <v>117</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P38" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C39" t="s">
         <v>52</v>
       </c>
       <c r="D39" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2025</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>128</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>117</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P39" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C40" t="s">
         <v>36</v>
       </c>
       <c r="D40" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>54</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>128</v>
       </c>
       <c r="K40" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P40" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C41" t="s">
         <v>36</v>
       </c>
       <c r="D41" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>55</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41">
         <v>2025</v>
       </c>
       <c r="J41" t="s">
         <v>128</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P41" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C42" t="s">
         <v>36</v>
       </c>
       <c r="D42" t="s">
         <v>70</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>54</v>
       </c>
       <c r="G42" t="s">
         <v>55</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42">
         <v>2016</v>
       </c>
       <c r="J42" t="s">
         <v>39</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M42" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P42" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B43" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C43" t="s">
         <v>36</v>
       </c>
       <c r="D43" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>55</v>
       </c>
       <c r="H43">
         <v>2004</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
         <v>128</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M43" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P43" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B44" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C44" t="s">
         <v>36</v>
       </c>
       <c r="D44" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>55</v>
       </c>
       <c r="H44">
         <v>1996</v>
       </c>
       <c r="I44">
         <v>2005</v>
       </c>
       <c r="J44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M44" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P44" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B45" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C45" t="s">
         <v>36</v>
       </c>
       <c r="D45" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>54</v>
       </c>
       <c r="G45" t="s">
         <v>55</v>
       </c>
       <c r="H45">
         <v>2006</v>
       </c>
       <c r="I45">
         <v>2025</v>
       </c>
       <c r="J45" t="s">
         <v>128</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="M45" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P45" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C46" t="s">
         <v>36</v>
       </c>
       <c r="D46" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>54</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2020</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>128</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M46" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P46" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B47" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C47" t="s">
         <v>36</v>
       </c>
       <c r="D47" t="s">
         <v>45</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>255</v>
+        <v>132</v>
       </c>
       <c r="H47">
         <v>1997</v>
       </c>
       <c r="I47">
         <v>2005</v>
       </c>
       <c r="J47" t="s">
         <v>39</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N47" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O47" t="s">
         <v>256</v>
       </c>
       <c r="P47" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>258</v>
       </c>
       <c r="B48" t="s">
         <v>259</v>
       </c>
       <c r="C48" t="s">
         <v>36</v>
       </c>
       <c r="D48" t="s">
         <v>45</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>55</v>
       </c>
       <c r="H48">
         <v>2004</v>
       </c>
       <c r="I48">
         <v>2025</v>
       </c>
       <c r="J48" t="s">
         <v>128</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>260</v>
       </c>
       <c r="M48" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
         <v>261</v>
       </c>
       <c r="P48" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>263</v>
       </c>
       <c r="B49" t="s">
         <v>264</v>
       </c>
       <c r="C49" t="s">
         <v>36</v>
       </c>
       <c r="D49" t="s">
         <v>265</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2018</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>39</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
         <v>263</v>
       </c>
       <c r="M49" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
         <v>266</v>
       </c>
       <c r="P49" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>268</v>
       </c>
       <c r="B50" t="s">
         <v>269</v>
       </c>
       <c r="C50" t="s">
         <v>36</v>
       </c>
       <c r="D50" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>8</v>
       </c>
       <c r="H50">
         <v>2016</v>
       </c>
       <c r="I50">
         <v>2025</v>
       </c>
       <c r="J50" t="s">
         <v>128</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
         <v>270</v>
       </c>
       <c r="M50" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
         <v>271</v>
       </c>
       <c r="P50" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>273</v>
       </c>
       <c r="B51" t="s">
         <v>274</v>
       </c>
       <c r="C51" t="s">
         <v>36</v>
       </c>
       <c r="D51" t="s">
         <v>275</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>55</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51">
         <v>2013</v>
       </c>
       <c r="J51" t="s">
         <v>39</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
         <v>273</v>
       </c>
       <c r="M51" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
         <v>276</v>
       </c>
       <c r="P51" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>278</v>
       </c>
       <c r="B52" t="s">
         <v>279</v>
       </c>
       <c r="C52" t="s">
         <v>36</v>
       </c>
       <c r="D52" t="s">
         <v>113</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>55</v>
       </c>
       <c r="H52">
         <v>1995</v>
       </c>
       <c r="I52">
         <v>2017</v>
       </c>
       <c r="J52" t="s">
         <v>39</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>278</v>
       </c>
       <c r="M52" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
         <v>280</v>
       </c>
       <c r="P52" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>282</v>
       </c>
       <c r="B53" t="s">
         <v>283</v>
       </c>
       <c r="C53" t="s">
         <v>36</v>
       </c>
       <c r="D53" t="s">
         <v>113</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>55</v>
       </c>
       <c r="H53">
         <v>1995</v>
       </c>
       <c r="I53">
         <v>2018</v>
       </c>
       <c r="J53" t="s">
         <v>39</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
         <v>284</v>
       </c>
       <c r="P53" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>286</v>
       </c>
       <c r="B54"/>
       <c r="C54" t="s">
         <v>36</v>
       </c>
       <c r="D54" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2018</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>39</v>
       </c>
       <c r="K54" t="s">
         <v>287</v>
       </c>
       <c r="L54" t="s">
         <v>288</v>
       </c>
       <c r="M54" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
         <v>289</v>
       </c>
       <c r="P54" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>291</v>
       </c>
       <c r="B55" t="s">
         <v>292</v>
       </c>
       <c r="C55" t="s">
         <v>36</v>
       </c>
       <c r="D55" t="s">
         <v>95</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>55</v>
       </c>
       <c r="H55">
         <v>2010</v>
       </c>
       <c r="I55">
         <v>2018</v>
       </c>
       <c r="J55" t="s">
         <v>39</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
         <v>291</v>
       </c>
       <c r="M55" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
         <v>293</v>
       </c>
       <c r="P55" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>295</v>
       </c>
       <c r="B56" t="s">
         <v>296</v>
       </c>
       <c r="C56" t="s">
         <v>36</v>
       </c>
       <c r="D56" t="s">
         <v>297</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>115</v>
       </c>
       <c r="H56">
         <v>2017</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>128</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
         <v>298</v>
       </c>
       <c r="M56" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
         <v>299</v>
       </c>
       <c r="P56" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>301</v>
       </c>
       <c r="B57" t="s">
         <v>302</v>
       </c>
       <c r="C57" t="s">
         <v>36</v>
       </c>
       <c r="D57" t="s">
         <v>303</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>55</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57">
         <v>2017</v>
       </c>
       <c r="J57" t="s">
         <v>304</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
         <v>301</v>
       </c>
       <c r="M57" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
         <v>305</v>
       </c>
       <c r="P57" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>307</v>
       </c>
       <c r="B58" t="s">
         <v>308</v>
       </c>
       <c r="C58" t="s">
         <v>36</v>
       </c>
       <c r="D58" t="s">
         <v>309</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2021</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>39</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
         <v>310</v>
       </c>
       <c r="M58" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
         <v>311</v>
       </c>
       <c r="P58" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>313</v>
       </c>
       <c r="B59" t="s">
         <v>314</v>
       </c>
       <c r="C59" t="s">
         <v>36</v>
       </c>
       <c r="D59" t="s">
         <v>45</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>39</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>315</v>
       </c>
       <c r="N59" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O59" t="s">
         <v>316</v>
       </c>
       <c r="P59" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>318</v>
       </c>
       <c r="B60" t="s">
         <v>319</v>
       </c>
       <c r="C60" t="s">
         <v>36</v>
       </c>
       <c r="D60" t="s">
         <v>320</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>54</v>
       </c>
       <c r="G60" t="s">
         <v>115</v>
       </c>
       <c r="H60">
         <v>2025</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>128</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>321</v>
       </c>
       <c r="M60" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
         <v>322</v>
       </c>
       <c r="P60" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>324</v>
       </c>
       <c r="B61" t="s">
         <v>325</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
         <v>326</v>
       </c>
       <c r="E61" t="s">
@@ -6256,81 +6258,81 @@
       </c>
       <c r="M72" t="s">
         <v>373</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72" t="s">
         <v>384</v>
       </c>
       <c r="P72" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>386</v>
       </c>
       <c r="B73" t="s">
         <v>387</v>
       </c>
       <c r="C73" t="s">
         <v>36</v>
       </c>
       <c r="D73" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E73" t="s">
         <v>370</v>
       </c>
       <c r="F73" t="s">
         <v>371</v>
       </c>
       <c r="G73" t="s">
         <v>55</v>
       </c>
       <c r="H73">
         <v>1994</v>
       </c>
       <c r="I73">
         <v>2012</v>
       </c>
       <c r="J73" t="s">
         <v>372</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
         <v>388</v>
       </c>
       <c r="M73" t="s">
         <v>373</v>
       </c>
       <c r="N73" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O73" t="s">
         <v>389</v>
       </c>
       <c r="P73" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>391</v>
       </c>
       <c r="B74" t="s">
         <v>392</v>
       </c>
       <c r="C74" t="s">
         <v>36</v>
       </c>
       <c r="D74" t="s">
         <v>275</v>
       </c>
       <c r="E74" t="s">
         <v>370</v>
       </c>
       <c r="F74" t="s">
@@ -6906,51 +6908,51 @@
       </c>
       <c r="M85" t="s">
         <v>373</v>
       </c>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
         <v>452</v>
       </c>
       <c r="P85" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>454</v>
       </c>
       <c r="B86" t="s">
         <v>455</v>
       </c>
       <c r="C86" t="s">
         <v>36</v>
       </c>
       <c r="D86" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E86" t="s">
         <v>370</v>
       </c>
       <c r="F86" t="s">
         <v>371</v>
       </c>
       <c r="G86" t="s">
         <v>55</v>
       </c>
       <c r="H86">
         <v>2002</v>
       </c>
       <c r="I86">
         <v>2012</v>
       </c>
       <c r="J86" t="s">
         <v>372</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>456</v>
       </c>
@@ -7136,51 +7138,51 @@
       <c r="F90" t="s">
         <v>371</v>
       </c>
       <c r="G90" t="s">
         <v>55</v>
       </c>
       <c r="H90">
         <v>2004</v>
       </c>
       <c r="I90">
         <v>2012</v>
       </c>
       <c r="J90" t="s">
         <v>372</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
         <v>476</v>
       </c>
       <c r="M90" t="s">
         <v>373</v>
       </c>
       <c r="N90" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O90" t="s">
         <v>477</v>
       </c>
       <c r="P90" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>479</v>
       </c>
       <c r="B91" t="s">
         <v>480</v>
       </c>
       <c r="C91" t="s">
         <v>36</v>
       </c>
       <c r="D91" t="s">
         <v>332</v>
       </c>
       <c r="E91" t="s">
         <v>370</v>
       </c>
       <c r="F91" t="s">
@@ -7256,51 +7258,51 @@
       </c>
       <c r="M92" t="s">
         <v>373</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
       <c r="O92" t="s">
         <v>486</v>
       </c>
       <c r="P92" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>488</v>
       </c>
       <c r="B93" t="s">
         <v>489</v>
       </c>
       <c r="C93" t="s">
         <v>36</v>
       </c>
       <c r="D93" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E93" t="s">
         <v>370</v>
       </c>
       <c r="F93" t="s">
         <v>371</v>
       </c>
       <c r="G93" t="s">
         <v>55</v>
       </c>
       <c r="H93">
         <v>2004</v>
       </c>
       <c r="I93">
         <v>2012</v>
       </c>
       <c r="J93" t="s">
         <v>372</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
         <v>490</v>
       </c>
@@ -7636,101 +7638,101 @@
       <c r="F100" t="s">
         <v>371</v>
       </c>
       <c r="G100" t="s">
         <v>55</v>
       </c>
       <c r="H100">
         <v>2008</v>
       </c>
       <c r="I100">
         <v>2012</v>
       </c>
       <c r="J100" t="s">
         <v>372</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
         <v>525</v>
       </c>
       <c r="M100" t="s">
         <v>373</v>
       </c>
       <c r="N100" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O100" t="s">
         <v>526</v>
       </c>
       <c r="P100" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>528</v>
       </c>
       <c r="B101" t="s">
         <v>529</v>
       </c>
       <c r="C101" t="s">
         <v>36</v>
       </c>
       <c r="D101" t="s">
         <v>530</v>
       </c>
       <c r="E101" t="s">
         <v>370</v>
       </c>
       <c r="F101" t="s">
         <v>371</v>
       </c>
       <c r="G101" t="s">
         <v>55</v>
       </c>
       <c r="H101">
         <v>2008</v>
       </c>
       <c r="I101">
         <v>2012</v>
       </c>
       <c r="J101" t="s">
         <v>372</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
         <v>531</v>
       </c>
       <c r="M101" t="s">
         <v>373</v>
       </c>
       <c r="N101" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O101" t="s">
         <v>532</v>
       </c>
       <c r="P101" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>534</v>
       </c>
       <c r="B102" t="s">
         <v>535</v>
       </c>
       <c r="C102" t="s">
         <v>36</v>
       </c>
       <c r="D102" t="s">
         <v>536</v>
       </c>
       <c r="E102" t="s">
         <v>370</v>
       </c>
       <c r="F102" t="s">
@@ -7756,51 +7758,51 @@
       </c>
       <c r="M102" t="s">
         <v>373</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
         <v>538</v>
       </c>
       <c r="P102" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>540</v>
       </c>
       <c r="B103" t="s">
         <v>541</v>
       </c>
       <c r="C103" t="s">
         <v>36</v>
       </c>
       <c r="D103" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E103" t="s">
         <v>370</v>
       </c>
       <c r="F103" t="s">
         <v>371</v>
       </c>
       <c r="G103" t="s">
         <v>55</v>
       </c>
       <c r="H103">
         <v>1994</v>
       </c>
       <c r="I103">
         <v>2012</v>
       </c>
       <c r="J103" t="s">
         <v>433</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
         <v>542</v>
       </c>
@@ -7856,51 +7858,51 @@
       </c>
       <c r="M104" t="s">
         <v>435</v>
       </c>
       <c r="N104" t="s">
         <v>26</v>
       </c>
       <c r="O104" t="s">
         <v>548</v>
       </c>
       <c r="P104" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>549</v>
       </c>
       <c r="B105" t="s">
         <v>550</v>
       </c>
       <c r="C105" t="s">
         <v>36</v>
       </c>
       <c r="D105" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E105" t="s">
         <v>370</v>
       </c>
       <c r="F105" t="s">
         <v>371</v>
       </c>
       <c r="G105" t="s">
         <v>55</v>
       </c>
       <c r="H105">
         <v>2009</v>
       </c>
       <c r="I105">
         <v>2012</v>
       </c>
       <c r="J105" t="s">
         <v>372</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
         <v>551</v>
       </c>
@@ -8936,764 +8938,764 @@
       <c r="L127"/>
       <c r="M127" t="s">
         <v>594</v>
       </c>
       <c r="N127" t="s">
         <v>26</v>
       </c>
       <c r="O127" t="s">
         <v>665</v>
       </c>
       <c r="P127" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>667</v>
       </c>
       <c r="B128" t="s">
         <v>668</v>
       </c>
       <c r="C128" t="s">
         <v>36</v>
       </c>
       <c r="D128" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>55</v>
       </c>
       <c r="H128">
         <v>2000</v>
       </c>
       <c r="I128">
         <v>2014</v>
       </c>
       <c r="J128" t="s">
         <v>372</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
         <v>669</v>
       </c>
       <c r="M128" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N128" t="s">
         <v>26</v>
       </c>
       <c r="O128" t="s">
         <v>670</v>
       </c>
       <c r="P128" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
         <v>672</v>
       </c>
       <c r="B129" t="s">
         <v>673</v>
       </c>
       <c r="C129" t="s">
         <v>36</v>
       </c>
       <c r="D129" t="s">
         <v>674</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>55</v>
       </c>
       <c r="H129">
         <v>1997</v>
       </c>
       <c r="I129">
         <v>2014</v>
       </c>
       <c r="J129" t="s">
         <v>39</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
         <v>675</v>
       </c>
       <c r="M129" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
       <c r="O129" t="s">
         <v>676</v>
       </c>
       <c r="P129" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>678</v>
       </c>
       <c r="B130" t="s">
         <v>679</v>
       </c>
       <c r="C130" t="s">
         <v>36</v>
       </c>
       <c r="D130" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>54</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2011</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>372</v>
       </c>
       <c r="K130" t="s">
         <v>640</v>
       </c>
       <c r="L130" t="s">
         <v>680</v>
       </c>
       <c r="M130" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N130" t="s">
         <v>26</v>
       </c>
       <c r="O130" t="s">
         <v>681</v>
       </c>
       <c r="P130" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
         <v>683</v>
       </c>
       <c r="B131" t="s">
         <v>684</v>
       </c>
       <c r="C131" t="s">
         <v>36</v>
       </c>
       <c r="D131" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>54</v>
       </c>
       <c r="G131" t="s">
-        <v>255</v>
+        <v>132</v>
       </c>
       <c r="H131">
         <v>1994</v>
       </c>
       <c r="I131">
         <v>2014</v>
       </c>
       <c r="J131" t="s">
         <v>372</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
         <v>685</v>
       </c>
       <c r="M131" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N131" t="s">
         <v>26</v>
       </c>
       <c r="O131" t="s">
         <v>686</v>
       </c>
       <c r="P131" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
         <v>688</v>
       </c>
       <c r="B132" t="s">
         <v>689</v>
       </c>
       <c r="C132" t="s">
         <v>36</v>
       </c>
       <c r="D132" t="s">
         <v>690</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>54</v>
       </c>
       <c r="G132" t="s">
-        <v>255</v>
+        <v>132</v>
       </c>
       <c r="H132">
         <v>2002</v>
       </c>
       <c r="I132">
         <v>2007</v>
       </c>
       <c r="J132" t="s">
         <v>39</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
         <v>691</v>
       </c>
       <c r="M132" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N132" t="s">
         <v>26</v>
       </c>
       <c r="O132" t="s">
         <v>692</v>
       </c>
       <c r="P132" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
         <v>694</v>
       </c>
       <c r="B133" t="s">
         <v>695</v>
       </c>
       <c r="C133" t="s">
         <v>36</v>
       </c>
       <c r="D133" t="s">
         <v>265</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>54</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2012</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>372</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
         <v>696</v>
       </c>
       <c r="M133" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N133" t="s">
         <v>26</v>
       </c>
       <c r="O133" t="s">
         <v>697</v>
       </c>
       <c r="P133" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
         <v>699</v>
       </c>
       <c r="B134" t="s">
         <v>700</v>
       </c>
       <c r="C134" t="s">
         <v>36</v>
       </c>
       <c r="D134" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
         <v>701</v>
       </c>
       <c r="H134">
         <v>2010</v>
       </c>
       <c r="I134">
         <v>2016</v>
       </c>
       <c r="J134" t="s">
         <v>39</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
         <v>702</v>
       </c>
       <c r="M134" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N134" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O134" t="s">
         <v>703</v>
       </c>
       <c r="P134" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
         <v>705</v>
       </c>
       <c r="B135" t="s">
         <v>706</v>
       </c>
       <c r="C135" t="s">
         <v>36</v>
       </c>
       <c r="D135" t="s">
         <v>530</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>55</v>
       </c>
       <c r="H135">
         <v>2008</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>39</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
         <v>707</v>
       </c>
       <c r="M135" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N135" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O135" t="s">
         <v>708</v>
       </c>
       <c r="P135" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
         <v>710</v>
       </c>
       <c r="B136" t="s">
         <v>711</v>
       </c>
       <c r="C136" t="s">
         <v>36</v>
       </c>
       <c r="D136" t="s">
         <v>113</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>54</v>
       </c>
       <c r="G136" t="s">
         <v>55</v>
       </c>
       <c r="H136">
         <v>1995</v>
       </c>
       <c r="I136">
         <v>2008</v>
       </c>
       <c r="J136" t="s">
         <v>372</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
         <v>712</v>
       </c>
       <c r="M136" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N136" t="s">
         <v>26</v>
       </c>
       <c r="O136" t="s">
         <v>713</v>
       </c>
       <c r="P136" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
         <v>715</v>
       </c>
       <c r="B137" t="s">
         <v>716</v>
       </c>
       <c r="C137" t="s">
         <v>36</v>
       </c>
       <c r="D137" t="s">
         <v>450</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>54</v>
       </c>
       <c r="G137" t="s">
         <v>55</v>
       </c>
       <c r="H137">
         <v>2008</v>
       </c>
       <c r="I137">
         <v>2014</v>
       </c>
       <c r="J137" t="s">
         <v>39</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
         <v>717</v>
       </c>
       <c r="M137" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N137" t="s">
         <v>26</v>
       </c>
       <c r="O137" t="s">
         <v>718</v>
       </c>
       <c r="P137" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
         <v>720</v>
       </c>
       <c r="B138" t="s">
         <v>721</v>
       </c>
       <c r="C138" t="s">
         <v>36</v>
       </c>
       <c r="D138" t="s">
         <v>113</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>54</v>
       </c>
       <c r="G138" t="s">
         <v>55</v>
       </c>
       <c r="H138">
         <v>1995</v>
       </c>
       <c r="I138">
         <v>2010</v>
       </c>
       <c r="J138" t="s">
         <v>433</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
         <v>722</v>
       </c>
       <c r="M138" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N138" t="s">
         <v>26</v>
       </c>
       <c r="O138" t="s">
         <v>723</v>
       </c>
       <c r="P138" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
         <v>725</v>
       </c>
       <c r="B139" t="s">
         <v>726</v>
       </c>
       <c r="C139" t="s">
         <v>36</v>
       </c>
       <c r="D139" t="s">
         <v>727</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>54</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2013</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>39</v>
       </c>
       <c r="K139" t="s">
         <v>640</v>
       </c>
       <c r="L139" t="s">
         <v>728</v>
       </c>
       <c r="M139" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N139" t="s">
         <v>26</v>
       </c>
       <c r="O139" t="s">
         <v>729</v>
       </c>
       <c r="P139" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
         <v>731</v>
       </c>
       <c r="B140" t="s">
         <v>732</v>
       </c>
       <c r="C140" t="s">
         <v>36</v>
       </c>
       <c r="D140" t="s">
         <v>113</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>54</v>
       </c>
       <c r="G140" t="s">
         <v>55</v>
       </c>
       <c r="H140">
         <v>1995</v>
       </c>
       <c r="I140">
         <v>2016</v>
       </c>
       <c r="J140" t="s">
         <v>39</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N140" t="s">
         <v>26</v>
       </c>
       <c r="O140" t="s">
         <v>733</v>
       </c>
       <c r="P140" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
         <v>735</v>
       </c>
       <c r="B141" t="s">
         <v>736</v>
       </c>
       <c r="C141" t="s">
         <v>36</v>
       </c>
       <c r="D141" t="s">
         <v>309</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2012</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>372</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
         <v>737</v>
       </c>
       <c r="M141" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N141" t="s">
         <v>26</v>
       </c>
       <c r="O141" t="s">
         <v>738</v>
       </c>
       <c r="P141" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
         <v>740</v>
       </c>
       <c r="B142" t="s">
         <v>741</v>
       </c>
       <c r="C142" t="s">
         <v>36</v>
       </c>
       <c r="D142" t="s">
         <v>742</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>54</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2014</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>372</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
         <v>743</v>
       </c>
       <c r="M142" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N142" t="s">
         <v>26</v>
       </c>
       <c r="O142" t="s">
         <v>744</v>
       </c>
       <c r="P142" t="s">
         <v>745</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>