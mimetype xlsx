--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -108,66 +108,66 @@
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
@@ -191,137 +191,137 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
     <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
 and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
 This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
@@ -1206,99 +1206,99 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
-      <c r="H4">
+      <c r="H4"/>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>39</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
@@ -1441,54 +1441,54 @@
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>58</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>59</v>
@@ -1581,51 +1581,53 @@
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>67</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>47</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
-      <c r="H11"/>
+      <c r="H11">
+        <v>2024</v>
+      </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>69</v>
       </c>
       <c r="P11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>70</v>
       </c>