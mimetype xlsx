--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -12,2254 +12,1299 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="714">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="397">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
-    <t>CNS 11010-89: Electric Water Heaters</t>
-[...17 lines deleted...]
-    <t>Clothes Dryers</t>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Energy Conservation Label - Refrigerators</t>
+  </si>
+  <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
-[...22 lines deleted...]
-  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
-    <t>Energy Conservation Label - Television</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
-    <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
-[...14 lines deleted...]
-    <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
+  </si>
+  <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
+    <t>Duct Fans</t>
+  </si>
+  <si>
+    <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
-[...2 lines deleted...]
-    <t>Ovens</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
+  </si>
+  <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>CNS 12492</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
+  </si>
+  <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
+  </si>
+  <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CNS 13605</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
+  </si>
+  <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
+    <t>ISO 5801 and AMCA 210</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
+  </si>
+  <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...229 lines deleted...]
-    <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
-    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
   </si>
   <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
-    <t>Fluorescent tubes</t>
-[...7 lines deleted...]
-  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
-    <t>Greenmark N 17 - Personal Computers -System Unit</t>
-[...20 lines deleted...]
-    <t>Greenmark N100 - Transformers</t>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N127 - Hand Dryers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N129 - LED Lamps</t>
+  </si>
+  <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N140 - External Hard Drive</t>
+  </si>
+  <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
+    <t>Hard-Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N146 - Electric Paper Shredders</t>
+  </si>
+  <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N147 - Electric Coffeemakers</t>
+  </si>
+  <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N150 - Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>Greenmark N52 - Microwave Ovens</t>
+  </si>
+  <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N75 - Dry Type Transformers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
-[...32 lines deleted...]
-    <t>Greenmark N126 - Electric Kettles</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
+  </si>
+  <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N81 - Fans</t>
+  </si>
+  <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
+    <t>CNS 547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N82 - Portable Projectors</t>
+  </si>
+  <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
+    <t>Projectors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N87 - Water dispensers</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N91 - Water fountains</t>
+  </si>
+  <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
+    <t>MEPS - Dehumidifier</t>
+  </si>
+  <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
+  </si>
+  <si>
+    <t>MEPS for Water Chillers</t>
+  </si>
+  <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>CNS 12575 CNS 12812</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Air Compressors</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Boilers</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
-[...296 lines deleted...]
-    <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for LED Lamps</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
+  </si>
+  <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
-[...127 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
-    <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
-[...13 lines deleted...]
-  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...18 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...27 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
-    <t>RACs Packaged Terminal - Taiwan</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
-    <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
-    <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
-    <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
   </si>
   <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...101 lines deleted...]
-    <t>Sello FIDE No. 4113</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
-[...259 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4176 - Solar Inverters</t>
-[...16 lines deleted...]
-  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...19 lines deleted...]
-  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2523,10011 +1568,3802 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N232"/>
+  <dimension ref="A1:P79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>65</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>88</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>58</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>117</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>59</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>137</v>
+      </c>
+      <c r="M21" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...20 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>88</v>
+      </c>
+      <c r="L22" t="s">
+        <v>142</v>
+      </c>
+      <c r="M22" t="s">
+        <v>59</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>143</v>
+      </c>
+      <c r="P22" t="s">
         <v>29</v>
       </c>
-      <c r="L3" t="s">
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" t="s">
+        <v>140</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2003</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K23" t="s">
+        <v>144</v>
+      </c>
+      <c r="L23" t="s">
+        <v>142</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>145</v>
+      </c>
+      <c r="P23" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>33</v>
       </c>
-      <c r="F4" t="s">
-[...8 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>59</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>148</v>
+      </c>
+      <c r="P24" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>150</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>152</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...5 lines deleted...]
-      <c r="L4" t="s">
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...19 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...8 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>59</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>157</v>
+      </c>
+      <c r="P26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...28 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F27" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...907 lines deleted...]
-        <v>2000</v>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>59</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>162</v>
+      </c>
+      <c r="P27" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
         <v>20</v>
       </c>
-      <c r="J27" t="s">
-[...28 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
         <v>33</v>
       </c>
-      <c r="F28" t="s">
-[...3 lines deleted...]
-        <v>2010</v>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I28" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>59</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>167</v>
+      </c>
+      <c r="P28" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>171</v>
+      </c>
+      <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="J28" t="s">
-[...28 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>33</v>
       </c>
-      <c r="F29" t="s">
-[...6 lines deleted...]
-      <c r="I29" t="s">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>59</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>172</v>
+      </c>
+      <c r="P29" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>174</v>
+      </c>
+      <c r="B30" t="s">
+        <v>175</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>176</v>
+      </c>
+      <c r="E30" t="s">
         <v>20</v>
       </c>
-      <c r="J29" t="s">
-[...28 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>33</v>
       </c>
-      <c r="F30" t="s">
-[...3 lines deleted...]
-        <v>2002</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I30" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>59</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>177</v>
+      </c>
+      <c r="P30" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" t="s">
         <v>20</v>
       </c>
-      <c r="J30" t="s">
-[...28 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>33</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H31"/>
-      <c r="I31" t="s">
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>180</v>
+      </c>
+      <c r="P31" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>182</v>
+      </c>
+      <c r="B32" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>184</v>
+      </c>
+      <c r="E32" t="s">
         <v>20</v>
       </c>
-      <c r="J31" t="s">
-[...5 lines deleted...]
-      <c r="L31" t="s">
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="M31" t="s">
-[...19 lines deleted...]
-      <c r="E32" t="s">
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>189</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>33</v>
       </c>
-      <c r="F32" t="s">
-[...47 lines deleted...]
-        <v>2000</v>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
-      <c r="I33" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>190</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>59</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>191</v>
+      </c>
+      <c r="P33" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" t="s">
+        <v>194</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" t="s">
         <v>20</v>
       </c>
-      <c r="J33" t="s">
-[...28 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>33</v>
       </c>
-      <c r="F34" t="s">
-[...3 lines deleted...]
-        <v>2010</v>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
-      <c r="I34" t="s">
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>195</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>196</v>
+      </c>
+      <c r="P34" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B35" t="s">
+        <v>199</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>200</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J34" t="s">
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>198</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>201</v>
+      </c>
+      <c r="P35" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>203</v>
+      </c>
+      <c r="B36" t="s">
+        <v>204</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>205</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>206</v>
+      </c>
+      <c r="P36" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>208</v>
+      </c>
+      <c r="B37" t="s">
+        <v>209</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>205</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>210</v>
+      </c>
+      <c r="P37" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>212</v>
+      </c>
+      <c r="B38" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>75</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...31 lines deleted...]
-      <c r="G35">
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>76</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>214</v>
+      </c>
+      <c r="P38" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>215</v>
+      </c>
+      <c r="B39" t="s">
+        <v>216</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>217</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2003</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>218</v>
+      </c>
+      <c r="M39" t="s">
+        <v>59</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>219</v>
+      </c>
+      <c r="P39" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>220</v>
+      </c>
+      <c r="B40"/>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>221</v>
+      </c>
+      <c r="E40" t="s">
+        <v>222</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>111</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>223</v>
+      </c>
+      <c r="P40" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>225</v>
+      </c>
+      <c r="B41" t="s">
+        <v>226</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>141</v>
+      </c>
+      <c r="E41" t="s">
+        <v>222</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2003</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>111</v>
+      </c>
+      <c r="K41" t="s">
+        <v>227</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>65</v>
+      </c>
+      <c r="O41" t="s">
+        <v>228</v>
+      </c>
+      <c r="P41" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>229</v>
+      </c>
+      <c r="B42" t="s">
+        <v>230</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>231</v>
+      </c>
+      <c r="E42" t="s">
+        <v>222</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2018</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>111</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>232</v>
+      </c>
+      <c r="P42" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>233</v>
+      </c>
+      <c r="B43" t="s">
+        <v>234</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>231</v>
+      </c>
+      <c r="E43" t="s">
+        <v>222</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2016</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>111</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>235</v>
+      </c>
+      <c r="P43" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>236</v>
+      </c>
+      <c r="B44"/>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>222</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>111</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>237</v>
+      </c>
+      <c r="P44" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>238</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>239</v>
+      </c>
+      <c r="E45" t="s">
+        <v>222</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45">
+        <v>2016</v>
+      </c>
+      <c r="J45" t="s">
+        <v>111</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>240</v>
+      </c>
+      <c r="P45" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>241</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>242</v>
+      </c>
+      <c r="E46" t="s">
+        <v>222</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>111</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>243</v>
+      </c>
+      <c r="P46" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>244</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>245</v>
+      </c>
+      <c r="E47" t="s">
+        <v>222</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>111</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>246</v>
+      </c>
+      <c r="P47" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>247</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>136</v>
+      </c>
+      <c r="E48" t="s">
+        <v>222</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>111</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>248</v>
+      </c>
+      <c r="P48" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>249</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>19</v>
+      </c>
+      <c r="E49" t="s">
+        <v>222</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2012</v>
       </c>
-      <c r="H35">
-[...5 lines deleted...]
-      <c r="J35" t="s">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>111</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>250</v>
+      </c>
+      <c r="P49" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>251</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>252</v>
+      </c>
+      <c r="E50" t="s">
+        <v>222</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...38 lines deleted...]
-      <c r="J36" t="s">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>111</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>253</v>
+      </c>
+      <c r="P50" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>254</v>
+      </c>
+      <c r="B51" t="s">
+        <v>255</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>256</v>
+      </c>
+      <c r="E51" t="s">
+        <v>222</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...40 lines deleted...]
-      <c r="J37" t="s">
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2002</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>111</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>257</v>
+      </c>
+      <c r="P51"/>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>258</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>259</v>
+      </c>
+      <c r="E52" t="s">
+        <v>222</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...632 lines deleted...]
-        <v>1994</v>
+      <c r="G52" t="s">
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2020</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
+        <v>111</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>260</v>
+      </c>
+      <c r="P52" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>261</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>262</v>
+      </c>
+      <c r="E53" t="s">
+        <v>222</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K52" t="s">
-[...25 lines deleted...]
-      <c r="E53" t="s">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2010</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>111</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>263</v>
+      </c>
+      <c r="P53" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>264</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>231</v>
+      </c>
+      <c r="E54" t="s">
+        <v>222</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2018</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>111</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>265</v>
+      </c>
+      <c r="P54" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>266</v>
+      </c>
+      <c r="B55" t="s">
+        <v>267</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>268</v>
+      </c>
+      <c r="E55" t="s">
+        <v>222</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2020</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>111</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>269</v>
+      </c>
+      <c r="P55" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>270</v>
+      </c>
+      <c r="B56" t="s">
+        <v>271</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>272</v>
+      </c>
+      <c r="E56" t="s">
+        <v>222</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2002</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>111</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>273</v>
+      </c>
+      <c r="P56" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>274</v>
+      </c>
+      <c r="B57" t="s">
+        <v>275</v>
+      </c>
+      <c r="C57" t="s">
+        <v>276</v>
+      </c>
+      <c r="D57" t="s">
+        <v>277</v>
+      </c>
+      <c r="E57" t="s">
+        <v>222</v>
+      </c>
+      <c r="F57" t="s">
+        <v>278</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2021</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>279</v>
+      </c>
+      <c r="K57" t="s">
+        <v>280</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>281</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>282</v>
+      </c>
+      <c r="P57" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>284</v>
+      </c>
+      <c r="B58" t="s">
+        <v>285</v>
+      </c>
+      <c r="C58" t="s">
+        <v>276</v>
+      </c>
+      <c r="D58" t="s">
+        <v>286</v>
+      </c>
+      <c r="E58" t="s">
+        <v>222</v>
+      </c>
+      <c r="F58" t="s">
+        <v>278</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2020</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>279</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>287</v>
+      </c>
+      <c r="M58" t="s">
+        <v>281</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>288</v>
+      </c>
+      <c r="P58" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>290</v>
+      </c>
+      <c r="B59" t="s">
+        <v>291</v>
+      </c>
+      <c r="C59" t="s">
+        <v>276</v>
+      </c>
+      <c r="D59" t="s">
+        <v>292</v>
+      </c>
+      <c r="E59" t="s">
+        <v>222</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2018</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>293</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>290</v>
+      </c>
+      <c r="M59" t="s">
+        <v>281</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>294</v>
+      </c>
+      <c r="P59" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>296</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60" t="s">
+        <v>276</v>
+      </c>
+      <c r="D60" t="s">
+        <v>277</v>
+      </c>
+      <c r="E60" t="s">
+        <v>222</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2018</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>293</v>
+      </c>
+      <c r="K60" t="s">
+        <v>297</v>
+      </c>
+      <c r="L60" t="s">
+        <v>298</v>
+      </c>
+      <c r="M60" t="s">
+        <v>281</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>299</v>
+      </c>
+      <c r="P60" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>301</v>
+      </c>
+      <c r="B61" t="s">
+        <v>302</v>
+      </c>
+      <c r="C61" t="s">
+        <v>276</v>
+      </c>
+      <c r="D61" t="s">
+        <v>303</v>
+      </c>
+      <c r="E61" t="s">
+        <v>222</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>304</v>
+      </c>
+      <c r="H61">
+        <v>2017</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>279</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>305</v>
+      </c>
+      <c r="M61" t="s">
+        <v>281</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>306</v>
+      </c>
+      <c r="P61" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>308</v>
+      </c>
+      <c r="B62" t="s">
+        <v>309</v>
+      </c>
+      <c r="C62" t="s">
+        <v>276</v>
+      </c>
+      <c r="D62" t="s">
+        <v>39</v>
+      </c>
+      <c r="E62" t="s">
+        <v>222</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2021</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>293</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>310</v>
+      </c>
+      <c r="M62" t="s">
+        <v>281</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>311</v>
+      </c>
+      <c r="P62" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>313</v>
+      </c>
+      <c r="B63" t="s">
+        <v>314</v>
+      </c>
+      <c r="C63" t="s">
+        <v>276</v>
+      </c>
+      <c r="D63" t="s">
+        <v>256</v>
+      </c>
+      <c r="E63" t="s">
+        <v>222</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2021</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>293</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>315</v>
+      </c>
+      <c r="N63" t="s">
+        <v>65</v>
+      </c>
+      <c r="O63" t="s">
+        <v>316</v>
+      </c>
+      <c r="P63" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>318</v>
+      </c>
+      <c r="B64" t="s">
+        <v>319</v>
+      </c>
+      <c r="C64" t="s">
+        <v>276</v>
+      </c>
+      <c r="D64" t="s">
+        <v>320</v>
+      </c>
+      <c r="E64" t="s">
+        <v>222</v>
+      </c>
+      <c r="F64" t="s">
+        <v>278</v>
+      </c>
+      <c r="G64" t="s">
+        <v>304</v>
+      </c>
+      <c r="H64">
+        <v>2025</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>279</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>321</v>
+      </c>
+      <c r="M64" t="s">
+        <v>281</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>322</v>
+      </c>
+      <c r="P64" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>324</v>
+      </c>
+      <c r="B65" t="s">
+        <v>325</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>205</v>
+      </c>
+      <c r="E65" t="s">
+        <v>222</v>
+      </c>
+      <c r="F65" t="s">
+        <v>326</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2016</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>26</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>327</v>
+      </c>
+      <c r="P65" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>329</v>
+      </c>
+      <c r="B66" t="s">
+        <v>330</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>205</v>
+      </c>
+      <c r="E66" t="s">
+        <v>222</v>
+      </c>
+      <c r="F66" t="s">
+        <v>326</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2016</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>23</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>26</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>331</v>
+      </c>
+      <c r="P66" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>333</v>
+      </c>
+      <c r="B67" t="s">
+        <v>334</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>245</v>
+      </c>
+      <c r="E67" t="s">
+        <v>222</v>
+      </c>
+      <c r="F67" t="s">
+        <v>278</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2015</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>335</v>
+      </c>
+      <c r="P67" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>336</v>
+      </c>
+      <c r="B68" t="s">
+        <v>337</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>205</v>
+      </c>
+      <c r="E68" t="s">
+        <v>222</v>
+      </c>
+      <c r="F68" t="s">
+        <v>278</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2018</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>26</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>338</v>
+      </c>
+      <c r="P68" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>340</v>
+      </c>
+      <c r="B69" t="s">
+        <v>341</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>205</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>278</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2018</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>26</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>342</v>
+      </c>
+      <c r="P69" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>344</v>
+      </c>
+      <c r="B70" t="s">
+        <v>345</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>87</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>326</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>88</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>26</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>346</v>
+      </c>
+      <c r="P70" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>348</v>
+      </c>
+      <c r="B71" t="s">
+        <v>349</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>19</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2010</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>350</v>
+      </c>
+      <c r="M71" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>351</v>
+      </c>
+      <c r="P71" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>352</v>
+      </c>
+      <c r="B72" t="s">
+        <v>353</v>
+      </c>
+      <c r="C72" t="s">
+        <v>276</v>
+      </c>
+      <c r="D72" t="s">
+        <v>354</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>33</v>
       </c>
-      <c r="F53" t="s">
-[...11 lines deleted...]
-      <c r="J53" t="s">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2011</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>355</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>356</v>
+      </c>
+      <c r="M72" t="s">
+        <v>357</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>358</v>
+      </c>
+      <c r="P72" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>360</v>
+      </c>
+      <c r="B73" t="s">
+        <v>361</v>
+      </c>
+      <c r="C73" t="s">
+        <v>276</v>
+      </c>
+      <c r="D73" t="s">
+        <v>19</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>33</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>362</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>363</v>
+      </c>
+      <c r="M73" t="s">
+        <v>364</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>365</v>
+      </c>
+      <c r="P73"/>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>366</v>
+      </c>
+      <c r="B74" t="s">
+        <v>367</v>
+      </c>
+      <c r="C74" t="s">
+        <v>276</v>
+      </c>
+      <c r="D74" t="s">
+        <v>39</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>33</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>362</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>368</v>
+      </c>
+      <c r="M74" t="s">
+        <v>364</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>369</v>
+      </c>
+      <c r="P74"/>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>370</v>
+      </c>
+      <c r="B75" t="s">
+        <v>371</v>
+      </c>
+      <c r="C75" t="s">
+        <v>276</v>
+      </c>
+      <c r="D75" t="s">
+        <v>277</v>
+      </c>
+      <c r="E75" t="s">
+        <v>222</v>
+      </c>
+      <c r="F75" t="s">
+        <v>278</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2011</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>355</v>
+      </c>
+      <c r="K75" t="s">
+        <v>88</v>
+      </c>
+      <c r="L75" t="s">
+        <v>372</v>
+      </c>
+      <c r="M75" t="s">
+        <v>281</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>373</v>
+      </c>
+      <c r="P75" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>375</v>
+      </c>
+      <c r="B76" t="s">
+        <v>376</v>
+      </c>
+      <c r="C76" t="s">
+        <v>276</v>
+      </c>
+      <c r="D76" t="s">
+        <v>292</v>
+      </c>
+      <c r="E76" t="s">
+        <v>222</v>
+      </c>
+      <c r="F76" t="s">
+        <v>278</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2012</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>355</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>377</v>
+      </c>
+      <c r="M76" t="s">
+        <v>281</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>378</v>
+      </c>
+      <c r="P76" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>380</v>
+      </c>
+      <c r="B77" t="s">
+        <v>381</v>
+      </c>
+      <c r="C77" t="s">
+        <v>276</v>
+      </c>
+      <c r="D77" t="s">
+        <v>382</v>
+      </c>
+      <c r="E77" t="s">
+        <v>222</v>
+      </c>
+      <c r="F77" t="s">
+        <v>278</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2013</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>293</v>
+      </c>
+      <c r="K77" t="s">
+        <v>88</v>
+      </c>
+      <c r="L77" t="s">
+        <v>383</v>
+      </c>
+      <c r="M77" t="s">
+        <v>281</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>384</v>
+      </c>
+      <c r="P77" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>386</v>
+      </c>
+      <c r="B78" t="s">
+        <v>387</v>
+      </c>
+      <c r="C78" t="s">
+        <v>276</v>
+      </c>
+      <c r="D78" t="s">
+        <v>39</v>
+      </c>
+      <c r="E78" t="s">
+        <v>222</v>
+      </c>
+      <c r="F78" t="s">
         <v>21</v>
       </c>
-      <c r="K53" t="s">
-[...222 lines deleted...]
-      <c r="N58" t="s">
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2012</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>355</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>388</v>
+      </c>
+      <c r="M78" t="s">
+        <v>281</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>389</v>
+      </c>
+      <c r="P78" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>391</v>
+      </c>
+      <c r="B79" t="s">
+        <v>392</v>
+      </c>
+      <c r="C79" t="s">
+        <v>276</v>
+      </c>
+      <c r="D79" t="s">
+        <v>393</v>
+      </c>
+      <c r="E79" t="s">
         <v>222</v>
       </c>
-    </row>
-[...282 lines deleted...]
-      <c r="H65">
+      <c r="F79" t="s">
+        <v>278</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2014</v>
       </c>
-      <c r="I65" t="s">
-[...577 lines deleted...]
-      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K79"/>
+        <v>355</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
       <c r="L79" t="s">
-        <v>81</v>
+        <v>394</v>
       </c>
       <c r="M79" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N79" t="s">
-        <v>272</v>
-[...2007 lines deleted...]
-      <c r="A128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
         <v>395</v>
       </c>
-      <c r="B128" t="s">
-[...33 lines deleted...]
-      <c r="N128" t="s">
+      <c r="P79" t="s">
         <v>396</v>
       </c>
     </row>
-    <row r="129" spans="1:14">
-[...4476 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>