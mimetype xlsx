--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,2335 +12,3566 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1103">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
+    <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
+  </si>
+  <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
+    <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2604,8789 +3835,10016 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N205"/>
+  <dimension ref="A1:P205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>45</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" t="s">
+        <v>86</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>43</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>45</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" t="s">
+        <v>41</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>45</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>40</v>
+      </c>
+      <c r="F14" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>45</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>45</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" t="s">
+        <v>118</v>
+      </c>
+      <c r="G16" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>121</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" t="s">
+        <v>86</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>127</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" t="s">
+        <v>140</v>
+      </c>
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" t="s">
+        <v>86</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>127</v>
+      </c>
+      <c r="K19" t="s">
+        <v>141</v>
+      </c>
+      <c r="L19" t="s">
+        <v>142</v>
+      </c>
+      <c r="M19" t="s">
+        <v>129</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" t="s">
+        <v>86</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>127</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>129</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>153</v>
+      </c>
+      <c r="E21" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>86</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K21" t="s">
+        <v>141</v>
+      </c>
+      <c r="L21" t="s">
+        <v>154</v>
+      </c>
+      <c r="M21" t="s">
+        <v>129</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" t="s">
+        <v>159</v>
+      </c>
+      <c r="E22" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" t="s">
+        <v>41</v>
+      </c>
+      <c r="G22" t="s">
+        <v>86</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>127</v>
+      </c>
+      <c r="K22" t="s">
+        <v>160</v>
+      </c>
+      <c r="L22" t="s">
+        <v>161</v>
+      </c>
+      <c r="M22" t="s">
+        <v>129</v>
+      </c>
+      <c r="N22" t="s">
+        <v>162</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" t="s">
+        <v>167</v>
+      </c>
+      <c r="E23" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" t="s">
+        <v>86</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>127</v>
+      </c>
+      <c r="K23" t="s">
+        <v>160</v>
+      </c>
+      <c r="L23" t="s">
+        <v>168</v>
+      </c>
+      <c r="M23" t="s">
+        <v>129</v>
+      </c>
+      <c r="N23" t="s">
+        <v>162</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" t="s">
+        <v>50</v>
+      </c>
+      <c r="E24" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" t="s">
+        <v>86</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>173</v>
+      </c>
+      <c r="M24" t="s">
+        <v>129</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" t="s">
+        <v>178</v>
+      </c>
+      <c r="E25" t="s">
+        <v>40</v>
+      </c>
+      <c r="F25" t="s">
+        <v>41</v>
+      </c>
+      <c r="G25" t="s">
+        <v>86</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>127</v>
+      </c>
+      <c r="K25" t="s">
+        <v>141</v>
+      </c>
+      <c r="L25" t="s">
+        <v>179</v>
+      </c>
+      <c r="M25" t="s">
+        <v>129</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26" t="s">
+        <v>184</v>
+      </c>
+      <c r="E26" t="s">
+        <v>40</v>
+      </c>
+      <c r="F26" t="s">
+        <v>41</v>
+      </c>
+      <c r="G26" t="s">
+        <v>86</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>127</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>185</v>
+      </c>
+      <c r="M26" t="s">
+        <v>129</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>38</v>
+      </c>
+      <c r="D27" t="s">
+        <v>190</v>
+      </c>
+      <c r="E27" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" t="s">
+        <v>191</v>
+      </c>
+      <c r="G27" t="s">
+        <v>86</v>
+      </c>
+      <c r="H27">
+        <v>2018</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>43</v>
+      </c>
+      <c r="K27" t="s">
+        <v>141</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>129</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
+        <v>38</v>
+      </c>
+      <c r="D28" t="s">
+        <v>196</v>
+      </c>
+      <c r="E28" t="s">
+        <v>40</v>
+      </c>
+      <c r="F28" t="s">
+        <v>191</v>
+      </c>
+      <c r="G28" t="s">
+        <v>86</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>127</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>129</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" t="s">
+        <v>201</v>
+      </c>
+      <c r="E29" t="s">
+        <v>40</v>
+      </c>
+      <c r="F29" t="s">
+        <v>191</v>
+      </c>
+      <c r="G29" t="s">
+        <v>86</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>127</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>129</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>38</v>
+      </c>
+      <c r="D30" t="s">
+        <v>206</v>
+      </c>
+      <c r="E30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F30" t="s">
+        <v>191</v>
+      </c>
+      <c r="G30" t="s">
+        <v>86</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>127</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>129</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>207</v>
+      </c>
+      <c r="P30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>209</v>
+      </c>
+      <c r="B31" t="s">
+        <v>210</v>
+      </c>
+      <c r="C31" t="s">
+        <v>38</v>
+      </c>
+      <c r="D31" t="s">
+        <v>211</v>
+      </c>
+      <c r="E31" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" t="s">
+        <v>191</v>
+      </c>
+      <c r="G31" t="s">
+        <v>86</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>43</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>129</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>212</v>
+      </c>
+      <c r="P31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>214</v>
+      </c>
+      <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
+        <v>38</v>
+      </c>
+      <c r="D32" t="s">
+        <v>216</v>
+      </c>
+      <c r="E32" t="s">
+        <v>40</v>
+      </c>
+      <c r="F32" t="s">
+        <v>191</v>
+      </c>
+      <c r="G32" t="s">
+        <v>86</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>127</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>217</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>220</v>
+      </c>
+      <c r="B33" t="s">
+        <v>221</v>
+      </c>
+      <c r="C33" t="s">
+        <v>38</v>
+      </c>
+      <c r="D33" t="s">
+        <v>67</v>
+      </c>
+      <c r="E33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>86</v>
+      </c>
+      <c r="H33">
+        <v>2015</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>127</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>129</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>222</v>
+      </c>
+      <c r="P33" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>224</v>
+      </c>
+      <c r="B34" t="s">
+        <v>225</v>
+      </c>
+      <c r="C34" t="s">
+        <v>38</v>
+      </c>
+      <c r="D34" t="s">
+        <v>216</v>
+      </c>
+      <c r="E34" t="s">
+        <v>40</v>
+      </c>
+      <c r="F34" t="s">
+        <v>191</v>
+      </c>
+      <c r="G34" t="s">
+        <v>86</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>127</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>129</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>228</v>
+      </c>
+      <c r="B35" t="s">
+        <v>229</v>
+      </c>
+      <c r="C35" t="s">
+        <v>38</v>
+      </c>
+      <c r="D35" t="s">
+        <v>230</v>
+      </c>
+      <c r="E35" t="s">
+        <v>40</v>
+      </c>
+      <c r="F35" t="s">
+        <v>191</v>
+      </c>
+      <c r="G35" t="s">
+        <v>86</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>127</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>129</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>234</v>
+      </c>
+      <c r="C36" t="s">
+        <v>38</v>
+      </c>
+      <c r="D36" t="s">
+        <v>235</v>
+      </c>
+      <c r="E36" t="s">
+        <v>40</v>
+      </c>
+      <c r="F36" t="s">
+        <v>191</v>
+      </c>
+      <c r="G36" t="s">
+        <v>86</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>127</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>129</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>236</v>
+      </c>
+      <c r="P36" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>238</v>
+      </c>
+      <c r="B37" t="s">
+        <v>239</v>
+      </c>
+      <c r="C37" t="s">
+        <v>38</v>
+      </c>
+      <c r="D37" t="s">
+        <v>216</v>
+      </c>
+      <c r="E37" t="s">
+        <v>40</v>
+      </c>
+      <c r="F37" t="s">
+        <v>191</v>
+      </c>
+      <c r="G37" t="s">
+        <v>86</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>127</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>129</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>240</v>
+      </c>
+      <c r="P37" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>242</v>
+      </c>
+      <c r="B38" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" t="s">
+        <v>38</v>
+      </c>
+      <c r="D38" t="s">
+        <v>244</v>
+      </c>
+      <c r="E38" t="s">
+        <v>40</v>
+      </c>
+      <c r="F38" t="s">
+        <v>191</v>
+      </c>
+      <c r="G38" t="s">
+        <v>86</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>127</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>129</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>245</v>
+      </c>
+      <c r="P38" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
+        <v>248</v>
+      </c>
+      <c r="C39" t="s">
+        <v>38</v>
+      </c>
+      <c r="D39" t="s">
+        <v>249</v>
+      </c>
+      <c r="E39" t="s">
+        <v>40</v>
+      </c>
+      <c r="F39" t="s">
+        <v>191</v>
+      </c>
+      <c r="G39" t="s">
+        <v>86</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>127</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>129</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>250</v>
+      </c>
+      <c r="P39" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>252</v>
+      </c>
+      <c r="B40" t="s">
+        <v>253</v>
+      </c>
+      <c r="C40" t="s">
+        <v>38</v>
+      </c>
+      <c r="D40" t="s">
+        <v>254</v>
+      </c>
+      <c r="E40" t="s">
+        <v>40</v>
+      </c>
+      <c r="F40" t="s">
+        <v>191</v>
+      </c>
+      <c r="G40" t="s">
+        <v>86</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>127</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>129</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>255</v>
+      </c>
+      <c r="P40" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>257</v>
+      </c>
+      <c r="B41" t="s">
+        <v>258</v>
+      </c>
+      <c r="C41" t="s">
+        <v>38</v>
+      </c>
+      <c r="D41" t="s">
+        <v>259</v>
+      </c>
+      <c r="E41" t="s">
+        <v>40</v>
+      </c>
+      <c r="F41" t="s">
+        <v>191</v>
+      </c>
+      <c r="G41" t="s">
+        <v>86</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>127</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>129</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>260</v>
+      </c>
+      <c r="P41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>262</v>
+      </c>
+      <c r="B42" t="s">
+        <v>263</v>
+      </c>
+      <c r="C42" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" t="s">
+        <v>184</v>
+      </c>
+      <c r="E42" t="s">
+        <v>40</v>
+      </c>
+      <c r="F42" t="s">
+        <v>191</v>
+      </c>
+      <c r="G42" t="s">
+        <v>86</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>127</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>129</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>264</v>
+      </c>
+      <c r="P42" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>266</v>
+      </c>
+      <c r="B43" t="s">
+        <v>267</v>
+      </c>
+      <c r="C43" t="s">
+        <v>38</v>
+      </c>
+      <c r="D43" t="s">
+        <v>268</v>
+      </c>
+      <c r="E43" t="s">
+        <v>40</v>
+      </c>
+      <c r="F43" t="s">
+        <v>191</v>
+      </c>
+      <c r="G43" t="s">
+        <v>86</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>127</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>129</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>269</v>
+      </c>
+      <c r="P43" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>271</v>
+      </c>
+      <c r="B44" t="s">
+        <v>272</v>
+      </c>
+      <c r="C44" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" t="s">
+        <v>273</v>
+      </c>
+      <c r="E44" t="s">
+        <v>274</v>
+      </c>
+      <c r="F44" t="s">
+        <v>191</v>
+      </c>
+      <c r="G44" t="s">
+        <v>86</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>127</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>129</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>275</v>
+      </c>
+      <c r="P44" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>271</v>
+      </c>
+      <c r="B45" t="s">
+        <v>277</v>
+      </c>
+      <c r="C45" t="s">
+        <v>38</v>
+      </c>
+      <c r="D45" t="s">
+        <v>273</v>
+      </c>
+      <c r="E45" t="s">
+        <v>40</v>
+      </c>
+      <c r="F45" t="s">
+        <v>191</v>
+      </c>
+      <c r="G45" t="s">
+        <v>86</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>127</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>129</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>278</v>
+      </c>
+      <c r="P45" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>279</v>
+      </c>
+      <c r="B46" t="s">
+        <v>280</v>
+      </c>
+      <c r="C46" t="s">
+        <v>38</v>
+      </c>
+      <c r="D46" t="s">
+        <v>105</v>
+      </c>
+      <c r="E46" t="s">
+        <v>40</v>
+      </c>
+      <c r="F46" t="s">
+        <v>191</v>
+      </c>
+      <c r="G46" t="s">
+        <v>86</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>43</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>129</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>281</v>
+      </c>
+      <c r="P46" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>283</v>
+      </c>
+      <c r="B47" t="s">
+        <v>284</v>
+      </c>
+      <c r="C47" t="s">
+        <v>38</v>
+      </c>
+      <c r="D47" t="s">
+        <v>285</v>
+      </c>
+      <c r="E47" t="s">
+        <v>40</v>
+      </c>
+      <c r="F47" t="s">
+        <v>191</v>
+      </c>
+      <c r="G47" t="s">
+        <v>86</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>127</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>129</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>286</v>
+      </c>
+      <c r="P47" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>288</v>
+      </c>
+      <c r="B48" t="s">
+        <v>289</v>
+      </c>
+      <c r="C48" t="s">
+        <v>38</v>
+      </c>
+      <c r="D48" t="s">
+        <v>290</v>
+      </c>
+      <c r="E48" t="s">
+        <v>40</v>
+      </c>
+      <c r="F48" t="s">
+        <v>191</v>
+      </c>
+      <c r="G48" t="s">
+        <v>86</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>43</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>129</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>291</v>
+      </c>
+      <c r="P48" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>293</v>
+      </c>
+      <c r="B49" t="s">
+        <v>294</v>
+      </c>
+      <c r="C49" t="s">
+        <v>38</v>
+      </c>
+      <c r="D49" t="s">
+        <v>295</v>
+      </c>
+      <c r="E49" t="s">
+        <v>40</v>
+      </c>
+      <c r="F49" t="s">
+        <v>191</v>
+      </c>
+      <c r="G49" t="s">
+        <v>86</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>127</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>129</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>296</v>
+      </c>
+      <c r="P49" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>298</v>
+      </c>
+      <c r="B50" t="s">
+        <v>299</v>
+      </c>
+      <c r="C50" t="s">
+        <v>38</v>
+      </c>
+      <c r="D50" t="s">
+        <v>300</v>
+      </c>
+      <c r="E50" t="s">
+        <v>40</v>
+      </c>
+      <c r="F50" t="s">
+        <v>191</v>
+      </c>
+      <c r="G50" t="s">
+        <v>86</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>127</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>129</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>301</v>
+      </c>
+      <c r="P50" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>303</v>
+      </c>
+      <c r="B51" t="s">
+        <v>304</v>
+      </c>
+      <c r="C51" t="s">
+        <v>38</v>
+      </c>
+      <c r="D51" t="s">
+        <v>305</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>191</v>
+      </c>
+      <c r="G51" t="s">
+        <v>86</v>
+      </c>
+      <c r="H51">
+        <v>2009</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>43</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>129</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>306</v>
+      </c>
+      <c r="P51" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>308</v>
+      </c>
+      <c r="B52" t="s">
+        <v>309</v>
+      </c>
+      <c r="C52" t="s">
+        <v>38</v>
+      </c>
+      <c r="D52" t="s">
+        <v>310</v>
+      </c>
+      <c r="E52" t="s">
+        <v>40</v>
+      </c>
+      <c r="F52" t="s">
+        <v>191</v>
+      </c>
+      <c r="G52" t="s">
+        <v>86</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>127</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>129</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>311</v>
+      </c>
+      <c r="P52" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>313</v>
+      </c>
+      <c r="B53" t="s">
+        <v>314</v>
+      </c>
+      <c r="C53" t="s">
+        <v>38</v>
+      </c>
+      <c r="D53" t="s">
         <v>19</v>
       </c>
-      <c r="G2"/>
-[...1 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E53" t="s">
+        <v>40</v>
+      </c>
+      <c r="F53" t="s">
+        <v>191</v>
+      </c>
+      <c r="G53" t="s">
+        <v>86</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>127</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>129</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>315</v>
+      </c>
+      <c r="P53" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>317</v>
+      </c>
+      <c r="B54" t="s">
+        <v>318</v>
+      </c>
+      <c r="C54" t="s">
+        <v>38</v>
+      </c>
+      <c r="D54" t="s">
+        <v>268</v>
+      </c>
+      <c r="E54" t="s">
+        <v>40</v>
+      </c>
+      <c r="F54" t="s">
+        <v>191</v>
+      </c>
+      <c r="G54" t="s">
+        <v>86</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>127</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>129</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>319</v>
+      </c>
+      <c r="P54" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>321</v>
+      </c>
+      <c r="B55" t="s">
+        <v>322</v>
+      </c>
+      <c r="C55" t="s">
+        <v>38</v>
+      </c>
+      <c r="D55" t="s">
+        <v>50</v>
+      </c>
+      <c r="E55" t="s">
+        <v>40</v>
+      </c>
+      <c r="F55" t="s">
+        <v>191</v>
+      </c>
+      <c r="G55" t="s">
+        <v>86</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>43</v>
+      </c>
+      <c r="K55" t="s">
+        <v>160</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>129</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>323</v>
+      </c>
+      <c r="P55" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>325</v>
+      </c>
+      <c r="B56" t="s">
+        <v>326</v>
+      </c>
+      <c r="C56" t="s">
+        <v>38</v>
+      </c>
+      <c r="D56" t="s">
+        <v>327</v>
+      </c>
+      <c r="E56" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" t="s">
+        <v>191</v>
+      </c>
+      <c r="G56" t="s">
+        <v>86</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>127</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>129</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>328</v>
+      </c>
+      <c r="P56" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>330</v>
+      </c>
+      <c r="B57" t="s">
+        <v>331</v>
+      </c>
+      <c r="C57" t="s">
+        <v>38</v>
+      </c>
+      <c r="D57" t="s">
+        <v>332</v>
+      </c>
+      <c r="E57" t="s">
+        <v>40</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>86</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>127</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>129</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>333</v>
+      </c>
+      <c r="P57" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>335</v>
+      </c>
+      <c r="B58" t="s">
+        <v>336</v>
+      </c>
+      <c r="C58" t="s">
+        <v>38</v>
+      </c>
+      <c r="D58" t="s">
+        <v>249</v>
+      </c>
+      <c r="E58" t="s">
+        <v>274</v>
+      </c>
+      <c r="F58" t="s">
+        <v>191</v>
+      </c>
+      <c r="G58" t="s">
+        <v>86</v>
+      </c>
+      <c r="H58">
+        <v>2015</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>127</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>129</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>337</v>
+      </c>
+      <c r="P58" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>339</v>
+      </c>
+      <c r="B59" t="s">
+        <v>340</v>
+      </c>
+      <c r="C59" t="s">
+        <v>38</v>
+      </c>
+      <c r="D59" t="s">
+        <v>249</v>
+      </c>
+      <c r="E59" t="s">
+        <v>40</v>
+      </c>
+      <c r="F59" t="s">
+        <v>191</v>
+      </c>
+      <c r="G59" t="s">
+        <v>86</v>
+      </c>
+      <c r="H59">
+        <v>2015</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>127</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>129</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>341</v>
+      </c>
+      <c r="P59" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>343</v>
+      </c>
+      <c r="B60" t="s">
+        <v>344</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>345</v>
+      </c>
+      <c r="E60" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F60" t="s">
+        <v>346</v>
+      </c>
+      <c r="G60" t="s">
+        <v>86</v>
+      </c>
+      <c r="H60">
+        <v>2021</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>347</v>
+      </c>
+      <c r="K60" t="s">
+        <v>348</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>349</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>350</v>
+      </c>
+      <c r="P60" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>352</v>
+      </c>
+      <c r="B61" t="s">
+        <v>353</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>111</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G61" t="s">
+        <v>42</v>
+      </c>
+      <c r="H61">
+        <v>2014</v>
+      </c>
+      <c r="I61">
+        <v>2025</v>
+      </c>
+      <c r="J61" t="s">
+        <v>347</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>349</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>354</v>
+      </c>
+      <c r="P61" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>356</v>
+      </c>
+      <c r="B62" t="s">
+        <v>357</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>99</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>346</v>
+      </c>
+      <c r="G62" t="s">
+        <v>42</v>
+      </c>
+      <c r="H62">
+        <v>2010</v>
+      </c>
+      <c r="I62">
+        <v>2016</v>
+      </c>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>358</v>
+      </c>
+      <c r="M62" t="s">
+        <v>349</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>359</v>
+      </c>
+      <c r="P62" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>361</v>
+      </c>
+      <c r="B63" t="s">
+        <v>362</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>363</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>42</v>
+      </c>
+      <c r="H63">
+        <v>2004</v>
+      </c>
+      <c r="I63">
+        <v>2015</v>
+      </c>
+      <c r="J63" t="s">
+        <v>347</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>364</v>
+      </c>
+      <c r="M63" t="s">
+        <v>349</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>365</v>
+      </c>
+      <c r="P63" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>367</v>
+      </c>
+      <c r="B64" t="s">
+        <v>368</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>111</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>42</v>
+      </c>
+      <c r="H64">
+        <v>1996</v>
+      </c>
+      <c r="I64">
+        <v>2005</v>
+      </c>
+      <c r="J64" t="s">
+        <v>119</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>367</v>
+      </c>
+      <c r="M64" t="s">
+        <v>349</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>369</v>
+      </c>
+      <c r="P64" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>371</v>
+      </c>
+      <c r="B65" t="s">
+        <v>372</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>373</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>346</v>
+      </c>
+      <c r="G65" t="s">
+        <v>42</v>
+      </c>
+      <c r="H65">
+        <v>2006</v>
+      </c>
+      <c r="I65">
+        <v>2025</v>
+      </c>
+      <c r="J65" t="s">
+        <v>347</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>374</v>
+      </c>
+      <c r="M65" t="s">
+        <v>349</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>375</v>
+      </c>
+      <c r="P65" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>377</v>
+      </c>
+      <c r="B66" t="s">
+        <v>378</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>379</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>346</v>
+      </c>
+      <c r="G66" t="s">
+        <v>86</v>
+      </c>
+      <c r="H66">
+        <v>2020</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>347</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>380</v>
+      </c>
+      <c r="M66" t="s">
+        <v>349</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>381</v>
+      </c>
+      <c r="P66" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>383</v>
+      </c>
+      <c r="B67" t="s">
+        <v>384</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>31</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>385</v>
+      </c>
+      <c r="H67">
+        <v>1997</v>
+      </c>
+      <c r="I67">
+        <v>2005</v>
+      </c>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>349</v>
+      </c>
+      <c r="N67" t="s">
+        <v>386</v>
+      </c>
+      <c r="O67" t="s">
+        <v>387</v>
+      </c>
+      <c r="P67" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>389</v>
+      </c>
+      <c r="B68" t="s">
+        <v>390</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>31</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>42</v>
+      </c>
+      <c r="H68">
+        <v>2004</v>
+      </c>
+      <c r="I68">
+        <v>2025</v>
+      </c>
+      <c r="J68" t="s">
+        <v>347</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>391</v>
+      </c>
+      <c r="M68" t="s">
+        <v>349</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>392</v>
+      </c>
+      <c r="P68" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>394</v>
+      </c>
+      <c r="B69" t="s">
+        <v>395</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>396</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>86</v>
+      </c>
+      <c r="H69">
+        <v>2018</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>394</v>
+      </c>
+      <c r="M69" t="s">
+        <v>349</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>397</v>
+      </c>
+      <c r="P69" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>399</v>
+      </c>
+      <c r="B70" t="s">
+        <v>400</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>259</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>8</v>
+      </c>
+      <c r="H70">
+        <v>2016</v>
+      </c>
+      <c r="I70">
+        <v>2025</v>
+      </c>
+      <c r="J70" t="s">
+        <v>347</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>401</v>
+      </c>
+      <c r="M70" t="s">
+        <v>349</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>402</v>
+      </c>
+      <c r="P70" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>404</v>
+      </c>
+      <c r="B71" t="s">
+        <v>405</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>67</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>42</v>
+      </c>
+      <c r="H71">
+        <v>2012</v>
+      </c>
+      <c r="I71">
+        <v>2013</v>
+      </c>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>404</v>
+      </c>
+      <c r="M71" t="s">
+        <v>349</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>406</v>
+      </c>
+      <c r="P71" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>408</v>
+      </c>
+      <c r="B72" t="s">
+        <v>409</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>305</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>42</v>
+      </c>
+      <c r="H72">
+        <v>1995</v>
+      </c>
+      <c r="I72">
+        <v>2017</v>
+      </c>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>408</v>
+      </c>
+      <c r="M72" t="s">
+        <v>349</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>410</v>
+      </c>
+      <c r="P72" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>412</v>
+      </c>
+      <c r="B73" t="s">
+        <v>413</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>305</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>42</v>
+      </c>
+      <c r="H73">
+        <v>1995</v>
+      </c>
+      <c r="I73">
+        <v>2018</v>
+      </c>
+      <c r="J73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>349</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>414</v>
+      </c>
+      <c r="P73" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>416</v>
+      </c>
+      <c r="B74"/>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>345</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>86</v>
+      </c>
+      <c r="H74">
+        <v>2018</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>417</v>
+      </c>
+      <c r="L74" t="s">
+        <v>418</v>
+      </c>
+      <c r="M74" t="s">
+        <v>349</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>419</v>
+      </c>
+      <c r="P74" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>421</v>
+      </c>
+      <c r="B75" t="s">
+        <v>422</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>423</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>42</v>
+      </c>
+      <c r="H75">
+        <v>2010</v>
+      </c>
+      <c r="I75">
+        <v>2018</v>
+      </c>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>421</v>
+      </c>
+      <c r="M75" t="s">
+        <v>349</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>424</v>
+      </c>
+      <c r="P75" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>426</v>
+      </c>
+      <c r="B76" t="s">
+        <v>427</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>428</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>429</v>
+      </c>
+      <c r="H76">
+        <v>2017</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>347</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>430</v>
+      </c>
+      <c r="M76" t="s">
+        <v>349</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>431</v>
+      </c>
+      <c r="P76" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>433</v>
+      </c>
+      <c r="B77" t="s">
+        <v>434</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>435</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>42</v>
+      </c>
+      <c r="H77">
+        <v>2012</v>
+      </c>
+      <c r="I77">
+        <v>2017</v>
+      </c>
+      <c r="J77" t="s">
+        <v>436</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>433</v>
+      </c>
+      <c r="M77" t="s">
+        <v>349</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>437</v>
+      </c>
+      <c r="P77" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>439</v>
+      </c>
+      <c r="B78" t="s">
+        <v>440</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>441</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>86</v>
+      </c>
+      <c r="H78">
+        <v>2021</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>442</v>
+      </c>
+      <c r="M78" t="s">
+        <v>349</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>443</v>
+      </c>
+      <c r="P78" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>445</v>
+      </c>
+      <c r="B79" t="s">
+        <v>446</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>31</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>86</v>
+      </c>
+      <c r="H79">
+        <v>2021</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>447</v>
+      </c>
+      <c r="N79" t="s">
+        <v>386</v>
+      </c>
+      <c r="O79" t="s">
+        <v>448</v>
+      </c>
+      <c r="P79" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>450</v>
+      </c>
+      <c r="B80" t="s">
+        <v>451</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>452</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>346</v>
+      </c>
+      <c r="G80" t="s">
+        <v>429</v>
+      </c>
+      <c r="H80">
+        <v>2025</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>347</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>453</v>
+      </c>
+      <c r="M80" t="s">
+        <v>349</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>454</v>
+      </c>
+      <c r="P80" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>456</v>
+      </c>
+      <c r="B81" t="s">
+        <v>457</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>396</v>
+      </c>
+      <c r="E81" t="s">
+        <v>40</v>
+      </c>
+      <c r="F81" t="s">
+        <v>118</v>
+      </c>
+      <c r="G81" t="s">
+        <v>42</v>
+      </c>
+      <c r="H81">
+        <v>2000</v>
+      </c>
+      <c r="I81">
+        <v>2020</v>
+      </c>
+      <c r="J81" t="s">
+        <v>458</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>394</v>
+      </c>
+      <c r="M81" t="s">
+        <v>459</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>460</v>
+      </c>
+      <c r="P81" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>462</v>
+      </c>
+      <c r="B82" t="s">
+        <v>463</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>67</v>
+      </c>
+      <c r="E82" t="s">
+        <v>40</v>
+      </c>
+      <c r="F82" t="s">
+        <v>118</v>
+      </c>
+      <c r="G82" t="s">
+        <v>42</v>
+      </c>
+      <c r="H82">
+        <v>2010</v>
+      </c>
+      <c r="I82">
+        <v>2022</v>
+      </c>
+      <c r="J82" t="s">
+        <v>458</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>464</v>
+      </c>
+      <c r="M82" t="s">
+        <v>459</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>465</v>
+      </c>
+      <c r="P82" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>467</v>
+      </c>
+      <c r="B83" t="s">
+        <v>468</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>305</v>
+      </c>
+      <c r="E83" t="s">
+        <v>40</v>
+      </c>
+      <c r="F83" t="s">
+        <v>118</v>
+      </c>
+      <c r="G83" t="s">
+        <v>42</v>
+      </c>
+      <c r="H83">
+        <v>2010</v>
+      </c>
+      <c r="I83">
+        <v>2017</v>
+      </c>
+      <c r="J83" t="s">
+        <v>458</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>469</v>
+      </c>
+      <c r="M83" t="s">
+        <v>459</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>470</v>
+      </c>
+      <c r="P83" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>472</v>
+      </c>
+      <c r="B84" t="s">
+        <v>473</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>259</v>
+      </c>
+      <c r="E84" t="s">
+        <v>40</v>
+      </c>
+      <c r="F84" t="s">
+        <v>118</v>
+      </c>
+      <c r="G84" t="s">
+        <v>42</v>
+      </c>
+      <c r="H84">
+        <v>1994</v>
+      </c>
+      <c r="I84">
+        <v>2012</v>
+      </c>
+      <c r="J84" t="s">
+        <v>458</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>474</v>
+      </c>
+      <c r="M84" t="s">
+        <v>459</v>
+      </c>
+      <c r="N84" t="s">
+        <v>386</v>
+      </c>
+      <c r="O84" t="s">
+        <v>475</v>
+      </c>
+      <c r="P84" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>477</v>
+      </c>
+      <c r="B85" t="s">
+        <v>478</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>67</v>
+      </c>
+      <c r="E85" t="s">
+        <v>40</v>
+      </c>
+      <c r="F85" t="s">
+        <v>118</v>
+      </c>
+      <c r="G85" t="s">
+        <v>42</v>
+      </c>
+      <c r="H85">
+        <v>1995</v>
+      </c>
+      <c r="I85">
+        <v>2013</v>
+      </c>
+      <c r="J85" t="s">
+        <v>458</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>479</v>
+      </c>
+      <c r="M85" t="s">
+        <v>459</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>480</v>
+      </c>
+      <c r="P85" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>482</v>
+      </c>
+      <c r="B86" t="s">
+        <v>483</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>117</v>
+      </c>
+      <c r="E86" t="s">
+        <v>40</v>
+      </c>
+      <c r="F86" t="s">
+        <v>118</v>
+      </c>
+      <c r="G86" t="s">
+        <v>42</v>
+      </c>
+      <c r="H86">
+        <v>1996</v>
+      </c>
+      <c r="I86">
+        <v>2012</v>
+      </c>
+      <c r="J86" t="s">
+        <v>458</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>484</v>
+      </c>
+      <c r="M86" t="s">
+        <v>459</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>485</v>
+      </c>
+      <c r="P86" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>487</v>
+      </c>
+      <c r="B87" t="s">
+        <v>488</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>117</v>
+      </c>
+      <c r="E87" t="s">
+        <v>40</v>
+      </c>
+      <c r="F87" t="s">
+        <v>118</v>
+      </c>
+      <c r="G87" t="s">
+        <v>42</v>
+      </c>
+      <c r="H87">
+        <v>1996</v>
+      </c>
+      <c r="I87">
+        <v>2012</v>
+      </c>
+      <c r="J87" t="s">
+        <v>458</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>489</v>
+      </c>
+      <c r="M87" t="s">
+        <v>459</v>
+      </c>
+      <c r="N87" t="s">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>490</v>
+      </c>
+      <c r="P87" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>492</v>
+      </c>
+      <c r="B88" t="s">
+        <v>493</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>201</v>
+      </c>
+      <c r="E88" t="s">
+        <v>40</v>
+      </c>
+      <c r="F88" t="s">
+        <v>118</v>
+      </c>
+      <c r="G88" t="s">
+        <v>42</v>
+      </c>
+      <c r="H88">
+        <v>1996</v>
+      </c>
+      <c r="I88">
+        <v>2012</v>
+      </c>
+      <c r="J88" t="s">
+        <v>458</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>494</v>
+      </c>
+      <c r="M88" t="s">
+        <v>459</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>495</v>
+      </c>
+      <c r="P88" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>497</v>
+      </c>
+      <c r="B89" t="s">
+        <v>498</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>67</v>
+      </c>
+      <c r="E89" t="s">
+        <v>40</v>
+      </c>
+      <c r="F89" t="s">
+        <v>118</v>
+      </c>
+      <c r="G89" t="s">
+        <v>42</v>
+      </c>
+      <c r="H89">
+        <v>1996</v>
+      </c>
+      <c r="I89">
+        <v>2015</v>
+      </c>
+      <c r="J89" t="s">
+        <v>458</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>499</v>
+      </c>
+      <c r="M89" t="s">
+        <v>459</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>500</v>
+      </c>
+      <c r="P89" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>502</v>
+      </c>
+      <c r="B90" t="s">
+        <v>503</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>201</v>
+      </c>
+      <c r="E90" t="s">
+        <v>40</v>
+      </c>
+      <c r="F90" t="s">
+        <v>118</v>
+      </c>
+      <c r="G90" t="s">
+        <v>42</v>
+      </c>
+      <c r="H90">
+        <v>1996</v>
+      </c>
+      <c r="I90">
+        <v>2013</v>
+      </c>
+      <c r="J90" t="s">
+        <v>458</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>504</v>
+      </c>
+      <c r="M90" t="s">
+        <v>459</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>505</v>
+      </c>
+      <c r="P90" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>507</v>
+      </c>
+      <c r="B91" t="s">
+        <v>508</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>201</v>
+      </c>
+      <c r="E91" t="s">
+        <v>40</v>
+      </c>
+      <c r="F91" t="s">
+        <v>118</v>
+      </c>
+      <c r="G91" t="s">
+        <v>42</v>
+      </c>
+      <c r="H91">
+        <v>1997</v>
+      </c>
+      <c r="I91">
+        <v>2012</v>
+      </c>
+      <c r="J91" t="s">
+        <v>458</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>509</v>
+      </c>
+      <c r="M91" t="s">
+        <v>459</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>510</v>
+      </c>
+      <c r="P91" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>512</v>
+      </c>
+      <c r="B92" t="s">
+        <v>513</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>67</v>
+      </c>
+      <c r="E92" t="s">
+        <v>40</v>
+      </c>
+      <c r="F92" t="s">
+        <v>118</v>
+      </c>
+      <c r="G92" t="s">
+        <v>42</v>
+      </c>
+      <c r="H92">
+        <v>1998</v>
+      </c>
+      <c r="I92">
+        <v>2012</v>
+      </c>
+      <c r="J92" t="s">
+        <v>458</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>514</v>
+      </c>
+      <c r="M92" t="s">
+        <v>459</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>515</v>
+      </c>
+      <c r="P92" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>517</v>
+      </c>
+      <c r="B93" t="s">
+        <v>518</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>305</v>
+      </c>
+      <c r="E93" t="s">
+        <v>40</v>
+      </c>
+      <c r="F93" t="s">
+        <v>118</v>
+      </c>
+      <c r="G93" t="s">
+        <v>42</v>
+      </c>
+      <c r="H93">
+        <v>1998</v>
+      </c>
+      <c r="I93">
+        <v>2012</v>
+      </c>
+      <c r="J93" t="s">
+        <v>519</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>520</v>
+      </c>
+      <c r="M93" t="s">
+        <v>521</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>522</v>
+      </c>
+      <c r="P93" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>524</v>
+      </c>
+      <c r="B94" t="s">
+        <v>525</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>31</v>
+      </c>
+      <c r="E94" t="s">
+        <v>40</v>
+      </c>
+      <c r="F94" t="s">
+        <v>118</v>
+      </c>
+      <c r="G94" t="s">
+        <v>42</v>
+      </c>
+      <c r="H94">
+        <v>1999</v>
+      </c>
+      <c r="I94">
+        <v>2012</v>
+      </c>
+      <c r="J94" t="s">
+        <v>458</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>526</v>
+      </c>
+      <c r="M94" t="s">
+        <v>459</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>527</v>
+      </c>
+      <c r="P94" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>529</v>
+      </c>
+      <c r="B95" t="s">
+        <v>530</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>99</v>
+      </c>
+      <c r="E95" t="s">
+        <v>40</v>
+      </c>
+      <c r="F95" t="s">
+        <v>118</v>
+      </c>
+      <c r="G95" t="s">
+        <v>42</v>
+      </c>
+      <c r="H95">
+        <v>2000</v>
+      </c>
+      <c r="I95">
+        <v>2012</v>
+      </c>
+      <c r="J95" t="s">
+        <v>458</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>531</v>
+      </c>
+      <c r="M95" t="s">
+        <v>459</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>532</v>
+      </c>
+      <c r="P95" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>534</v>
+      </c>
+      <c r="B96" t="s">
+        <v>535</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>536</v>
+      </c>
+      <c r="E96" t="s">
+        <v>40</v>
+      </c>
+      <c r="F96" t="s">
+        <v>118</v>
+      </c>
+      <c r="G96" t="s">
+        <v>42</v>
+      </c>
+      <c r="H96">
+        <v>2001</v>
+      </c>
+      <c r="I96">
+        <v>2015</v>
+      </c>
+      <c r="J96" t="s">
+        <v>458</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>537</v>
+      </c>
+      <c r="M96" t="s">
+        <v>459</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>538</v>
+      </c>
+      <c r="P96" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>540</v>
+      </c>
+      <c r="B97" t="s">
+        <v>541</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>111</v>
+      </c>
+      <c r="E97" t="s">
+        <v>40</v>
+      </c>
+      <c r="F97" t="s">
+        <v>118</v>
+      </c>
+      <c r="G97" t="s">
+        <v>42</v>
+      </c>
+      <c r="H97">
+        <v>2002</v>
+      </c>
+      <c r="I97">
+        <v>2012</v>
+      </c>
+      <c r="J97" t="s">
+        <v>458</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>542</v>
+      </c>
+      <c r="M97" t="s">
+        <v>459</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>543</v>
+      </c>
+      <c r="P97" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>545</v>
+      </c>
+      <c r="B98" t="s">
+        <v>546</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>201</v>
+      </c>
+      <c r="E98" t="s">
+        <v>40</v>
+      </c>
+      <c r="F98" t="s">
+        <v>118</v>
+      </c>
+      <c r="G98" t="s">
+        <v>42</v>
+      </c>
+      <c r="H98">
+        <v>2003</v>
+      </c>
+      <c r="I98">
+        <v>2013</v>
+      </c>
+      <c r="J98" t="s">
+        <v>458</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>547</v>
+      </c>
+      <c r="M98" t="s">
+        <v>459</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>548</v>
+      </c>
+      <c r="P98" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>550</v>
+      </c>
+      <c r="B99" t="s">
+        <v>551</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>305</v>
+      </c>
+      <c r="E99" t="s">
+        <v>40</v>
+      </c>
+      <c r="F99" t="s">
+        <v>118</v>
+      </c>
+      <c r="G99" t="s">
+        <v>42</v>
+      </c>
+      <c r="H99">
+        <v>1998</v>
+      </c>
+      <c r="I99">
+        <v>2012</v>
+      </c>
+      <c r="J99" t="s">
+        <v>519</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>552</v>
+      </c>
+      <c r="M99" t="s">
+        <v>521</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>553</v>
+      </c>
+      <c r="P99" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>554</v>
+      </c>
+      <c r="B100" t="s">
+        <v>555</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>556</v>
+      </c>
+      <c r="E100" t="s">
+        <v>40</v>
+      </c>
+      <c r="F100" t="s">
+        <v>118</v>
+      </c>
+      <c r="G100" t="s">
+        <v>42</v>
+      </c>
+      <c r="H100">
+        <v>2003</v>
+      </c>
+      <c r="I100">
+        <v>2012</v>
+      </c>
+      <c r="J100" t="s">
+        <v>458</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>557</v>
+      </c>
+      <c r="M100" t="s">
+        <v>459</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>558</v>
+      </c>
+      <c r="P100" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>560</v>
+      </c>
+      <c r="B101" t="s">
+        <v>561</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>67</v>
+      </c>
+      <c r="E101" t="s">
+        <v>40</v>
+      </c>
+      <c r="F101" t="s">
+        <v>118</v>
+      </c>
+      <c r="G101" t="s">
+        <v>42</v>
+      </c>
+      <c r="H101">
+        <v>2004</v>
+      </c>
+      <c r="I101">
+        <v>2012</v>
+      </c>
+      <c r="J101" t="s">
+        <v>458</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>562</v>
+      </c>
+      <c r="M101" t="s">
+        <v>459</v>
+      </c>
+      <c r="N101" t="s">
+        <v>386</v>
+      </c>
+      <c r="O101" t="s">
+        <v>563</v>
+      </c>
+      <c r="P101" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>565</v>
+      </c>
+      <c r="B102" t="s">
+        <v>566</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>201</v>
+      </c>
+      <c r="E102" t="s">
+        <v>40</v>
+      </c>
+      <c r="F102" t="s">
+        <v>118</v>
+      </c>
+      <c r="G102" t="s">
+        <v>42</v>
+      </c>
+      <c r="H102">
+        <v>2004</v>
+      </c>
+      <c r="I102">
+        <v>2012</v>
+      </c>
+      <c r="J102" t="s">
+        <v>458</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>567</v>
+      </c>
+      <c r="M102" t="s">
+        <v>459</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>568</v>
+      </c>
+      <c r="P102" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>570</v>
+      </c>
+      <c r="B103" t="s">
+        <v>571</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>201</v>
+      </c>
+      <c r="E103" t="s">
+        <v>40</v>
+      </c>
+      <c r="F103" t="s">
+        <v>118</v>
+      </c>
+      <c r="G103" t="s">
+        <v>42</v>
+      </c>
+      <c r="H103">
+        <v>2004</v>
+      </c>
+      <c r="I103">
+        <v>2012</v>
+      </c>
+      <c r="J103" t="s">
+        <v>458</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>567</v>
+      </c>
+      <c r="M103" t="s">
+        <v>459</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>572</v>
+      </c>
+      <c r="P103" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>574</v>
+      </c>
+      <c r="B104" t="s">
+        <v>575</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>111</v>
+      </c>
+      <c r="E104" t="s">
+        <v>40</v>
+      </c>
+      <c r="F104" t="s">
+        <v>118</v>
+      </c>
+      <c r="G104" t="s">
+        <v>42</v>
+      </c>
+      <c r="H104">
+        <v>2004</v>
+      </c>
+      <c r="I104">
+        <v>2012</v>
+      </c>
+      <c r="J104" t="s">
+        <v>458</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>576</v>
+      </c>
+      <c r="M104" t="s">
+        <v>459</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>577</v>
+      </c>
+      <c r="P104" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>579</v>
+      </c>
+      <c r="B105" t="s">
+        <v>580</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>117</v>
+      </c>
+      <c r="E105" t="s">
+        <v>40</v>
+      </c>
+      <c r="F105" t="s">
+        <v>118</v>
+      </c>
+      <c r="G105" t="s">
+        <v>42</v>
+      </c>
+      <c r="H105">
+        <v>2004</v>
+      </c>
+      <c r="I105">
+        <v>2012</v>
+      </c>
+      <c r="J105" t="s">
+        <v>458</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>484</v>
+      </c>
+      <c r="M105" t="s">
+        <v>459</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>581</v>
+      </c>
+      <c r="P105" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>583</v>
+      </c>
+      <c r="B106" t="s">
+        <v>584</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>117</v>
+      </c>
+      <c r="E106" t="s">
+        <v>40</v>
+      </c>
+      <c r="F106" t="s">
+        <v>118</v>
+      </c>
+      <c r="G106" t="s">
+        <v>42</v>
+      </c>
+      <c r="H106">
+        <v>2005</v>
+      </c>
+      <c r="I106">
+        <v>2012</v>
+      </c>
+      <c r="J106" t="s">
+        <v>458</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>585</v>
+      </c>
+      <c r="M106" t="s">
+        <v>459</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>586</v>
+      </c>
+      <c r="P106" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>588</v>
+      </c>
+      <c r="B107" t="s">
+        <v>589</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>201</v>
+      </c>
+      <c r="E107" t="s">
+        <v>40</v>
+      </c>
+      <c r="F107" t="s">
+        <v>118</v>
+      </c>
+      <c r="G107" t="s">
+        <v>42</v>
+      </c>
+      <c r="H107">
+        <v>2005</v>
+      </c>
+      <c r="I107">
+        <v>2012</v>
+      </c>
+      <c r="J107" t="s">
+        <v>458</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>590</v>
+      </c>
+      <c r="M107" t="s">
+        <v>459</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>591</v>
+      </c>
+      <c r="P107" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>593</v>
+      </c>
+      <c r="B108" t="s">
+        <v>594</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>117</v>
+      </c>
+      <c r="E108" t="s">
+        <v>40</v>
+      </c>
+      <c r="F108" t="s">
+        <v>118</v>
+      </c>
+      <c r="G108" t="s">
+        <v>42</v>
+      </c>
+      <c r="H108">
+        <v>2007</v>
+      </c>
+      <c r="I108">
+        <v>2012</v>
+      </c>
+      <c r="J108" t="s">
+        <v>458</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>595</v>
+      </c>
+      <c r="M108" t="s">
+        <v>459</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>596</v>
+      </c>
+      <c r="P108" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>598</v>
+      </c>
+      <c r="B109" t="s">
+        <v>599</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>105</v>
+      </c>
+      <c r="E109" t="s">
+        <v>40</v>
+      </c>
+      <c r="F109" t="s">
+        <v>118</v>
+      </c>
+      <c r="G109" t="s">
+        <v>42</v>
+      </c>
+      <c r="H109">
+        <v>2007</v>
+      </c>
+      <c r="I109">
+        <v>2012</v>
+      </c>
+      <c r="J109" t="s">
+        <v>458</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>600</v>
+      </c>
+      <c r="M109" t="s">
+        <v>459</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>601</v>
+      </c>
+      <c r="P109" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>603</v>
+      </c>
+      <c r="B110" t="s">
+        <v>604</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>441</v>
+      </c>
+      <c r="E110" t="s">
+        <v>40</v>
+      </c>
+      <c r="F110" t="s">
+        <v>118</v>
+      </c>
+      <c r="G110" t="s">
+        <v>42</v>
+      </c>
+      <c r="H110">
+        <v>2013</v>
+      </c>
+      <c r="I110">
+        <v>2014</v>
+      </c>
+      <c r="J110" t="s">
+        <v>519</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>605</v>
+      </c>
+      <c r="M110" t="s">
+        <v>521</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>606</v>
+      </c>
+      <c r="P110" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>607</v>
+      </c>
+      <c r="B111" t="s">
+        <v>608</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>609</v>
+      </c>
+      <c r="E111" t="s">
+        <v>40</v>
+      </c>
+      <c r="F111" t="s">
+        <v>118</v>
+      </c>
+      <c r="G111" t="s">
+        <v>42</v>
+      </c>
+      <c r="H111">
+        <v>2008</v>
+      </c>
+      <c r="I111">
+        <v>2012</v>
+      </c>
+      <c r="J111" t="s">
+        <v>458</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>610</v>
+      </c>
+      <c r="M111" t="s">
+        <v>459</v>
+      </c>
+      <c r="N111" t="s">
+        <v>386</v>
+      </c>
+      <c r="O111" t="s">
+        <v>611</v>
+      </c>
+      <c r="P111" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>613</v>
+      </c>
+      <c r="B112" t="s">
+        <v>614</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>615</v>
+      </c>
+      <c r="E112" t="s">
+        <v>40</v>
+      </c>
+      <c r="F112" t="s">
+        <v>118</v>
+      </c>
+      <c r="G112" t="s">
+        <v>42</v>
+      </c>
+      <c r="H112">
+        <v>2008</v>
+      </c>
+      <c r="I112">
+        <v>2012</v>
+      </c>
+      <c r="J112" t="s">
+        <v>458</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>616</v>
+      </c>
+      <c r="M112" t="s">
+        <v>459</v>
+      </c>
+      <c r="N112" t="s">
+        <v>386</v>
+      </c>
+      <c r="O112" t="s">
+        <v>617</v>
+      </c>
+      <c r="P112" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>619</v>
+      </c>
+      <c r="B113" t="s">
+        <v>620</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>621</v>
+      </c>
+      <c r="E113" t="s">
+        <v>40</v>
+      </c>
+      <c r="F113" t="s">
+        <v>118</v>
+      </c>
+      <c r="G113" t="s">
+        <v>42</v>
+      </c>
+      <c r="H113">
+        <v>2008</v>
+      </c>
+      <c r="I113">
+        <v>2009</v>
+      </c>
+      <c r="J113" t="s">
+        <v>458</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>622</v>
+      </c>
+      <c r="M113" t="s">
+        <v>459</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>623</v>
+      </c>
+      <c r="P113" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>625</v>
+      </c>
+      <c r="B114" t="s">
+        <v>626</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>259</v>
+      </c>
+      <c r="E114" t="s">
+        <v>40</v>
+      </c>
+      <c r="F114" t="s">
+        <v>118</v>
+      </c>
+      <c r="G114" t="s">
+        <v>42</v>
+      </c>
+      <c r="H114">
+        <v>1994</v>
+      </c>
+      <c r="I114">
+        <v>2012</v>
+      </c>
+      <c r="J114" t="s">
+        <v>519</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>627</v>
+      </c>
+      <c r="M114" t="s">
+        <v>521</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>628</v>
+      </c>
+      <c r="P114" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>629</v>
+      </c>
+      <c r="B115" t="s">
+        <v>630</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>631</v>
+      </c>
+      <c r="E115" t="s">
+        <v>40</v>
+      </c>
+      <c r="F115" t="s">
+        <v>118</v>
+      </c>
+      <c r="G115" t="s">
+        <v>42</v>
+      </c>
+      <c r="H115">
+        <v>2008</v>
+      </c>
+      <c r="I115">
+        <v>2012</v>
+      </c>
+      <c r="J115" t="s">
+        <v>519</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>632</v>
+      </c>
+      <c r="M115" t="s">
+        <v>521</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>633</v>
+      </c>
+      <c r="P115" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>634</v>
+      </c>
+      <c r="B116" t="s">
+        <v>635</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>259</v>
+      </c>
+      <c r="E116" t="s">
+        <v>40</v>
+      </c>
+      <c r="F116" t="s">
+        <v>118</v>
+      </c>
+      <c r="G116" t="s">
+        <v>42</v>
+      </c>
+      <c r="H116">
+        <v>2009</v>
+      </c>
+      <c r="I116">
+        <v>2012</v>
+      </c>
+      <c r="J116" t="s">
+        <v>458</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>636</v>
+      </c>
+      <c r="M116" t="s">
+        <v>459</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>637</v>
+      </c>
+      <c r="P116" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>639</v>
+      </c>
+      <c r="B117" t="s">
+        <v>640</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>67</v>
+      </c>
+      <c r="E117" t="s">
+        <v>40</v>
+      </c>
+      <c r="F117" t="s">
+        <v>118</v>
+      </c>
+      <c r="G117" t="s">
+        <v>42</v>
+      </c>
+      <c r="H117">
+        <v>2009</v>
+      </c>
+      <c r="I117">
+        <v>2012</v>
+      </c>
+      <c r="J117" t="s">
+        <v>458</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>641</v>
+      </c>
+      <c r="M117" t="s">
+        <v>459</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>642</v>
+      </c>
+      <c r="P117" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>644</v>
+      </c>
+      <c r="B118" t="s">
+        <v>645</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>646</v>
+      </c>
+      <c r="E118" t="s">
+        <v>40</v>
+      </c>
+      <c r="F118" t="s">
+        <v>118</v>
+      </c>
+      <c r="G118" t="s">
+        <v>86</v>
+      </c>
+      <c r="H118">
+        <v>2011</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>458</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>647</v>
+      </c>
+      <c r="M118" t="s">
+        <v>459</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>648</v>
+      </c>
+      <c r="P118" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>650</v>
+      </c>
+      <c r="B119" t="s">
+        <v>651</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>652</v>
+      </c>
+      <c r="E119" t="s">
+        <v>40</v>
+      </c>
+      <c r="F119" t="s">
+        <v>118</v>
+      </c>
+      <c r="G119" t="s">
+        <v>42</v>
+      </c>
+      <c r="H119">
+        <v>2010</v>
+      </c>
+      <c r="I119">
+        <v>2012</v>
+      </c>
+      <c r="J119" t="s">
+        <v>458</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>653</v>
+      </c>
+      <c r="M119" t="s">
+        <v>459</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>654</v>
+      </c>
+      <c r="P119" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>656</v>
+      </c>
+      <c r="B120" t="s">
+        <v>657</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>31</v>
+      </c>
+      <c r="E120" t="s">
+        <v>40</v>
+      </c>
+      <c r="F120" t="s">
+        <v>118</v>
+      </c>
+      <c r="G120" t="s">
+        <v>42</v>
+      </c>
+      <c r="H120">
+        <v>2010</v>
+      </c>
+      <c r="I120">
+        <v>2012</v>
+      </c>
+      <c r="J120" t="s">
+        <v>458</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>658</v>
+      </c>
+      <c r="M120" t="s">
+        <v>459</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>659</v>
+      </c>
+      <c r="P120" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>661</v>
+      </c>
+      <c r="B121" t="s">
+        <v>662</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>67</v>
+      </c>
+      <c r="E121" t="s">
+        <v>40</v>
+      </c>
+      <c r="F121" t="s">
+        <v>118</v>
+      </c>
+      <c r="G121" t="s">
+        <v>86</v>
+      </c>
+      <c r="H121">
+        <v>2015</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>519</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>663</v>
+      </c>
+      <c r="M121" t="s">
+        <v>521</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>664</v>
+      </c>
+      <c r="P121"/>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>665</v>
+      </c>
+      <c r="B122" t="s">
+        <v>666</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>667</v>
+      </c>
+      <c r="E122" t="s">
+        <v>40</v>
+      </c>
+      <c r="F122" t="s">
+        <v>118</v>
+      </c>
+      <c r="G122" t="s">
+        <v>42</v>
+      </c>
+      <c r="H122">
+        <v>2011</v>
+      </c>
+      <c r="I122">
+        <v>2022</v>
+      </c>
+      <c r="J122" t="s">
+        <v>458</v>
+      </c>
+      <c r="K122" t="s">
+        <v>668</v>
+      </c>
+      <c r="L122" t="s">
+        <v>669</v>
+      </c>
+      <c r="M122" t="s">
+        <v>459</v>
+      </c>
+      <c r="N122" t="s">
+        <v>670</v>
+      </c>
+      <c r="O122" t="s">
+        <v>671</v>
+      </c>
+      <c r="P122" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>673</v>
+      </c>
+      <c r="B123" t="s">
+        <v>674</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>441</v>
+      </c>
+      <c r="E123" t="s">
+        <v>40</v>
+      </c>
+      <c r="F123" t="s">
+        <v>118</v>
+      </c>
+      <c r="G123" t="s">
+        <v>86</v>
+      </c>
+      <c r="H123">
+        <v>2013</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>519</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>675</v>
+      </c>
+      <c r="M123" t="s">
+        <v>521</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>676</v>
+      </c>
+      <c r="P123"/>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>677</v>
+      </c>
+      <c r="B124" t="s">
+        <v>678</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>111</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>42</v>
+      </c>
+      <c r="H124">
+        <v>2000</v>
+      </c>
+      <c r="I124">
+        <v>2014</v>
+      </c>
+      <c r="J124" t="s">
+        <v>458</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>679</v>
+      </c>
+      <c r="M124" t="s">
+        <v>349</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>680</v>
+      </c>
+      <c r="P124" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>682</v>
+      </c>
+      <c r="B125" t="s">
+        <v>683</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>684</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>42</v>
+      </c>
+      <c r="H125">
+        <v>1997</v>
+      </c>
+      <c r="I125">
+        <v>2014</v>
+      </c>
+      <c r="J125" t="s">
+        <v>23</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>685</v>
+      </c>
+      <c r="M125" t="s">
+        <v>349</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>686</v>
+      </c>
+      <c r="P125" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>688</v>
+      </c>
+      <c r="B126" t="s">
+        <v>689</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>345</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>346</v>
+      </c>
+      <c r="G126" t="s">
+        <v>86</v>
+      </c>
+      <c r="H126">
+        <v>2011</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>458</v>
+      </c>
+      <c r="K126" t="s">
+        <v>690</v>
+      </c>
+      <c r="L126" t="s">
+        <v>691</v>
+      </c>
+      <c r="M126" t="s">
+        <v>349</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>692</v>
+      </c>
+      <c r="P126" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>694</v>
+      </c>
+      <c r="B127" t="s">
+        <v>695</v>
+      </c>
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
+        <v>111</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>346</v>
+      </c>
+      <c r="G127" t="s">
+        <v>385</v>
+      </c>
+      <c r="H127">
+        <v>1994</v>
+      </c>
+      <c r="I127">
+        <v>2014</v>
+      </c>
+      <c r="J127" t="s">
+        <v>458</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>696</v>
+      </c>
+      <c r="M127" t="s">
+        <v>349</v>
+      </c>
+      <c r="N127" t="s">
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>697</v>
+      </c>
+      <c r="P127" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>699</v>
+      </c>
+      <c r="B128" t="s">
+        <v>700</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>701</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>346</v>
+      </c>
+      <c r="G128" t="s">
+        <v>385</v>
+      </c>
+      <c r="H128">
+        <v>2002</v>
+      </c>
+      <c r="I128">
+        <v>2007</v>
+      </c>
+      <c r="J128" t="s">
+        <v>23</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>702</v>
+      </c>
+      <c r="M128" t="s">
+        <v>349</v>
+      </c>
+      <c r="N128" t="s">
+        <v>26</v>
+      </c>
+      <c r="O128" t="s">
+        <v>703</v>
+      </c>
+      <c r="P128" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>705</v>
+      </c>
+      <c r="B129" t="s">
+        <v>706</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>396</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>346</v>
+      </c>
+      <c r="G129" t="s">
+        <v>86</v>
+      </c>
+      <c r="H129">
+        <v>2012</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>458</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>707</v>
+      </c>
+      <c r="M129" t="s">
+        <v>349</v>
+      </c>
+      <c r="N129" t="s">
+        <v>26</v>
+      </c>
+      <c r="O129" t="s">
+        <v>708</v>
+      </c>
+      <c r="P129" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>710</v>
+      </c>
+      <c r="B130" t="s">
+        <v>711</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>259</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>712</v>
+      </c>
+      <c r="H130">
+        <v>2010</v>
+      </c>
+      <c r="I130">
+        <v>2016</v>
+      </c>
+      <c r="J130" t="s">
+        <v>23</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>713</v>
+      </c>
+      <c r="M130" t="s">
+        <v>349</v>
+      </c>
+      <c r="N130" t="s">
+        <v>386</v>
+      </c>
+      <c r="O130" t="s">
+        <v>714</v>
+      </c>
+      <c r="P130" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>716</v>
+      </c>
+      <c r="B131" t="s">
+        <v>717</v>
+      </c>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>615</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>42</v>
+      </c>
+      <c r="H131">
+        <v>2008</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>23</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>718</v>
+      </c>
+      <c r="M131" t="s">
+        <v>349</v>
+      </c>
+      <c r="N131" t="s">
+        <v>386</v>
+      </c>
+      <c r="O131" t="s">
+        <v>719</v>
+      </c>
+      <c r="P131" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>721</v>
+      </c>
+      <c r="B132" t="s">
+        <v>722</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>305</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>346</v>
+      </c>
+      <c r="G132" t="s">
+        <v>42</v>
+      </c>
+      <c r="H132">
+        <v>1995</v>
+      </c>
+      <c r="I132">
+        <v>2008</v>
+      </c>
+      <c r="J132" t="s">
+        <v>458</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>723</v>
+      </c>
+      <c r="M132" t="s">
+        <v>349</v>
+      </c>
+      <c r="N132" t="s">
+        <v>26</v>
+      </c>
+      <c r="O132" t="s">
+        <v>724</v>
+      </c>
+      <c r="P132" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>726</v>
+      </c>
+      <c r="B133" t="s">
+        <v>727</v>
+      </c>
+      <c r="C133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" t="s">
+        <v>536</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>346</v>
+      </c>
+      <c r="G133" t="s">
+        <v>42</v>
+      </c>
+      <c r="H133">
+        <v>2008</v>
+      </c>
+      <c r="I133">
+        <v>2014</v>
+      </c>
+      <c r="J133" t="s">
+        <v>23</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>728</v>
+      </c>
+      <c r="M133" t="s">
+        <v>349</v>
+      </c>
+      <c r="N133" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
+        <v>729</v>
+      </c>
+      <c r="P133" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>731</v>
+      </c>
+      <c r="B134" t="s">
+        <v>732</v>
+      </c>
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
+        <v>305</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>346</v>
+      </c>
+      <c r="G134" t="s">
+        <v>42</v>
+      </c>
+      <c r="H134">
+        <v>1995</v>
+      </c>
+      <c r="I134">
+        <v>2010</v>
+      </c>
+      <c r="J134" t="s">
+        <v>519</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>733</v>
+      </c>
+      <c r="M134" t="s">
+        <v>349</v>
+      </c>
+      <c r="N134" t="s">
+        <v>26</v>
+      </c>
+      <c r="O134" t="s">
+        <v>734</v>
+      </c>
+      <c r="P134" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>736</v>
+      </c>
+      <c r="B135" t="s">
+        <v>737</v>
+      </c>
+      <c r="C135" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" t="s">
+        <v>738</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>346</v>
+      </c>
+      <c r="G135" t="s">
+        <v>86</v>
+      </c>
+      <c r="H135">
+        <v>2013</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>23</v>
+      </c>
+      <c r="K135" t="s">
+        <v>690</v>
+      </c>
+      <c r="L135" t="s">
+        <v>739</v>
+      </c>
+      <c r="M135" t="s">
+        <v>349</v>
+      </c>
+      <c r="N135" t="s">
+        <v>26</v>
+      </c>
+      <c r="O135" t="s">
+        <v>740</v>
+      </c>
+      <c r="P135" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>742</v>
+      </c>
+      <c r="B136" t="s">
+        <v>743</v>
+      </c>
+      <c r="C136" t="s">
+        <v>18</v>
+      </c>
+      <c r="D136" t="s">
+        <v>305</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>346</v>
+      </c>
+      <c r="G136" t="s">
+        <v>42</v>
+      </c>
+      <c r="H136">
+        <v>1995</v>
+      </c>
+      <c r="I136">
+        <v>2016</v>
+      </c>
+      <c r="J136" t="s">
+        <v>23</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>349</v>
+      </c>
+      <c r="N136" t="s">
+        <v>26</v>
+      </c>
+      <c r="O136" t="s">
+        <v>744</v>
+      </c>
+      <c r="P136" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>746</v>
+      </c>
+      <c r="B137" t="s">
+        <v>747</v>
+      </c>
+      <c r="C137" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" t="s">
+        <v>441</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>86</v>
+      </c>
+      <c r="H137">
+        <v>2012</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>458</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>748</v>
+      </c>
+      <c r="M137" t="s">
+        <v>349</v>
+      </c>
+      <c r="N137" t="s">
+        <v>26</v>
+      </c>
+      <c r="O137" t="s">
+        <v>749</v>
+      </c>
+      <c r="P137" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>751</v>
+      </c>
+      <c r="B138" t="s">
+        <v>752</v>
+      </c>
+      <c r="C138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D138" t="s">
+        <v>753</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>346</v>
+      </c>
+      <c r="G138" t="s">
+        <v>86</v>
+      </c>
+      <c r="H138">
+        <v>2014</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>458</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>754</v>
+      </c>
+      <c r="M138" t="s">
+        <v>349</v>
+      </c>
+      <c r="N138" t="s">
+        <v>26</v>
+      </c>
+      <c r="O138" t="s">
+        <v>755</v>
+      </c>
+      <c r="P138" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>757</v>
+      </c>
+      <c r="B139" t="s">
+        <v>758</v>
+      </c>
+      <c r="C139" t="s">
+        <v>38</v>
+      </c>
+      <c r="D139" t="s">
+        <v>759</v>
+      </c>
+      <c r="E139" t="s">
+        <v>40</v>
+      </c>
+      <c r="F139" t="s">
+        <v>118</v>
+      </c>
+      <c r="G139" t="s">
+        <v>86</v>
+      </c>
+      <c r="H139">
+        <v>2014</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>127</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>760</v>
+      </c>
+      <c r="M139" t="s">
+        <v>121</v>
+      </c>
+      <c r="N139" t="s">
+        <v>26</v>
+      </c>
+      <c r="O139" t="s">
+        <v>761</v>
+      </c>
+      <c r="P139" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>763</v>
+      </c>
+      <c r="B140" t="s">
+        <v>764</v>
+      </c>
+      <c r="C140" t="s">
+        <v>38</v>
+      </c>
+      <c r="D140" t="s">
+        <v>190</v>
+      </c>
+      <c r="E140" t="s">
+        <v>40</v>
+      </c>
+      <c r="F140" t="s">
+        <v>118</v>
+      </c>
+      <c r="G140" t="s">
+        <v>86</v>
+      </c>
+      <c r="H140">
+        <v>1997</v>
+      </c>
+      <c r="I140">
+        <v>2011</v>
+      </c>
+      <c r="J140" t="s">
+        <v>43</v>
+      </c>
+      <c r="K140" t="s">
+        <v>141</v>
+      </c>
+      <c r="L140" t="s">
+        <v>765</v>
+      </c>
+      <c r="M140" t="s">
+        <v>121</v>
+      </c>
+      <c r="N140" t="s">
+        <v>26</v>
+      </c>
+      <c r="O140" t="s">
+        <v>766</v>
+      </c>
+      <c r="P140" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>768</v>
+      </c>
+      <c r="B141" t="s">
+        <v>769</v>
+      </c>
+      <c r="C141" t="s">
+        <v>38</v>
+      </c>
+      <c r="D141" t="s">
+        <v>99</v>
+      </c>
+      <c r="E141" t="s">
+        <v>40</v>
+      </c>
+      <c r="F141" t="s">
+        <v>118</v>
+      </c>
+      <c r="G141" t="s">
+        <v>42</v>
+      </c>
+      <c r="H141">
+        <v>2007</v>
+      </c>
+      <c r="I141">
+        <v>2012</v>
+      </c>
+      <c r="J141" t="s">
+        <v>43</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>770</v>
+      </c>
+      <c r="M141" t="s">
+        <v>121</v>
+      </c>
+      <c r="N141" t="s">
+        <v>26</v>
+      </c>
+      <c r="O141" t="s">
+        <v>771</v>
+      </c>
+      <c r="P141" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>773</v>
+      </c>
+      <c r="B142" t="s">
+        <v>774</v>
+      </c>
+      <c r="C142" t="s">
+        <v>38</v>
+      </c>
+      <c r="D142" t="s">
+        <v>775</v>
+      </c>
+      <c r="E142" t="s">
+        <v>40</v>
+      </c>
+      <c r="F142" t="s">
+        <v>118</v>
+      </c>
+      <c r="G142" t="s">
+        <v>42</v>
+      </c>
+      <c r="H142">
+        <v>1997</v>
+      </c>
+      <c r="I142">
+        <v>2015</v>
+      </c>
+      <c r="J142" t="s">
+        <v>119</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>776</v>
+      </c>
+      <c r="M142" t="s">
+        <v>121</v>
+      </c>
+      <c r="N142" t="s">
+        <v>26</v>
+      </c>
+      <c r="O142" t="s">
+        <v>777</v>
+      </c>
+      <c r="P142" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>779</v>
+      </c>
+      <c r="B143" t="s">
+        <v>780</v>
+      </c>
+      <c r="C143" t="s">
+        <v>38</v>
+      </c>
+      <c r="D143" t="s">
+        <v>781</v>
+      </c>
+      <c r="E143" t="s">
+        <v>40</v>
+      </c>
+      <c r="F143" t="s">
+        <v>118</v>
+      </c>
+      <c r="G143" t="s">
+        <v>42</v>
+      </c>
+      <c r="H143">
+        <v>2013</v>
+      </c>
+      <c r="I143">
+        <v>2018</v>
+      </c>
+      <c r="J143" t="s">
+        <v>43</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
+        <v>782</v>
+      </c>
+      <c r="M143" t="s">
+        <v>121</v>
+      </c>
+      <c r="N143" t="s">
+        <v>26</v>
+      </c>
+      <c r="O143" t="s">
+        <v>783</v>
+      </c>
+      <c r="P143" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>785</v>
+      </c>
+      <c r="B144" t="s">
+        <v>786</v>
+      </c>
+      <c r="C144" t="s">
+        <v>38</v>
+      </c>
+      <c r="D144" t="s">
+        <v>787</v>
+      </c>
+      <c r="E144" t="s">
+        <v>40</v>
+      </c>
+      <c r="F144" t="s">
+        <v>118</v>
+      </c>
+      <c r="G144" t="s">
+        <v>86</v>
+      </c>
+      <c r="H144">
+        <v>2013</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>119</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>788</v>
+      </c>
+      <c r="M144" t="s">
+        <v>121</v>
+      </c>
+      <c r="N144" t="s">
+        <v>26</v>
+      </c>
+      <c r="O144" t="s">
+        <v>789</v>
+      </c>
+      <c r="P144" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>791</v>
+      </c>
+      <c r="B145" t="s">
+        <v>792</v>
+      </c>
+      <c r="C145" t="s">
+        <v>38</v>
+      </c>
+      <c r="D145" t="s">
+        <v>793</v>
+      </c>
+      <c r="E145" t="s">
+        <v>40</v>
+      </c>
+      <c r="F145" t="s">
+        <v>118</v>
+      </c>
+      <c r="G145" t="s">
+        <v>86</v>
+      </c>
+      <c r="H145">
+        <v>2012</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>43</v>
+      </c>
+      <c r="K145" t="s">
+        <v>141</v>
+      </c>
+      <c r="L145" t="s">
+        <v>794</v>
+      </c>
+      <c r="M145" t="s">
+        <v>121</v>
+      </c>
+      <c r="N145" t="s">
+        <v>26</v>
+      </c>
+      <c r="O145" t="s">
+        <v>795</v>
+      </c>
+      <c r="P145" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>797</v>
+      </c>
+      <c r="B146" t="s">
+        <v>798</v>
+      </c>
+      <c r="C146" t="s">
+        <v>38</v>
+      </c>
+      <c r="D146" t="s">
+        <v>799</v>
+      </c>
+      <c r="E146" t="s">
+        <v>40</v>
+      </c>
+      <c r="F146" t="s">
+        <v>118</v>
+      </c>
+      <c r="G146" t="s">
+        <v>86</v>
+      </c>
+      <c r="H146">
+        <v>2011</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>43</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>800</v>
+      </c>
+      <c r="M146" t="s">
+        <v>121</v>
+      </c>
+      <c r="N146" t="s">
+        <v>26</v>
+      </c>
+      <c r="O146" t="s">
+        <v>801</v>
+      </c>
+      <c r="P146" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>803</v>
+      </c>
+      <c r="B147" t="s">
+        <v>804</v>
+      </c>
+      <c r="C147" t="s">
+        <v>38</v>
+      </c>
+      <c r="D147" t="s">
+        <v>147</v>
+      </c>
+      <c r="E147" t="s">
+        <v>40</v>
+      </c>
+      <c r="F147" t="s">
+        <v>118</v>
+      </c>
+      <c r="G147" t="s">
+        <v>86</v>
+      </c>
+      <c r="H147">
+        <v>2013</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>119</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>805</v>
+      </c>
+      <c r="M147" t="s">
+        <v>121</v>
+      </c>
+      <c r="N147" t="s">
+        <v>26</v>
+      </c>
+      <c r="O147" t="s">
+        <v>806</v>
+      </c>
+      <c r="P147" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>808</v>
+      </c>
+      <c r="B148" t="s">
+        <v>809</v>
+      </c>
+      <c r="C148" t="s">
+        <v>38</v>
+      </c>
+      <c r="D148" t="s">
+        <v>61</v>
+      </c>
+      <c r="E148" t="s">
+        <v>40</v>
+      </c>
+      <c r="F148" t="s">
+        <v>118</v>
+      </c>
+      <c r="G148" t="s">
+        <v>86</v>
+      </c>
+      <c r="H148">
+        <v>2013</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>43</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>810</v>
+      </c>
+      <c r="M148" t="s">
+        <v>121</v>
+      </c>
+      <c r="N148" t="s">
+        <v>26</v>
+      </c>
+      <c r="O148" t="s">
+        <v>811</v>
+      </c>
+      <c r="P148" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>813</v>
+      </c>
+      <c r="B149" t="s">
+        <v>814</v>
+      </c>
+      <c r="C149" t="s">
+        <v>38</v>
+      </c>
+      <c r="D149" t="s">
+        <v>211</v>
+      </c>
+      <c r="E149" t="s">
+        <v>40</v>
+      </c>
+      <c r="F149" t="s">
+        <v>118</v>
+      </c>
+      <c r="G149" t="s">
+        <v>86</v>
+      </c>
+      <c r="H149">
+        <v>2012</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>43</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>815</v>
+      </c>
+      <c r="M149" t="s">
+        <v>121</v>
+      </c>
+      <c r="N149" t="s">
+        <v>26</v>
+      </c>
+      <c r="O149" t="s">
+        <v>816</v>
+      </c>
+      <c r="P149" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>818</v>
+      </c>
+      <c r="B150" t="s">
+        <v>819</v>
+      </c>
+      <c r="C150" t="s">
+        <v>38</v>
+      </c>
+      <c r="D150" t="s">
+        <v>235</v>
+      </c>
+      <c r="E150" t="s">
+        <v>40</v>
+      </c>
+      <c r="F150" t="s">
+        <v>118</v>
+      </c>
+      <c r="G150" t="s">
+        <v>86</v>
+      </c>
+      <c r="H150">
+        <v>2012</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>127</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>820</v>
+      </c>
+      <c r="M150" t="s">
+        <v>121</v>
+      </c>
+      <c r="N150" t="s">
+        <v>26</v>
+      </c>
+      <c r="O150" t="s">
+        <v>821</v>
+      </c>
+      <c r="P150" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>823</v>
+      </c>
+      <c r="B151" t="s">
+        <v>824</v>
+      </c>
+      <c r="C151" t="s">
+        <v>38</v>
+      </c>
+      <c r="D151" t="s">
+        <v>825</v>
+      </c>
+      <c r="E151" t="s">
+        <v>40</v>
+      </c>
+      <c r="F151" t="s">
+        <v>118</v>
+      </c>
+      <c r="G151" t="s">
+        <v>42</v>
+      </c>
+      <c r="H151">
+        <v>2003</v>
+      </c>
+      <c r="I151">
+        <v>2012</v>
+      </c>
+      <c r="J151" t="s">
+        <v>43</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>826</v>
+      </c>
+      <c r="M151" t="s">
+        <v>121</v>
+      </c>
+      <c r="N151" t="s">
+        <v>26</v>
+      </c>
+      <c r="O151" t="s">
+        <v>827</v>
+      </c>
+      <c r="P151" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>829</v>
+      </c>
+      <c r="B152" t="s">
+        <v>830</v>
+      </c>
+      <c r="C152" t="s">
+        <v>38</v>
+      </c>
+      <c r="D152" t="s">
+        <v>831</v>
+      </c>
+      <c r="E152" t="s">
+        <v>40</v>
+      </c>
+      <c r="F152" t="s">
+        <v>118</v>
+      </c>
+      <c r="G152" t="s">
+        <v>42</v>
+      </c>
+      <c r="H152">
+        <v>2011</v>
+      </c>
+      <c r="I152">
+        <v>2017</v>
+      </c>
+      <c r="J152" t="s">
+        <v>43</v>
+      </c>
+      <c r="K152" t="s">
+        <v>832</v>
+      </c>
+      <c r="L152" t="s">
+        <v>833</v>
+      </c>
+      <c r="M152" t="s">
+        <v>121</v>
+      </c>
+      <c r="N152" t="s">
+        <v>834</v>
+      </c>
+      <c r="O152" t="s">
+        <v>835</v>
+      </c>
+      <c r="P152" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>837</v>
+      </c>
+      <c r="B153" t="s">
+        <v>838</v>
+      </c>
+      <c r="C153" t="s">
+        <v>38</v>
+      </c>
+      <c r="D153" t="s">
+        <v>201</v>
+      </c>
+      <c r="E153" t="s">
+        <v>40</v>
+      </c>
+      <c r="F153" t="s">
+        <v>118</v>
+      </c>
+      <c r="G153" t="s">
+        <v>42</v>
+      </c>
+      <c r="H153">
+        <v>2002</v>
+      </c>
+      <c r="I153">
+        <v>2015</v>
+      </c>
+      <c r="J153" t="s">
+        <v>43</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>839</v>
+      </c>
+      <c r="M153" t="s">
+        <v>121</v>
+      </c>
+      <c r="N153" t="s">
+        <v>26</v>
+      </c>
+      <c r="O153" t="s">
+        <v>840</v>
+      </c>
+      <c r="P153" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>842</v>
+      </c>
+      <c r="B154" t="s">
+        <v>843</v>
+      </c>
+      <c r="C154" t="s">
+        <v>38</v>
+      </c>
+      <c r="D154" t="s">
+        <v>844</v>
+      </c>
+      <c r="E154" t="s">
+        <v>40</v>
+      </c>
+      <c r="F154" t="s">
+        <v>118</v>
+      </c>
+      <c r="G154" t="s">
+        <v>86</v>
+      </c>
+      <c r="H154">
+        <v>2013</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>845</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>846</v>
+      </c>
+      <c r="M154" t="s">
+        <v>121</v>
+      </c>
+      <c r="N154" t="s">
+        <v>26</v>
+      </c>
+      <c r="O154" t="s">
+        <v>847</v>
+      </c>
+      <c r="P154" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>849</v>
+      </c>
+      <c r="B155" t="s">
+        <v>850</v>
+      </c>
+      <c r="C155" t="s">
+        <v>38</v>
+      </c>
+      <c r="D155" t="s">
+        <v>851</v>
+      </c>
+      <c r="E155" t="s">
+        <v>40</v>
+      </c>
+      <c r="F155" t="s">
+        <v>118</v>
+      </c>
+      <c r="G155" t="s">
+        <v>86</v>
+      </c>
+      <c r="H155">
+        <v>2012</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>43</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>852</v>
+      </c>
+      <c r="M155" t="s">
+        <v>121</v>
+      </c>
+      <c r="N155" t="s">
+        <v>26</v>
+      </c>
+      <c r="O155" t="s">
+        <v>853</v>
+      </c>
+      <c r="P155" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>855</v>
+      </c>
+      <c r="B156" t="s">
+        <v>856</v>
+      </c>
+      <c r="C156" t="s">
+        <v>38</v>
+      </c>
+      <c r="D156" t="s">
+        <v>857</v>
+      </c>
+      <c r="E156" t="s">
+        <v>40</v>
+      </c>
+      <c r="F156" t="s">
+        <v>118</v>
+      </c>
+      <c r="G156" t="s">
+        <v>42</v>
+      </c>
+      <c r="H156">
+        <v>2001</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>43</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>858</v>
+      </c>
+      <c r="M156" t="s">
+        <v>121</v>
+      </c>
+      <c r="N156" t="s">
+        <v>26</v>
+      </c>
+      <c r="O156" t="s">
+        <v>859</v>
+      </c>
+      <c r="P156" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>861</v>
+      </c>
+      <c r="B157" t="s">
+        <v>862</v>
+      </c>
+      <c r="C157" t="s">
+        <v>38</v>
+      </c>
+      <c r="D157" t="s">
+        <v>863</v>
+      </c>
+      <c r="E157" t="s">
+        <v>40</v>
+      </c>
+      <c r="F157" t="s">
+        <v>118</v>
+      </c>
+      <c r="G157" t="s">
+        <v>86</v>
+      </c>
+      <c r="H157">
+        <v>2014</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>43</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>864</v>
+      </c>
+      <c r="M157" t="s">
+        <v>121</v>
+      </c>
+      <c r="N157" t="s">
+        <v>26</v>
+      </c>
+      <c r="O157" t="s">
+        <v>865</v>
+      </c>
+      <c r="P157" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>867</v>
+      </c>
+      <c r="B158" t="s">
+        <v>868</v>
+      </c>
+      <c r="C158" t="s">
+        <v>38</v>
+      </c>
+      <c r="D158" t="s">
+        <v>67</v>
+      </c>
+      <c r="E158" t="s">
+        <v>40</v>
+      </c>
+      <c r="F158" t="s">
+        <v>118</v>
+      </c>
+      <c r="G158" t="s">
+        <v>42</v>
+      </c>
+      <c r="H158">
+        <v>2013</v>
+      </c>
+      <c r="I158">
+        <v>2017</v>
+      </c>
+      <c r="J158" t="s">
+        <v>43</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>869</v>
+      </c>
+      <c r="M158" t="s">
+        <v>121</v>
+      </c>
+      <c r="N158" t="s">
+        <v>26</v>
+      </c>
+      <c r="O158" t="s">
+        <v>870</v>
+      </c>
+      <c r="P158" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>872</v>
+      </c>
+      <c r="B159" t="s">
+        <v>873</v>
+      </c>
+      <c r="C159" t="s">
+        <v>38</v>
+      </c>
+      <c r="D159" t="s">
+        <v>73</v>
+      </c>
+      <c r="E159" t="s">
+        <v>40</v>
+      </c>
+      <c r="F159" t="s">
+        <v>118</v>
+      </c>
+      <c r="G159" t="s">
+        <v>42</v>
+      </c>
+      <c r="H159">
+        <v>2011</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>43</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>874</v>
+      </c>
+      <c r="M159" t="s">
+        <v>121</v>
+      </c>
+      <c r="N159" t="s">
+        <v>26</v>
+      </c>
+      <c r="O159" t="s">
+        <v>875</v>
+      </c>
+      <c r="P159" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>877</v>
+      </c>
+      <c r="B160" t="s">
+        <v>878</v>
+      </c>
+      <c r="C160" t="s">
+        <v>38</v>
+      </c>
+      <c r="D160" t="s">
+        <v>259</v>
+      </c>
+      <c r="E160" t="s">
+        <v>40</v>
+      </c>
+      <c r="F160" t="s">
+        <v>118</v>
+      </c>
+      <c r="G160" t="s">
+        <v>86</v>
+      </c>
+      <c r="H160">
+        <v>1998</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>43</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>879</v>
+      </c>
+      <c r="M160" t="s">
+        <v>121</v>
+      </c>
+      <c r="N160" t="s">
+        <v>386</v>
+      </c>
+      <c r="O160" t="s">
+        <v>880</v>
+      </c>
+      <c r="P160" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>882</v>
+      </c>
+      <c r="B161" t="s">
+        <v>883</v>
+      </c>
+      <c r="C161" t="s">
+        <v>38</v>
+      </c>
+      <c r="D161" t="s">
+        <v>825</v>
+      </c>
+      <c r="E161" t="s">
+        <v>40</v>
+      </c>
+      <c r="F161" t="s">
+        <v>118</v>
+      </c>
+      <c r="G161" t="s">
+        <v>86</v>
+      </c>
+      <c r="H161">
+        <v>2018</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>43</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>884</v>
+      </c>
+      <c r="M161" t="s">
+        <v>121</v>
+      </c>
+      <c r="N161" t="s">
+        <v>26</v>
+      </c>
+      <c r="O161" t="s">
+        <v>885</v>
+      </c>
+      <c r="P161" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>887</v>
+      </c>
+      <c r="B162" t="s">
+        <v>888</v>
+      </c>
+      <c r="C162" t="s">
+        <v>38</v>
+      </c>
+      <c r="D162" t="s">
+        <v>825</v>
+      </c>
+      <c r="E162" t="s">
+        <v>40</v>
+      </c>
+      <c r="F162" t="s">
+        <v>118</v>
+      </c>
+      <c r="G162" t="s">
+        <v>86</v>
+      </c>
+      <c r="H162">
+        <v>2018</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>43</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>889</v>
+      </c>
+      <c r="M162" t="s">
+        <v>121</v>
+      </c>
+      <c r="N162" t="s">
+        <v>26</v>
+      </c>
+      <c r="O162" t="s">
+        <v>890</v>
+      </c>
+      <c r="P162" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>892</v>
+      </c>
+      <c r="B163" t="s">
+        <v>893</v>
+      </c>
+      <c r="C163" t="s">
+        <v>38</v>
+      </c>
+      <c r="D163" t="s">
+        <v>79</v>
+      </c>
+      <c r="E163" t="s">
+        <v>40</v>
+      </c>
+      <c r="F163" t="s">
+        <v>118</v>
+      </c>
+      <c r="G163" t="s">
+        <v>42</v>
+      </c>
+      <c r="H163">
+        <v>2013</v>
+      </c>
+      <c r="I163">
+        <v>2021</v>
+      </c>
+      <c r="J163" t="s">
+        <v>43</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>894</v>
+      </c>
+      <c r="M163" t="s">
+        <v>121</v>
+      </c>
+      <c r="N163" t="s">
+        <v>26</v>
+      </c>
+      <c r="O163" t="s">
+        <v>895</v>
+      </c>
+      <c r="P163" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>897</v>
+      </c>
+      <c r="B164" t="s">
+        <v>898</v>
+      </c>
+      <c r="C164" t="s">
+        <v>38</v>
+      </c>
+      <c r="D164" t="s">
+        <v>300</v>
+      </c>
+      <c r="E164" t="s">
+        <v>40</v>
+      </c>
+      <c r="F164" t="s">
+        <v>118</v>
+      </c>
+      <c r="G164" t="s">
+        <v>42</v>
+      </c>
+      <c r="H164">
+        <v>2002</v>
+      </c>
+      <c r="I164">
+        <v>2021</v>
+      </c>
+      <c r="J164" t="s">
+        <v>43</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>899</v>
+      </c>
+      <c r="M164" t="s">
+        <v>121</v>
+      </c>
+      <c r="N164" t="s">
+        <v>26</v>
+      </c>
+      <c r="O164" t="s">
+        <v>900</v>
+      </c>
+      <c r="P164" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>902</v>
+      </c>
+      <c r="B165" t="s">
+        <v>903</v>
+      </c>
+      <c r="C165" t="s">
+        <v>38</v>
+      </c>
+      <c r="D165" t="s">
+        <v>305</v>
+      </c>
+      <c r="E165" t="s">
+        <v>40</v>
+      </c>
+      <c r="F165" t="s">
+        <v>118</v>
+      </c>
+      <c r="G165" t="s">
+        <v>42</v>
+      </c>
+      <c r="H165">
+        <v>2003</v>
+      </c>
+      <c r="I165">
+        <v>2021</v>
+      </c>
+      <c r="J165" t="s">
+        <v>43</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>904</v>
+      </c>
+      <c r="M165" t="s">
+        <v>121</v>
+      </c>
+      <c r="N165" t="s">
+        <v>26</v>
+      </c>
+      <c r="O165" t="s">
+        <v>905</v>
+      </c>
+      <c r="P165" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>907</v>
+      </c>
+      <c r="B166" t="s">
+        <v>908</v>
+      </c>
+      <c r="C166" t="s">
+        <v>38</v>
+      </c>
+      <c r="D166" t="s">
+        <v>428</v>
+      </c>
+      <c r="E166" t="s">
+        <v>40</v>
+      </c>
+      <c r="F166" t="s">
+        <v>118</v>
+      </c>
+      <c r="G166" t="s">
+        <v>86</v>
+      </c>
+      <c r="H166">
+        <v>2012</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>43</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>909</v>
+      </c>
+      <c r="M166" t="s">
+        <v>121</v>
+      </c>
+      <c r="N166" t="s">
+        <v>26</v>
+      </c>
+      <c r="O166" t="s">
+        <v>910</v>
+      </c>
+      <c r="P166" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>912</v>
+      </c>
+      <c r="B167" t="s">
+        <v>913</v>
+      </c>
+      <c r="C167" t="s">
+        <v>38</v>
+      </c>
+      <c r="D167" t="s">
+        <v>93</v>
+      </c>
+      <c r="E167" t="s">
+        <v>40</v>
+      </c>
+      <c r="F167" t="s">
+        <v>118</v>
+      </c>
+      <c r="G167" t="s">
+        <v>42</v>
+      </c>
+      <c r="H167">
+        <v>2004</v>
+      </c>
+      <c r="I167">
+        <v>2012</v>
+      </c>
+      <c r="J167" t="s">
+        <v>43</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>914</v>
+      </c>
+      <c r="M167" t="s">
+        <v>121</v>
+      </c>
+      <c r="N167" t="s">
+        <v>26</v>
+      </c>
+      <c r="O167" t="s">
+        <v>915</v>
+      </c>
+      <c r="P167" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>917</v>
+      </c>
+      <c r="B168" t="s">
+        <v>918</v>
+      </c>
+      <c r="C168" t="s">
+        <v>38</v>
+      </c>
+      <c r="D168" t="s">
+        <v>919</v>
+      </c>
+      <c r="E168" t="s">
+        <v>40</v>
+      </c>
+      <c r="F168" t="s">
+        <v>118</v>
+      </c>
+      <c r="G168" t="s">
+        <v>86</v>
+      </c>
+      <c r="H168">
+        <v>2014</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>127</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>920</v>
+      </c>
+      <c r="M168" t="s">
+        <v>121</v>
+      </c>
+      <c r="N168" t="s">
+        <v>26</v>
+      </c>
+      <c r="O168" t="s">
+        <v>921</v>
+      </c>
+      <c r="P168" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>923</v>
+      </c>
+      <c r="B169" t="s">
+        <v>924</v>
+      </c>
+      <c r="C169" t="s">
+        <v>38</v>
+      </c>
+      <c r="D169" t="s">
+        <v>652</v>
+      </c>
+      <c r="E169" t="s">
+        <v>40</v>
+      </c>
+      <c r="F169" t="s">
+        <v>118</v>
+      </c>
+      <c r="G169" t="s">
+        <v>86</v>
+      </c>
+      <c r="H169">
+        <v>2015</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>43</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>925</v>
+      </c>
+      <c r="M169" t="s">
+        <v>121</v>
+      </c>
+      <c r="N169" t="s">
+        <v>26</v>
+      </c>
+      <c r="O169" t="s">
+        <v>926</v>
+      </c>
+      <c r="P169" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>928</v>
+      </c>
+      <c r="B170" t="s">
+        <v>929</v>
+      </c>
+      <c r="C170" t="s">
+        <v>38</v>
+      </c>
+      <c r="D170" t="s">
+        <v>930</v>
+      </c>
+      <c r="E170" t="s">
+        <v>40</v>
+      </c>
+      <c r="F170" t="s">
+        <v>118</v>
+      </c>
+      <c r="G170" t="s">
+        <v>86</v>
+      </c>
+      <c r="H170">
+        <v>2012</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>43</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>931</v>
+      </c>
+      <c r="M170" t="s">
+        <v>121</v>
+      </c>
+      <c r="N170" t="s">
+        <v>26</v>
+      </c>
+      <c r="O170" t="s">
+        <v>932</v>
+      </c>
+      <c r="P170" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>934</v>
+      </c>
+      <c r="B171" t="s">
+        <v>935</v>
+      </c>
+      <c r="C171" t="s">
+        <v>38</v>
+      </c>
+      <c r="D171" t="s">
+        <v>936</v>
+      </c>
+      <c r="E171" t="s">
+        <v>40</v>
+      </c>
+      <c r="F171" t="s">
+        <v>118</v>
+      </c>
+      <c r="G171" t="s">
+        <v>86</v>
+      </c>
+      <c r="H171">
+        <v>2004</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>43</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>937</v>
+      </c>
+      <c r="M171" t="s">
+        <v>121</v>
+      </c>
+      <c r="N171" t="s">
+        <v>26</v>
+      </c>
+      <c r="O171" t="s">
+        <v>938</v>
+      </c>
+      <c r="P171" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>940</v>
+      </c>
+      <c r="B172" t="s">
+        <v>941</v>
+      </c>
+      <c r="C172" t="s">
+        <v>38</v>
+      </c>
+      <c r="D172" t="s">
+        <v>105</v>
+      </c>
+      <c r="E172" t="s">
+        <v>40</v>
+      </c>
+      <c r="F172" t="s">
+        <v>118</v>
+      </c>
+      <c r="G172" t="s">
+        <v>42</v>
+      </c>
+      <c r="H172">
+        <v>2015</v>
+      </c>
+      <c r="I172">
+        <v>2021</v>
+      </c>
+      <c r="J172" t="s">
+        <v>43</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>942</v>
+      </c>
+      <c r="M172" t="s">
+        <v>121</v>
+      </c>
+      <c r="N172" t="s">
+        <v>26</v>
+      </c>
+      <c r="O172" t="s">
+        <v>943</v>
+      </c>
+      <c r="P172" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>945</v>
+      </c>
+      <c r="B173" t="s">
+        <v>946</v>
+      </c>
+      <c r="C173" t="s">
+        <v>38</v>
+      </c>
+      <c r="D173" t="s">
+        <v>111</v>
+      </c>
+      <c r="E173" t="s">
+        <v>40</v>
+      </c>
+      <c r="F173" t="s">
+        <v>118</v>
+      </c>
+      <c r="G173" t="s">
+        <v>86</v>
+      </c>
+      <c r="H173">
+        <v>2014</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>43</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>947</v>
+      </c>
+      <c r="M173" t="s">
+        <v>121</v>
+      </c>
+      <c r="N173" t="s">
+        <v>26</v>
+      </c>
+      <c r="O173" t="s">
+        <v>948</v>
+      </c>
+      <c r="P173" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>950</v>
+      </c>
+      <c r="B174" t="s">
+        <v>951</v>
+      </c>
+      <c r="C174" t="s">
+        <v>38</v>
+      </c>
+      <c r="D174" t="s">
+        <v>67</v>
+      </c>
+      <c r="E174" t="s">
+        <v>40</v>
+      </c>
+      <c r="F174" t="s">
+        <v>41</v>
+      </c>
+      <c r="G174" t="s">
+        <v>42</v>
+      </c>
+      <c r="H174">
+        <v>2001</v>
+      </c>
+      <c r="I174">
+        <v>2019</v>
+      </c>
+      <c r="J174" t="s">
+        <v>43</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>952</v>
+      </c>
+      <c r="M174" t="s">
+        <v>45</v>
+      </c>
+      <c r="N174" t="s">
+        <v>26</v>
+      </c>
+      <c r="O174" t="s">
+        <v>953</v>
+      </c>
+      <c r="P174" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>955</v>
+      </c>
+      <c r="B175" t="s">
+        <v>956</v>
+      </c>
+      <c r="C175" t="s">
+        <v>38</v>
+      </c>
+      <c r="D175" t="s">
+        <v>305</v>
+      </c>
+      <c r="E175" t="s">
+        <v>40</v>
+      </c>
+      <c r="F175" t="s">
+        <v>41</v>
+      </c>
+      <c r="G175" t="s">
+        <v>42</v>
+      </c>
+      <c r="H175">
+        <v>1995</v>
+      </c>
+      <c r="I175">
+        <v>2019</v>
+      </c>
+      <c r="J175" t="s">
+        <v>23</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>957</v>
+      </c>
+      <c r="M175" t="s">
+        <v>45</v>
+      </c>
+      <c r="N175" t="s">
+        <v>26</v>
+      </c>
+      <c r="O175" t="s">
+        <v>958</v>
+      </c>
+      <c r="P175" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>960</v>
+      </c>
+      <c r="B176" t="s">
+        <v>961</v>
+      </c>
+      <c r="C176" t="s">
+        <v>38</v>
+      </c>
+      <c r="D176" t="s">
+        <v>39</v>
+      </c>
+      <c r="E176" t="s">
+        <v>40</v>
+      </c>
+      <c r="F176" t="s">
+        <v>41</v>
+      </c>
+      <c r="G176" t="s">
+        <v>429</v>
+      </c>
+      <c r="H176">
+        <v>2021</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>23</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>962</v>
+      </c>
+      <c r="M176" t="s">
+        <v>88</v>
+      </c>
+      <c r="N176" t="s">
+        <v>26</v>
+      </c>
+      <c r="O176" t="s">
+        <v>963</v>
+      </c>
+      <c r="P176" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>965</v>
+      </c>
+      <c r="B177" t="s">
+        <v>966</v>
+      </c>
+      <c r="C177" t="s">
+        <v>38</v>
+      </c>
+      <c r="D177" t="s">
+        <v>967</v>
+      </c>
+      <c r="E177" t="s">
+        <v>40</v>
+      </c>
+      <c r="F177" t="s">
+        <v>41</v>
+      </c>
+      <c r="G177" t="s">
+        <v>42</v>
+      </c>
+      <c r="H177">
+        <v>2014</v>
+      </c>
+      <c r="I177">
+        <v>2019</v>
+      </c>
+      <c r="J177" t="s">
+        <v>23</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>968</v>
+      </c>
+      <c r="M177" t="s">
+        <v>45</v>
+      </c>
+      <c r="N177" t="s">
+        <v>26</v>
+      </c>
+      <c r="O177" t="s">
+        <v>969</v>
+      </c>
+      <c r="P177" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>971</v>
+      </c>
+      <c r="B178" t="s">
+        <v>972</v>
+      </c>
+      <c r="C178" t="s">
+        <v>38</v>
+      </c>
+      <c r="D178" t="s">
+        <v>863</v>
+      </c>
+      <c r="E178" t="s">
+        <v>40</v>
+      </c>
+      <c r="F178" t="s">
+        <v>41</v>
+      </c>
+      <c r="G178" t="s">
+        <v>42</v>
+      </c>
+      <c r="H178">
+        <v>2012</v>
+      </c>
+      <c r="I178">
+        <v>2019</v>
+      </c>
+      <c r="J178" t="s">
+        <v>973</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>974</v>
+      </c>
+      <c r="M178" t="s">
+        <v>45</v>
+      </c>
+      <c r="N178" t="s">
+        <v>26</v>
+      </c>
+      <c r="O178" t="s">
+        <v>975</v>
+      </c>
+      <c r="P178" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>977</v>
+      </c>
+      <c r="B179" t="s">
+        <v>978</v>
+      </c>
+      <c r="C179" t="s">
+        <v>38</v>
+      </c>
+      <c r="D179" t="s">
+        <v>799</v>
+      </c>
+      <c r="E179" t="s">
+        <v>40</v>
+      </c>
+      <c r="F179" t="s">
+        <v>41</v>
+      </c>
+      <c r="G179" t="s">
+        <v>42</v>
+      </c>
+      <c r="H179">
+        <v>2001</v>
+      </c>
+      <c r="I179">
+        <v>2019</v>
+      </c>
+      <c r="J179" t="s">
+        <v>23</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>979</v>
+      </c>
+      <c r="M179" t="s">
+        <v>45</v>
+      </c>
+      <c r="N179" t="s">
+        <v>26</v>
+      </c>
+      <c r="O179" t="s">
+        <v>980</v>
+      </c>
+      <c r="P179" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>982</v>
+      </c>
+      <c r="B180" t="s">
+        <v>983</v>
+      </c>
+      <c r="C180" t="s">
+        <v>38</v>
+      </c>
+      <c r="D180" t="s">
+        <v>300</v>
+      </c>
+      <c r="E180" t="s">
+        <v>40</v>
+      </c>
+      <c r="F180" t="s">
+        <v>41</v>
+      </c>
+      <c r="G180" t="s">
+        <v>42</v>
+      </c>
+      <c r="H180">
+        <v>1995</v>
+      </c>
+      <c r="I180">
+        <v>2019</v>
+      </c>
+      <c r="J180" t="s">
+        <v>23</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>984</v>
+      </c>
+      <c r="M180" t="s">
+        <v>45</v>
+      </c>
+      <c r="N180" t="s">
+        <v>26</v>
+      </c>
+      <c r="O180" t="s">
+        <v>985</v>
+      </c>
+      <c r="P180" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>987</v>
+      </c>
+      <c r="B181" t="s">
+        <v>988</v>
+      </c>
+      <c r="C181" t="s">
+        <v>38</v>
+      </c>
+      <c r="D181" t="s">
+        <v>85</v>
+      </c>
+      <c r="E181" t="s">
+        <v>40</v>
+      </c>
+      <c r="F181" t="s">
+        <v>41</v>
+      </c>
+      <c r="G181" t="s">
+        <v>42</v>
+      </c>
+      <c r="H181">
+        <v>2004</v>
+      </c>
+      <c r="I181">
+        <v>2019</v>
+      </c>
+      <c r="J181" t="s">
+        <v>23</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>989</v>
+      </c>
+      <c r="M181" t="s">
+        <v>45</v>
+      </c>
+      <c r="N181" t="s">
+        <v>26</v>
+      </c>
+      <c r="O181" t="s">
+        <v>990</v>
+      </c>
+      <c r="P181" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>992</v>
+      </c>
+      <c r="B182" t="s">
+        <v>993</v>
+      </c>
+      <c r="C182" t="s">
+        <v>38</v>
+      </c>
+      <c r="D182" t="s">
+        <v>211</v>
+      </c>
+      <c r="E182" t="s">
+        <v>40</v>
+      </c>
+      <c r="F182" t="s">
+        <v>41</v>
+      </c>
+      <c r="G182" t="s">
+        <v>42</v>
+      </c>
+      <c r="H182">
+        <v>2011</v>
+      </c>
+      <c r="I182">
+        <v>2019</v>
+      </c>
+      <c r="J182" t="s">
+        <v>23</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>994</v>
+      </c>
+      <c r="M182" t="s">
+        <v>45</v>
+      </c>
+      <c r="N182" t="s">
+        <v>26</v>
+      </c>
+      <c r="O182" t="s">
+        <v>995</v>
+      </c>
+      <c r="P182" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>997</v>
+      </c>
+      <c r="B183" t="s">
+        <v>998</v>
+      </c>
+      <c r="C183" t="s">
+        <v>38</v>
+      </c>
+      <c r="D183" t="s">
+        <v>273</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>42</v>
+      </c>
+      <c r="H183">
+        <v>1997</v>
+      </c>
+      <c r="I183">
+        <v>2022</v>
+      </c>
+      <c r="J183" t="s">
+        <v>23</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>999</v>
+      </c>
+      <c r="N183" t="s">
+        <v>26</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C184" t="s">
+        <v>38</v>
+      </c>
+      <c r="D184" t="s">
+        <v>305</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" t="s">
+        <v>42</v>
+      </c>
+      <c r="H184">
+        <v>2003</v>
+      </c>
+      <c r="I184">
+        <v>2013</v>
+      </c>
+      <c r="J184" t="s">
+        <v>43</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>999</v>
+      </c>
+      <c r="N184" t="s">
+        <v>26</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C185" t="s">
+        <v>38</v>
+      </c>
+      <c r="D185" t="s">
+        <v>305</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>86</v>
+      </c>
+      <c r="H185">
+        <v>2023</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>23</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>1008</v>
+      </c>
+      <c r="N185" t="s">
+        <v>26</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C186" t="s">
+        <v>38</v>
+      </c>
+      <c r="D186" t="s">
+        <v>300</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H186">
+        <v>2004</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1015</v>
+      </c>
+      <c r="M186" t="s">
+        <v>999</v>
+      </c>
+      <c r="N186" t="s">
+        <v>26</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C187" t="s">
+        <v>38</v>
+      </c>
+      <c r="D187" t="s">
+        <v>300</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>346</v>
+      </c>
+      <c r="G187" t="s">
+        <v>42</v>
+      </c>
+      <c r="H187">
+        <v>2004</v>
+      </c>
+      <c r="I187">
+        <v>2021</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>999</v>
+      </c>
+      <c r="N187" t="s">
+        <v>26</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1020</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C188" t="s">
+        <v>38</v>
+      </c>
+      <c r="D188" t="s">
+        <v>117</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>42</v>
+      </c>
+      <c r="H188">
+        <v>1978</v>
+      </c>
+      <c r="I188">
+        <v>2017</v>
+      </c>
+      <c r="J188" t="s">
+        <v>23</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>999</v>
+      </c>
+      <c r="N188" t="s">
+        <v>26</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C189" t="s">
+        <v>38</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E189" t="s">
+        <v>40</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>86</v>
+      </c>
+      <c r="H189">
+        <v>2013</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>127</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>999</v>
+      </c>
+      <c r="N189" t="s">
+        <v>26</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C190" t="s">
+        <v>38</v>
+      </c>
+      <c r="D190" t="s">
+        <v>216</v>
+      </c>
+      <c r="E190" t="s">
+        <v>40</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>86</v>
+      </c>
+      <c r="H190">
+        <v>2014</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>127</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>999</v>
+      </c>
+      <c r="N190" t="s">
+        <v>26</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C191" t="s">
+        <v>38</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E191" t="s">
+        <v>40</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>42</v>
+      </c>
+      <c r="H191">
+        <v>2007</v>
+      </c>
+      <c r="I191">
+        <v>2014</v>
+      </c>
+      <c r="J191" t="s">
+        <v>127</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>999</v>
+      </c>
+      <c r="N191" t="s">
+        <v>26</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C192" t="s">
+        <v>38</v>
+      </c>
+      <c r="D192" t="s">
+        <v>216</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>86</v>
+      </c>
+      <c r="H192">
+        <v>2017</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>127</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>999</v>
+      </c>
+      <c r="N192" t="s">
+        <v>26</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1042</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C193" t="s">
+        <v>38</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E193" t="s">
+        <v>40</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>86</v>
+      </c>
+      <c r="H193">
+        <v>2012</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>127</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>999</v>
+      </c>
+      <c r="N193" t="s">
+        <v>26</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1047</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C194" t="s">
+        <v>38</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E194" t="s">
+        <v>40</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>86</v>
+      </c>
+      <c r="H194">
+        <v>2013</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>23</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>999</v>
+      </c>
+      <c r="N194" t="s">
+        <v>26</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C195" t="s">
+        <v>38</v>
+      </c>
+      <c r="D195" t="s">
+        <v>327</v>
+      </c>
+      <c r="E195" t="s">
+        <v>40</v>
+      </c>
+      <c r="F195" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" t="s">
+        <v>86</v>
+      </c>
+      <c r="H195">
+        <v>2013</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>127</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>999</v>
+      </c>
+      <c r="N195" t="s">
+        <v>26</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1056</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C196" t="s">
+        <v>38</v>
+      </c>
+      <c r="D196" t="s">
+        <v>230</v>
+      </c>
+      <c r="E196" t="s">
+        <v>40</v>
+      </c>
+      <c r="F196" t="s">
+        <v>21</v>
+      </c>
+      <c r="G196" t="s">
+        <v>86</v>
+      </c>
+      <c r="H196">
+        <v>2013</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>127</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>999</v>
+      </c>
+      <c r="N196" t="s">
+        <v>26</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1060</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C197" t="s">
+        <v>38</v>
+      </c>
+      <c r="D197" t="s">
+        <v>268</v>
+      </c>
+      <c r="E197" t="s">
+        <v>40</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" t="s">
+        <v>86</v>
+      </c>
+      <c r="H197">
+        <v>2013</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>127</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>999</v>
+      </c>
+      <c r="N197" t="s">
+        <v>26</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1064</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C198" t="s">
+        <v>38</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E198" t="s">
+        <v>40</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H198">
+        <v>2014</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>999</v>
+      </c>
+      <c r="N198" t="s">
+        <v>26</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1070</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C199" t="s">
+        <v>38</v>
+      </c>
+      <c r="D199" t="s">
+        <v>61</v>
+      </c>
+      <c r="E199" t="s">
+        <v>40</v>
+      </c>
+      <c r="F199" t="s">
+        <v>21</v>
+      </c>
+      <c r="G199" t="s">
+        <v>42</v>
+      </c>
+      <c r="H199">
+        <v>2014</v>
+      </c>
+      <c r="I199">
+        <v>2024</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>999</v>
+      </c>
+      <c r="N199" t="s">
+        <v>26</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1074</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C200" t="s">
+        <v>38</v>
+      </c>
+      <c r="D200" t="s">
+        <v>295</v>
+      </c>
+      <c r="E200" t="s">
+        <v>40</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
+        <v>86</v>
+      </c>
+      <c r="H200">
+        <v>2014</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>127</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200"/>
+      <c r="M200" t="s">
+        <v>999</v>
+      </c>
+      <c r="N200" t="s">
+        <v>26</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C201" t="s">
+        <v>38</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E201" t="s">
+        <v>40</v>
+      </c>
+      <c r="F201" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" t="s">
+        <v>86</v>
+      </c>
+      <c r="H201">
+        <v>2016</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>127</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>999</v>
+      </c>
+      <c r="N201" t="s">
+        <v>26</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C202" t="s">
+        <v>38</v>
+      </c>
+      <c r="D202" t="s">
+        <v>285</v>
+      </c>
+      <c r="E202" t="s">
+        <v>40</v>
+      </c>
+      <c r="F202" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" t="s">
+        <v>86</v>
+      </c>
+      <c r="H202">
+        <v>2016</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>127</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202"/>
+      <c r="M202" t="s">
+        <v>999</v>
+      </c>
+      <c r="N202" t="s">
+        <v>26</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C203" t="s">
+        <v>38</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E203" t="s">
+        <v>40</v>
+      </c>
+      <c r="F203" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" t="s">
+        <v>86</v>
+      </c>
+      <c r="H203">
+        <v>2016</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>127</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>999</v>
+      </c>
+      <c r="N203" t="s">
+        <v>26</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1092</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C204" t="s">
+        <v>38</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E204" t="s">
+        <v>274</v>
+      </c>
+      <c r="F204" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H204"/>
+      <c r="I204"/>
+      <c r="J204" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...27 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204"/>
+      <c r="M204" t="s">
+        <v>1008</v>
+      </c>
+      <c r="N204" t="s">
+        <v>26</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1097</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C205" t="s">
+        <v>38</v>
+      </c>
+      <c r="D205" t="s">
+        <v>134</v>
+      </c>
+      <c r="E205" t="s">
+        <v>40</v>
+      </c>
+      <c r="F205" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...543 lines deleted...]
-      <c r="C16" t="s">
+      <c r="G205" t="s">
         <v>86</v>
       </c>
-      <c r="D16" t="s">
-[...365 lines deleted...]
-      <c r="N24" t="s">
+      <c r="H205">
+        <v>2007</v>
+      </c>
+      <c r="I205"/>
+      <c r="J205" t="s">
         <v>127</v>
       </c>
-    </row>
-[...7648 lines deleted...]
-      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205"/>
       <c r="M205" t="s">
-        <v>23</v>
+        <v>999</v>
       </c>
       <c r="N205" t="s">
-        <v>696</v>
+        <v>26</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1101</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1102</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>