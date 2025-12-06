--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,1238 +12,799 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...53 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...36 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
-    <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
+    <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
+  </si>
+  <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>PNS IEC 60081:2006</t>
-[...7 lines deleted...]
-  <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
-    <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
   </si>
   <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
-    <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
   <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...101 lines deleted...]
-    <t>Sello FIDE No. 4113</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
-[...271 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4176 - Solar Inverters</t>
-[...16 lines deleted...]
-  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...19 lines deleted...]
-  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1507,4389 +1068,1690 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N99"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4">
+        <v>2024</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>90</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>91</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>87</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>103</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>91</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>107</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>91</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>114</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
+        <v>91</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>91</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>87</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>103</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>127</v>
+      </c>
+      <c r="N18" t="s">
+        <v>128</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>133</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>37</v>
+      </c>
+      <c r="G19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H19">
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>89</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>134</v>
+      </c>
+      <c r="M19" t="s">
+        <v>91</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>140</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>141</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...422 lines deleted...]
-      <c r="E13" t="s">
+      <c r="D21" t="s">
+        <v>146</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>140</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>141</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F13" t="s">
-[...82 lines deleted...]
-      <c r="E15" t="s">
+      <c r="D22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>140</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>141</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>152</v>
+      </c>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F15" t="s">
-[...23 lines deleted...]
-      <c r="N15" t="s">
+      <c r="D23" t="s">
         <v>81</v>
       </c>
-    </row>
-[...314 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>140</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
+        <v>141</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>102</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>140</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>141</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>161</v>
+      </c>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>164</v>
+      </c>
+      <c r="B25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>140</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>141</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>166</v>
+      </c>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>167</v>
+      </c>
+      <c r="P25" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" t="s">
+        <v>171</v>
+      </c>
+      <c r="E26" t="s">
+        <v>172</v>
+      </c>
+      <c r="F26" t="s">
+        <v>173</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>174</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>175</v>
+      </c>
+      <c r="M26" t="s">
+        <v>176</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" t="s">
+        <v>181</v>
+      </c>
+      <c r="E27" t="s">
+        <v>172</v>
+      </c>
+      <c r="F27" t="s">
+        <v>173</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>182</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>183</v>
+      </c>
+      <c r="M27" t="s">
+        <v>184</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
+        <v>187</v>
+      </c>
+      <c r="C28" t="s">
+        <v>87</v>
+      </c>
+      <c r="D28" t="s">
+        <v>120</v>
+      </c>
+      <c r="E28" t="s">
+        <v>172</v>
+      </c>
+      <c r="F28" t="s">
+        <v>173</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>182</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>188</v>
+      </c>
+      <c r="M28" t="s">
+        <v>184</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>189</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B29" t="s">
+        <v>191</v>
+      </c>
+      <c r="C29" t="s">
+        <v>87</v>
+      </c>
+      <c r="D29" t="s">
+        <v>88</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>37</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>174</v>
+      </c>
+      <c r="K29" t="s">
+        <v>192</v>
+      </c>
+      <c r="L29" t="s">
+        <v>193</v>
+      </c>
+      <c r="M29" t="s">
+        <v>91</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>194</v>
+      </c>
+      <c r="P29" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>196</v>
+      </c>
+      <c r="B30" t="s">
+        <v>197</v>
+      </c>
+      <c r="C30" t="s">
+        <v>87</v>
+      </c>
+      <c r="D30" t="s">
+        <v>102</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>174</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>198</v>
+      </c>
+      <c r="M30" t="s">
+        <v>91</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>199</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>201</v>
+      </c>
+      <c r="B31" t="s">
+        <v>202</v>
+      </c>
+      <c r="C31" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" t="s">
+        <v>203</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>37</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>103</v>
+      </c>
+      <c r="K31" t="s">
+        <v>192</v>
+      </c>
+      <c r="L31" t="s">
+        <v>204</v>
+      </c>
+      <c r="M31" t="s">
+        <v>91</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>205</v>
+      </c>
+      <c r="P31" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>207</v>
+      </c>
+      <c r="B32" t="s">
+        <v>208</v>
+      </c>
+      <c r="C32" t="s">
+        <v>87</v>
+      </c>
+      <c r="D32" t="s">
+        <v>120</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...245 lines deleted...]
-      <c r="G29">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2012</v>
       </c>
-      <c r="H29">
-[...128 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>174</v>
       </c>
       <c r="K32" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>68</v>
+        <v>209</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="N32" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>141</v>
+        <v>212</v>
       </c>
       <c r="B33" t="s">
-        <v>15</v>
+        <v>213</v>
       </c>
       <c r="C33" t="s">
-        <v>142</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
       <c r="E33" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K33"/>
+        <v>174</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
       <c r="L33" t="s">
-        <v>22</v>
+        <v>215</v>
       </c>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="N33" t="s">
-        <v>145</v>
-[...947 lines deleted...]
-      <c r="K55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
         <v>216</v>
       </c>
-      <c r="L55" t="s">
-[...5 lines deleted...]
-      <c r="N55" t="s">
+      <c r="P33" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="56" spans="1:14">
-[...1914 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>