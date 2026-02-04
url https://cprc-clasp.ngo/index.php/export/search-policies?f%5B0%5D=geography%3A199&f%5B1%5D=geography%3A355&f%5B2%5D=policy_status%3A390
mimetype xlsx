--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -116,86 +116,63 @@
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...8 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...18 lines deleted...]
-    <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
@@ -1068,51 +1045,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P33"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1259,249 +1236,249 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
         <v>40</v>
       </c>
       <c r="P4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I5">
         <v>2024</v>
       </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>37</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>52</v>
       </c>
       <c r="P6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8">
         <v>2024</v>
       </c>
-      <c r="I8"/>
       <c r="J8" t="s">
         <v>38</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>64</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>65</v>
       </c>
       <c r="P8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>67</v>
@@ -1588,1134 +1565,1084 @@
       </c>
       <c r="L10" t="s">
         <v>76</v>
       </c>
       <c r="M10" t="s">
         <v>25</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
         <v>77</v>
       </c>
       <c r="P10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>79</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
-      <c r="I11">
-[...1 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="K11" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="K12" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="L12"/>
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
       <c r="M12" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>92</v>
       </c>
       <c r="P12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>94</v>
       </c>
       <c r="B13" t="s">
         <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D13" t="s">
         <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="M13" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
         <v>98</v>
       </c>
       <c r="P13" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>100</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B14"/>
       <c r="C14" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D14" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2018</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
+        <v>97</v>
+      </c>
+      <c r="K14" t="s">
+        <v>101</v>
+      </c>
+      <c r="L14" t="s">
+        <v>102</v>
+      </c>
+      <c r="M14" t="s">
+        <v>85</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
         <v>103</v>
       </c>
-      <c r="K14" t="s">
-[...11 lines deleted...]
-      <c r="O14" t="s">
+      <c r="P14" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
         <v>106</v>
       </c>
-      <c r="B15"/>
       <c r="C15" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="H15">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="K15" t="s">
-        <v>107</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M15" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>115</v>
       </c>
       <c r="M16" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
         <v>116</v>
       </c>
       <c r="P16" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>118</v>
       </c>
       <c r="B17" t="s">
         <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>120</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
         <v>121</v>
       </c>
-      <c r="M17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>122</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="H18">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
       <c r="M18" t="s">
-        <v>127</v>
+        <v>85</v>
       </c>
       <c r="N18" t="s">
-        <v>128</v>
+        <v>26</v>
       </c>
       <c r="O18" t="s">
         <v>129</v>
       </c>
       <c r="P18" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>131</v>
       </c>
       <c r="B19" t="s">
         <v>132</v>
       </c>
       <c r="C19" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>133</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>37</v>
+        <v>134</v>
       </c>
       <c r="G19" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2025</v>
+        <v>2002</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>89</v>
+        <v>135</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>91</v>
+        <v>25</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>142</v>
       </c>
       <c r="P20" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>144</v>
       </c>
       <c r="B21" t="s">
         <v>145</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="P21" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>139</v>
+        <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="P22" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2013</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
         <v>164</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" t="s">
         <v>165</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>166</v>
       </c>
       <c r="F25" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M25" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="P25" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D26" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E26" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F26" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M26" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D27" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="E27" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F27" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
+        <v>182</v>
+      </c>
+      <c r="M27" t="s">
+        <v>178</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>185</v>
       </c>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="E28" t="s">
-        <v>172</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>173</v>
+        <v>37</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>182</v>
+        <v>168</v>
       </c>
       <c r="K28" t="s">
-        <v>24</v>
+        <v>186</v>
       </c>
       <c r="L28" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" t="s">
+        <v>85</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
         <v>188</v>
       </c>
-      <c r="M28" t="s">
-[...5 lines deleted...]
-      <c r="O28" t="s">
+      <c r="P28" t="s">
         <v>189</v>
       </c>
-      <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>190</v>
       </c>
       <c r="B29" t="s">
         <v>191</v>
       </c>
       <c r="C29" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D29" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>37</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
         <v>192</v>
       </c>
-      <c r="L29" t="s">
+      <c r="M29" t="s">
+        <v>85</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
         <v>193</v>
       </c>
-      <c r="M29" t="s">
-[...5 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" t="s">
         <v>196</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>37</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>174</v>
+        <v>97</v>
       </c>
       <c r="K30" t="s">
-        <v>24</v>
+        <v>186</v>
       </c>
       <c r="L30" t="s">
         <v>198</v>
       </c>
       <c r="M30" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>199</v>
       </c>
       <c r="P30" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>201</v>
       </c>
       <c r="B31" t="s">
         <v>202</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D31" t="s">
-        <v>203</v>
+        <v>114</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>103</v>
+        <v>168</v>
       </c>
       <c r="K31" t="s">
-        <v>192</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
+        <v>203</v>
+      </c>
+      <c r="M31" t="s">
+        <v>85</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
         <v>204</v>
       </c>
-      <c r="M31" t="s">
-[...5 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
         <v>207</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>81</v>
+      </c>
+      <c r="D32" t="s">
         <v>208</v>
       </c>
-      <c r="C32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>209</v>
       </c>
       <c r="M32" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>210</v>
       </c>
       <c r="P32" t="s">
         <v>211</v>
-      </c>
-[...46 lines deleted...]
-        <v>217</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">