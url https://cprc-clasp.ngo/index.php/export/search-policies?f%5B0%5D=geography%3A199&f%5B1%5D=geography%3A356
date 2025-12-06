--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,1893 +12,2702 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="584">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2162,8029 +2971,9142 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N186"/>
+  <dimension ref="A1:P186"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...24 lines deleted...]
-      <c r="I3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>44</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>44</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>43</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>44</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>43</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>44</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>40</v>
+      </c>
+      <c r="F13" t="s">
+        <v>41</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>43</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>44</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>81</v>
+      </c>
+      <c r="P13" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>82</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E14" t="s">
+        <v>40</v>
+      </c>
+      <c r="F14" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>43</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>44</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>85</v>
+      </c>
+      <c r="P14" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" t="s">
+        <v>41</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>43</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>44</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>88</v>
+      </c>
+      <c r="P15" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>89</v>
+      </c>
+      <c r="B16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>65</v>
+      </c>
+      <c r="E16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>43</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>44</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>91</v>
+      </c>
+      <c r="P16" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>43</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>44</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>94</v>
+      </c>
+      <c r="P17" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>42</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>43</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>44</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>98</v>
+      </c>
+      <c r="P18" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" t="s">
+        <v>41</v>
+      </c>
+      <c r="G19" t="s">
+        <v>42</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>43</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>44</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>102</v>
+      </c>
+      <c r="P19" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>103</v>
+      </c>
+      <c r="B20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" t="s">
+        <v>105</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...49 lines deleted...]
-      <c r="N4" t="s">
+      <c r="F20" t="s">
+        <v>106</v>
+      </c>
+      <c r="G20" t="s">
+        <v>107</v>
+      </c>
+      <c r="H20">
+        <v>1993</v>
+      </c>
+      <c r="I20">
+        <v>2009</v>
+      </c>
+      <c r="J20" t="s">
+        <v>108</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>109</v>
+      </c>
+      <c r="M20" t="s">
+        <v>44</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>110</v>
+      </c>
+      <c r="P20" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>112</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="C21" t="s">
         <v>38</v>
       </c>
-    </row>
-[...653 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E21" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>106</v>
+      </c>
+      <c r="G21" t="s">
+        <v>107</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>36</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N21" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>115</v>
+      </c>
+      <c r="P21" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>90</v>
+        <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>31</v>
+        <v>118</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E22" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>106</v>
+      </c>
+      <c r="G22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22">
         <v>2009</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>120</v>
       </c>
       <c r="K22" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N22" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>122</v>
+      </c>
+      <c r="P22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
       <c r="B23" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>38</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E23" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>106</v>
+      </c>
+      <c r="G23" t="s">
+        <v>107</v>
+      </c>
+      <c r="H23">
         <v>2000</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2009</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="K23" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N23" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>127</v>
+      </c>
+      <c r="P23" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>128</v>
       </c>
       <c r="B24" t="s">
-        <v>31</v>
+        <v>129</v>
       </c>
       <c r="C24" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="E24" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>106</v>
+      </c>
+      <c r="G24" t="s">
+        <v>107</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>131</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>44</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>132</v>
+      </c>
+      <c r="P24" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>133</v>
+      </c>
+      <c r="B25" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" t="s">
+        <v>135</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
+      <c r="G25" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25">
+        <v>2000</v>
+      </c>
+      <c r="I25">
+        <v>2009</v>
+      </c>
+      <c r="J25" t="s">
+        <v>43</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>126</v>
+      </c>
+      <c r="M25" t="s">
+        <v>44</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>136</v>
+      </c>
+      <c r="P25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>137</v>
+      </c>
+      <c r="B26" t="s">
+        <v>138</v>
+      </c>
+      <c r="C26" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26" t="s">
+        <v>139</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>106</v>
+      </c>
+      <c r="G26" t="s">
+        <v>107</v>
+      </c>
+      <c r="H26">
+        <v>1992</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>108</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>44</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>140</v>
+      </c>
+      <c r="P26" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>141</v>
+      </c>
+      <c r="B27" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" t="s">
+        <v>38</v>
+      </c>
+      <c r="D27" t="s">
         <v>101</v>
       </c>
-      <c r="J24" t="s">
-[...58 lines deleted...]
-      <c r="A26" t="s">
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>106</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="G27" t="s">
         <v>107</v>
-      </c>
-[...52 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-        <v>36</v>
+      <c r="I27">
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N27" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>143</v>
+      </c>
+      <c r="P27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>38</v>
+      </c>
+      <c r="D28" t="s">
+        <v>146</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>106</v>
+      </c>
+      <c r="G28" t="s">
+        <v>107</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>43</v>
+      </c>
+      <c r="K28" t="s">
+        <v>147</v>
+      </c>
+      <c r="L28" t="s">
+        <v>148</v>
+      </c>
+      <c r="M28" t="s">
+        <v>44</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>149</v>
+      </c>
+      <c r="P28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>150</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" t="s">
+        <v>152</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>106</v>
+      </c>
+      <c r="G29" t="s">
+        <v>42</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>43</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>153</v>
+      </c>
+      <c r="M29" t="s">
+        <v>44</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>154</v>
+      </c>
+      <c r="P29" t="s">
         <v>111</v>
       </c>
-      <c r="B28" t="s">
-[...81 lines deleted...]
-    <row r="30" spans="1:14">
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>155</v>
       </c>
       <c r="B30" t="s">
-        <v>31</v>
+        <v>156</v>
       </c>
       <c r="C30" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
       <c r="E30" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>106</v>
+      </c>
+      <c r="G30" t="s">
+        <v>107</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
-        <v>84</v>
+      <c r="I30">
+        <v>2010</v>
       </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K30" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>37</v>
+        <v>158</v>
       </c>
       <c r="M30" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N30" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>159</v>
+      </c>
+      <c r="P30" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>160</v>
       </c>
       <c r="B31" t="s">
-        <v>31</v>
+        <v>161</v>
       </c>
       <c r="C31" t="s">
-        <v>125</v>
+        <v>38</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>162</v>
       </c>
       <c r="E31" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>106</v>
+      </c>
+      <c r="G31" t="s">
+        <v>107</v>
+      </c>
+      <c r="H31">
         <v>2002</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2010</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="K31" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>37</v>
+        <v>163</v>
       </c>
       <c r="M31" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N31" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>164</v>
+      </c>
+      <c r="P31" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>165</v>
       </c>
       <c r="B32" t="s">
-        <v>31</v>
+        <v>166</v>
       </c>
       <c r="C32" t="s">
-        <v>129</v>
+        <v>38</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="E32" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>106</v>
+      </c>
+      <c r="G32" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32">
         <v>2009</v>
       </c>
-      <c r="H32"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K32" t="s">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>37</v>
+        <v>168</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N32" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>169</v>
+      </c>
+      <c r="P32" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="B33" t="s">
-        <v>31</v>
+        <v>171</v>
       </c>
       <c r="C33" t="s">
-        <v>133</v>
+        <v>38</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="E33" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>106</v>
+      </c>
+      <c r="G33" t="s">
+        <v>107</v>
+      </c>
+      <c r="H33">
         <v>1994</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2003</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N33" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>173</v>
+      </c>
+      <c r="P33" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>135</v>
+        <v>174</v>
       </c>
       <c r="B34" t="s">
-        <v>31</v>
+        <v>175</v>
       </c>
       <c r="C34" t="s">
-        <v>136</v>
+        <v>38</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>176</v>
       </c>
       <c r="E34" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>106</v>
+      </c>
+      <c r="G34" t="s">
+        <v>42</v>
+      </c>
+      <c r="H34">
         <v>2010</v>
       </c>
-      <c r="H34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N34" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>177</v>
+      </c>
+      <c r="P34" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>138</v>
+        <v>178</v>
       </c>
       <c r="B35" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="C35" t="s">
-        <v>139</v>
+        <v>38</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="E35" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>106</v>
+      </c>
+      <c r="G35" t="s">
+        <v>107</v>
+      </c>
+      <c r="H35">
         <v>2000</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2010</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="K35" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="L35" t="s">
-        <v>37</v>
+        <v>181</v>
       </c>
       <c r="M35" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N35" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>182</v>
+      </c>
+      <c r="P35" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>142</v>
+        <v>183</v>
       </c>
       <c r="B36" t="s">
-        <v>31</v>
+        <v>184</v>
       </c>
       <c r="C36" t="s">
-        <v>143</v>
+        <v>38</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>185</v>
       </c>
       <c r="E36" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>106</v>
+      </c>
+      <c r="G36" t="s">
+        <v>107</v>
+      </c>
+      <c r="H36">
         <v>1996</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2009</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K36" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>37</v>
+        <v>186</v>
       </c>
       <c r="M36" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N36" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>187</v>
+      </c>
+      <c r="P36" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>142</v>
+        <v>183</v>
       </c>
       <c r="B37" t="s">
-        <v>31</v>
+        <v>184</v>
       </c>
       <c r="C37" t="s">
-        <v>146</v>
+        <v>38</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
       <c r="E37" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>106</v>
+      </c>
+      <c r="G37" t="s">
+        <v>107</v>
+      </c>
+      <c r="H37">
         <v>1997</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2009</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K37" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>37</v>
+        <v>189</v>
       </c>
       <c r="M37" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N37" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>190</v>
+      </c>
+      <c r="P37" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>149</v>
+        <v>191</v>
       </c>
       <c r="B38" t="s">
-        <v>31</v>
+        <v>192</v>
       </c>
       <c r="C38" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E38" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>106</v>
+      </c>
+      <c r="G38" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38">
         <v>2009</v>
       </c>
-      <c r="H38"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K38" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>37</v>
+        <v>194</v>
       </c>
       <c r="M38" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N38" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>195</v>
+      </c>
+      <c r="P38" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>153</v>
+        <v>196</v>
       </c>
       <c r="B39" t="s">
-        <v>31</v>
+        <v>197</v>
       </c>
       <c r="C39" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
       <c r="E39" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>106</v>
+      </c>
+      <c r="G39" t="s">
+        <v>107</v>
+      </c>
+      <c r="H39">
         <v>1992</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2009</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K39" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>37</v>
+        <v>158</v>
       </c>
       <c r="M39" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N39" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>198</v>
+      </c>
+      <c r="P39" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>155</v>
+        <v>200</v>
       </c>
       <c r="B40" t="s">
-        <v>31</v>
+        <v>201</v>
       </c>
       <c r="C40" t="s">
-        <v>156</v>
+        <v>38</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="E40" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>106</v>
+      </c>
+      <c r="G40" t="s">
+        <v>107</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
-      <c r="I40" t="s">
-        <v>36</v>
+      <c r="I40">
+        <v>2010</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N40" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>203</v>
+      </c>
+      <c r="P40" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="B41" t="s">
-        <v>31</v>
+        <v>205</v>
       </c>
       <c r="C41" t="s">
-        <v>159</v>
+        <v>38</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="E41" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>106</v>
+      </c>
+      <c r="G41" t="s">
+        <v>42</v>
+      </c>
+      <c r="H41">
         <v>2009</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="K41" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
       <c r="M41" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N41" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>208</v>
+      </c>
+      <c r="P41" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>162</v>
+        <v>209</v>
       </c>
       <c r="B42" t="s">
-        <v>31</v>
+        <v>210</v>
       </c>
       <c r="C42" t="s">
-        <v>163</v>
+        <v>38</v>
       </c>
       <c r="D42" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="E42" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F42" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>41</v>
+      </c>
+      <c r="G42" t="s">
+        <v>42</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N42" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>211</v>
+      </c>
+      <c r="P42" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>162</v>
+        <v>209</v>
       </c>
       <c r="B43" t="s">
+        <v>213</v>
+      </c>
+      <c r="C43" t="s">
+        <v>38</v>
+      </c>
+      <c r="D43" t="s">
+        <v>185</v>
+      </c>
+      <c r="E43" t="s">
+        <v>40</v>
+      </c>
+      <c r="F43" t="s">
+        <v>41</v>
+      </c>
+      <c r="G43" t="s">
+        <v>42</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>108</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>44</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>214</v>
+      </c>
+      <c r="P43" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>209</v>
+      </c>
+      <c r="B44" t="s">
+        <v>215</v>
+      </c>
+      <c r="C44" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" t="s">
+        <v>216</v>
+      </c>
+      <c r="E44" t="s">
+        <v>40</v>
+      </c>
+      <c r="F44" t="s">
+        <v>41</v>
+      </c>
+      <c r="G44" t="s">
+        <v>42</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>108</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>44</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>217</v>
+      </c>
+      <c r="P44" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>209</v>
+      </c>
+      <c r="B45" t="s">
+        <v>218</v>
+      </c>
+      <c r="C45" t="s">
+        <v>38</v>
+      </c>
+      <c r="D45" t="s">
+        <v>219</v>
+      </c>
+      <c r="E45" t="s">
+        <v>40</v>
+      </c>
+      <c r="F45" t="s">
+        <v>41</v>
+      </c>
+      <c r="G45" t="s">
+        <v>42</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>43</v>
+      </c>
+      <c r="K45" t="s">
+        <v>220</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>44</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>221</v>
+      </c>
+      <c r="P45" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>209</v>
+      </c>
+      <c r="B46" t="s">
+        <v>223</v>
+      </c>
+      <c r="C46" t="s">
+        <v>38</v>
+      </c>
+      <c r="D46" t="s">
+        <v>180</v>
+      </c>
+      <c r="E46" t="s">
+        <v>40</v>
+      </c>
+      <c r="F46" t="s">
+        <v>41</v>
+      </c>
+      <c r="G46" t="s">
+        <v>107</v>
+      </c>
+      <c r="H46">
+        <v>1996</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
+        <v>43</v>
+      </c>
+      <c r="K46" t="s">
+        <v>224</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>44</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>225</v>
+      </c>
+      <c r="P46" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>209</v>
+      </c>
+      <c r="B47" t="s">
+        <v>226</v>
+      </c>
+      <c r="C47" t="s">
+        <v>38</v>
+      </c>
+      <c r="D47" t="s">
+        <v>180</v>
+      </c>
+      <c r="E47" t="s">
+        <v>40</v>
+      </c>
+      <c r="F47" t="s">
+        <v>41</v>
+      </c>
+      <c r="G47" t="s">
+        <v>107</v>
+      </c>
+      <c r="H47">
+        <v>1996</v>
+      </c>
+      <c r="I47">
+        <v>2012</v>
+      </c>
+      <c r="J47" t="s">
+        <v>43</v>
+      </c>
+      <c r="K47" t="s">
+        <v>224</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>44</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>227</v>
+      </c>
+      <c r="P47" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>209</v>
+      </c>
+      <c r="B48" t="s">
+        <v>228</v>
+      </c>
+      <c r="C48" t="s">
+        <v>38</v>
+      </c>
+      <c r="D48" t="s">
+        <v>229</v>
+      </c>
+      <c r="E48" t="s">
+        <v>40</v>
+      </c>
+      <c r="F48" t="s">
+        <v>41</v>
+      </c>
+      <c r="G48" t="s">
+        <v>107</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>108</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>44</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>230</v>
+      </c>
+      <c r="P48" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" t="s">
+        <v>231</v>
+      </c>
+      <c r="C49" t="s">
+        <v>38</v>
+      </c>
+      <c r="D49" t="s">
+        <v>185</v>
+      </c>
+      <c r="E49" t="s">
+        <v>40</v>
+      </c>
+      <c r="F49" t="s">
+        <v>41</v>
+      </c>
+      <c r="G49" t="s">
+        <v>107</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2012</v>
+      </c>
+      <c r="J49" t="s">
+        <v>108</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>44</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>232</v>
+      </c>
+      <c r="P49" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>233</v>
+      </c>
+      <c r="C50" t="s">
+        <v>38</v>
+      </c>
+      <c r="D50" t="s">
+        <v>234</v>
+      </c>
+      <c r="E50" t="s">
+        <v>40</v>
+      </c>
+      <c r="F50" t="s">
+        <v>41</v>
+      </c>
+      <c r="G50" t="s">
+        <v>107</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50">
+        <v>2012</v>
+      </c>
+      <c r="J50" t="s">
+        <v>108</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>44</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>235</v>
+      </c>
+      <c r="P50" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>209</v>
+      </c>
+      <c r="B51" t="s">
+        <v>236</v>
+      </c>
+      <c r="C51" t="s">
+        <v>38</v>
+      </c>
+      <c r="D51" t="s">
         <v>31</v>
       </c>
-      <c r="C43" t="s">
-[...11 lines deleted...]
-      <c r="G43">
+      <c r="E51" t="s">
+        <v>40</v>
+      </c>
+      <c r="F51" t="s">
+        <v>41</v>
+      </c>
+      <c r="G51" t="s">
+        <v>107</v>
+      </c>
+      <c r="H51">
+        <v>1996</v>
+      </c>
+      <c r="I51">
         <v>2012</v>
       </c>
-      <c r="H43"/>
-[...36 lines deleted...]
-      <c r="G44">
+      <c r="J51" t="s">
+        <v>43</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>44</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>237</v>
+      </c>
+      <c r="P51" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>209</v>
+      </c>
+      <c r="B52" t="s">
+        <v>238</v>
+      </c>
+      <c r="C52" t="s">
+        <v>38</v>
+      </c>
+      <c r="D52" t="s">
+        <v>239</v>
+      </c>
+      <c r="E52" t="s">
+        <v>40</v>
+      </c>
+      <c r="F52" t="s">
+        <v>41</v>
+      </c>
+      <c r="G52" t="s">
+        <v>107</v>
+      </c>
+      <c r="H52">
+        <v>1996</v>
+      </c>
+      <c r="I52">
         <v>2012</v>
       </c>
-      <c r="H44"/>
-[...334 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>181</v>
+        <v>44</v>
       </c>
       <c r="N52" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>240</v>
+      </c>
+      <c r="P52" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>162</v>
+        <v>209</v>
       </c>
       <c r="B53" t="s">
-        <v>31</v>
+        <v>241</v>
       </c>
       <c r="C53" t="s">
-        <v>139</v>
+        <v>38</v>
       </c>
       <c r="D53" t="s">
-        <v>33</v>
+        <v>242</v>
       </c>
       <c r="E53" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F53" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>41</v>
+      </c>
+      <c r="G53" t="s">
+        <v>107</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
-      <c r="I53" t="s">
-        <v>36</v>
+      <c r="I53">
+        <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>178</v>
-[...4 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N53" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>243</v>
+      </c>
+      <c r="O53" t="s">
+        <v>244</v>
+      </c>
+      <c r="P53" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>184</v>
+        <v>245</v>
       </c>
       <c r="B54" t="s">
-        <v>31</v>
+        <v>246</v>
       </c>
       <c r="C54" t="s">
-        <v>185</v>
+        <v>38</v>
       </c>
       <c r="D54" t="s">
-        <v>33</v>
+        <v>247</v>
       </c>
       <c r="E54" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F54" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>41</v>
+      </c>
+      <c r="G54" t="s">
+        <v>107</v>
+      </c>
+      <c r="H54">
         <v>1996</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2010</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
+        <v>43</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>44</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>248</v>
+      </c>
+      <c r="P54" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>249</v>
+      </c>
+      <c r="B55" t="s">
+        <v>250</v>
+      </c>
+      <c r="C55" t="s">
+        <v>38</v>
+      </c>
+      <c r="D55" t="s">
+        <v>251</v>
+      </c>
+      <c r="E55" t="s">
+        <v>40</v>
+      </c>
+      <c r="F55" t="s">
+        <v>41</v>
+      </c>
+      <c r="G55" t="s">
+        <v>107</v>
+      </c>
+      <c r="H55">
+        <v>1996</v>
+      </c>
+      <c r="I55">
+        <v>2012</v>
+      </c>
+      <c r="J55" t="s">
+        <v>43</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>252</v>
+      </c>
+      <c r="M55" t="s">
+        <v>44</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>253</v>
+      </c>
+      <c r="P55" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>254</v>
+      </c>
+      <c r="B56" t="s">
+        <v>255</v>
+      </c>
+      <c r="C56" t="s">
+        <v>38</v>
+      </c>
+      <c r="D56" t="s">
+        <v>180</v>
+      </c>
+      <c r="E56" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" t="s">
+        <v>41</v>
+      </c>
+      <c r="G56" t="s">
+        <v>107</v>
+      </c>
+      <c r="H56">
+        <v>1996</v>
+      </c>
+      <c r="I56">
+        <v>2010</v>
+      </c>
+      <c r="J56" t="s">
+        <v>43</v>
+      </c>
+      <c r="K56" t="s">
+        <v>147</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>44</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>256</v>
+      </c>
+      <c r="P56" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>257</v>
+      </c>
+      <c r="B57" t="s">
+        <v>258</v>
+      </c>
+      <c r="C57" t="s">
+        <v>38</v>
+      </c>
+      <c r="D57" t="s">
+        <v>61</v>
+      </c>
+      <c r="E57" t="s">
+        <v>40</v>
+      </c>
+      <c r="F57" t="s">
+        <v>41</v>
+      </c>
+      <c r="G57" t="s">
+        <v>107</v>
+      </c>
+      <c r="H57">
+        <v>1996</v>
+      </c>
+      <c r="I57">
+        <v>2010</v>
+      </c>
+      <c r="J57" t="s">
+        <v>43</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>44</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>259</v>
+      </c>
+      <c r="P57" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>260</v>
+      </c>
+      <c r="B58" t="s">
+        <v>261</v>
+      </c>
+      <c r="C58" t="s">
+        <v>38</v>
+      </c>
+      <c r="D58" t="s">
+        <v>180</v>
+      </c>
+      <c r="E58" t="s">
+        <v>40</v>
+      </c>
+      <c r="F58" t="s">
+        <v>41</v>
+      </c>
+      <c r="G58" t="s">
+        <v>107</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2010</v>
+      </c>
+      <c r="J58" t="s">
+        <v>43</v>
+      </c>
+      <c r="K58" t="s">
+        <v>147</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>44</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>262</v>
+      </c>
+      <c r="P58" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>263</v>
+      </c>
+      <c r="B59" t="s">
+        <v>264</v>
+      </c>
+      <c r="C59" t="s">
+        <v>38</v>
+      </c>
+      <c r="D59" t="s">
+        <v>229</v>
+      </c>
+      <c r="E59" t="s">
+        <v>40</v>
+      </c>
+      <c r="F59" t="s">
+        <v>41</v>
+      </c>
+      <c r="G59" t="s">
+        <v>107</v>
+      </c>
+      <c r="H59">
+        <v>1996</v>
+      </c>
+      <c r="I59">
+        <v>2010</v>
+      </c>
+      <c r="J59" t="s">
+        <v>108</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>44</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>265</v>
+      </c>
+      <c r="P59" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>263</v>
+      </c>
+      <c r="B60" t="s">
+        <v>266</v>
+      </c>
+      <c r="C60" t="s">
+        <v>38</v>
+      </c>
+      <c r="D60" t="s">
+        <v>267</v>
+      </c>
+      <c r="E60" t="s">
+        <v>40</v>
+      </c>
+      <c r="F60" t="s">
+        <v>41</v>
+      </c>
+      <c r="G60" t="s">
+        <v>107</v>
+      </c>
+      <c r="H60">
+        <v>1996</v>
+      </c>
+      <c r="I60">
+        <v>2010</v>
+      </c>
+      <c r="J60" t="s">
+        <v>43</v>
+      </c>
+      <c r="K60" t="s">
+        <v>147</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>44</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>268</v>
+      </c>
+      <c r="P60" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>269</v>
+      </c>
+      <c r="B61" t="s">
+        <v>270</v>
+      </c>
+      <c r="C61" t="s">
+        <v>38</v>
+      </c>
+      <c r="D61" t="s">
+        <v>271</v>
+      </c>
+      <c r="E61" t="s">
+        <v>40</v>
+      </c>
+      <c r="F61" t="s">
+        <v>41</v>
+      </c>
+      <c r="G61" t="s">
+        <v>107</v>
+      </c>
+      <c r="H61">
+        <v>1996</v>
+      </c>
+      <c r="I61">
+        <v>2010</v>
+      </c>
+      <c r="J61" t="s">
+        <v>43</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>44</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>272</v>
+      </c>
+      <c r="P61" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>273</v>
+      </c>
+      <c r="B62" t="s">
+        <v>234</v>
+      </c>
+      <c r="C62" t="s">
+        <v>38</v>
+      </c>
+      <c r="D62" t="s">
+        <v>234</v>
+      </c>
+      <c r="E62" t="s">
+        <v>40</v>
+      </c>
+      <c r="F62" t="s">
+        <v>41</v>
+      </c>
+      <c r="G62" t="s">
+        <v>107</v>
+      </c>
+      <c r="H62">
+        <v>1996</v>
+      </c>
+      <c r="I62">
+        <v>2010</v>
+      </c>
+      <c r="J62" t="s">
+        <v>274</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>44</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>275</v>
+      </c>
+      <c r="P62" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>277</v>
+      </c>
+      <c r="B63" t="s">
+        <v>278</v>
+      </c>
+      <c r="C63" t="s">
+        <v>38</v>
+      </c>
+      <c r="D63" t="s">
+        <v>279</v>
+      </c>
+      <c r="E63" t="s">
+        <v>40</v>
+      </c>
+      <c r="F63" t="s">
+        <v>41</v>
+      </c>
+      <c r="G63" t="s">
+        <v>107</v>
+      </c>
+      <c r="H63">
+        <v>1996</v>
+      </c>
+      <c r="I63">
+        <v>2010</v>
+      </c>
+      <c r="J63" t="s">
+        <v>43</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>44</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>280</v>
+      </c>
+      <c r="P63" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>281</v>
+      </c>
+      <c r="B64" t="s">
+        <v>282</v>
+      </c>
+      <c r="C64" t="s">
+        <v>38</v>
+      </c>
+      <c r="D64" t="s">
+        <v>283</v>
+      </c>
+      <c r="E64" t="s">
+        <v>40</v>
+      </c>
+      <c r="F64" t="s">
+        <v>41</v>
+      </c>
+      <c r="G64" t="s">
+        <v>107</v>
+      </c>
+      <c r="H64">
+        <v>2006</v>
+      </c>
+      <c r="I64">
+        <v>2015</v>
+      </c>
+      <c r="J64" t="s">
+        <v>284</v>
+      </c>
+      <c r="K64" t="s">
+        <v>285</v>
+      </c>
+      <c r="L64" t="s">
+        <v>286</v>
+      </c>
+      <c r="M64" t="s">
+        <v>287</v>
+      </c>
+      <c r="N64" t="s">
+        <v>288</v>
+      </c>
+      <c r="O64" t="s">
+        <v>289</v>
+      </c>
+      <c r="P64" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>291</v>
+      </c>
+      <c r="B65" t="s">
+        <v>292</v>
+      </c>
+      <c r="C65" t="s">
+        <v>38</v>
+      </c>
+      <c r="D65" t="s">
+        <v>293</v>
+      </c>
+      <c r="E65" t="s">
+        <v>40</v>
+      </c>
+      <c r="F65" t="s">
+        <v>41</v>
+      </c>
+      <c r="G65" t="s">
+        <v>107</v>
+      </c>
+      <c r="H65">
+        <v>2001</v>
+      </c>
+      <c r="I65">
+        <v>2012</v>
+      </c>
+      <c r="J65" t="s">
+        <v>284</v>
+      </c>
+      <c r="K65" t="s">
+        <v>285</v>
+      </c>
+      <c r="L65" t="s">
+        <v>294</v>
+      </c>
+      <c r="M65" t="s">
+        <v>287</v>
+      </c>
+      <c r="N65" t="s">
+        <v>288</v>
+      </c>
+      <c r="O65" t="s">
+        <v>295</v>
+      </c>
+      <c r="P65" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>297</v>
+      </c>
+      <c r="B66" t="s">
+        <v>298</v>
+      </c>
+      <c r="C66" t="s">
+        <v>38</v>
+      </c>
+      <c r="D66" t="s">
+        <v>299</v>
+      </c>
+      <c r="E66" t="s">
+        <v>40</v>
+      </c>
+      <c r="F66" t="s">
+        <v>41</v>
+      </c>
+      <c r="G66" t="s">
+        <v>107</v>
+      </c>
+      <c r="H66">
+        <v>1994</v>
+      </c>
+      <c r="I66">
+        <v>2013</v>
+      </c>
+      <c r="J66" t="s">
+        <v>284</v>
+      </c>
+      <c r="K66" t="s">
+        <v>285</v>
+      </c>
+      <c r="L66" t="s">
+        <v>300</v>
+      </c>
+      <c r="M66" t="s">
+        <v>287</v>
+      </c>
+      <c r="N66" t="s">
+        <v>288</v>
+      </c>
+      <c r="O66" t="s">
+        <v>301</v>
+      </c>
+      <c r="P66" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>303</v>
+      </c>
+      <c r="B67" t="s">
+        <v>304</v>
+      </c>
+      <c r="C67" t="s">
+        <v>38</v>
+      </c>
+      <c r="D67" t="s">
+        <v>305</v>
+      </c>
+      <c r="E67" t="s">
+        <v>40</v>
+      </c>
+      <c r="F67" t="s">
+        <v>41</v>
+      </c>
+      <c r="G67" t="s">
+        <v>107</v>
+      </c>
+      <c r="H67">
+        <v>1992</v>
+      </c>
+      <c r="I67">
+        <v>2012</v>
+      </c>
+      <c r="J67" t="s">
+        <v>284</v>
+      </c>
+      <c r="K67" t="s">
+        <v>285</v>
+      </c>
+      <c r="L67" t="s">
+        <v>294</v>
+      </c>
+      <c r="M67" t="s">
+        <v>287</v>
+      </c>
+      <c r="N67" t="s">
+        <v>288</v>
+      </c>
+      <c r="O67" t="s">
+        <v>306</v>
+      </c>
+      <c r="P67" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>308</v>
+      </c>
+      <c r="B68" t="s">
+        <v>309</v>
+      </c>
+      <c r="C68" t="s">
+        <v>38</v>
+      </c>
+      <c r="D68" t="s">
+        <v>247</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K54"/>
-[...32 lines deleted...]
-      <c r="H55">
+      <c r="G68" t="s">
+        <v>107</v>
+      </c>
+      <c r="H68">
+        <v>2008</v>
+      </c>
+      <c r="I68">
+        <v>2016</v>
+      </c>
+      <c r="J68" t="s">
+        <v>43</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>44</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>310</v>
+      </c>
+      <c r="P68" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>311</v>
+      </c>
+      <c r="B69" t="s">
+        <v>312</v>
+      </c>
+      <c r="C69" t="s">
+        <v>38</v>
+      </c>
+      <c r="D69" t="s">
+        <v>313</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>42</v>
+      </c>
+      <c r="H69">
         <v>2012</v>
       </c>
-      <c r="I55" t="s">
-[...2 lines deleted...]
-      <c r="J55" t="s">
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>43</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>44</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>314</v>
+      </c>
+      <c r="P69" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>315</v>
+      </c>
+      <c r="B70" t="s">
+        <v>316</v>
+      </c>
+      <c r="C70" t="s">
+        <v>38</v>
+      </c>
+      <c r="D70" t="s">
+        <v>317</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
-      <c r="K55" t="s">
-[...82 lines deleted...]
-      <c r="J57" t="s">
+      <c r="G70" t="s">
+        <v>42</v>
+      </c>
+      <c r="H70">
+        <v>2009</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>43</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>44</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>318</v>
+      </c>
+      <c r="P70" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>319</v>
+      </c>
+      <c r="B71" t="s">
+        <v>151</v>
+      </c>
+      <c r="C71" t="s">
+        <v>38</v>
+      </c>
+      <c r="D71" t="s">
+        <v>152</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K57"/>
-[...580 lines deleted...]
-        <v>2011</v>
+      <c r="G71" t="s">
+        <v>107</v>
       </c>
       <c r="H71">
         <v>2011</v>
       </c>
-      <c r="I71" t="s">
-        <v>36</v>
+      <c r="I71">
+        <v>2011</v>
       </c>
       <c r="J71" t="s">
+        <v>43</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>153</v>
+      </c>
+      <c r="M71" t="s">
+        <v>44</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>320</v>
+      </c>
+      <c r="P71" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>321</v>
+      </c>
+      <c r="B72" t="s">
+        <v>104</v>
+      </c>
+      <c r="C72" t="s">
+        <v>38</v>
+      </c>
+      <c r="D72" t="s">
+        <v>105</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K71" t="s">
-[...31 lines deleted...]
-      <c r="G72">
+      <c r="G72" t="s">
+        <v>107</v>
+      </c>
+      <c r="H72">
         <v>1993</v>
       </c>
-      <c r="H72">
+      <c r="I72">
         <v>2009</v>
       </c>
-      <c r="I72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J72" t="s">
+        <v>108</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>109</v>
+      </c>
+      <c r="M72" t="s">
+        <v>44</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>322</v>
+      </c>
+      <c r="P72" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>323</v>
+      </c>
+      <c r="B73" t="s">
+        <v>324</v>
+      </c>
+      <c r="C73" t="s">
+        <v>38</v>
+      </c>
+      <c r="D73" t="s">
+        <v>251</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="K72" t="s">
-[...31 lines deleted...]
-      <c r="G73">
+      <c r="G73" t="s">
+        <v>107</v>
+      </c>
+      <c r="H73">
         <v>1994</v>
       </c>
-      <c r="H73">
+      <c r="I73">
         <v>2003</v>
       </c>
-      <c r="I73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J73" t="s">
+        <v>43</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>252</v>
+      </c>
+      <c r="M73" t="s">
+        <v>44</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>325</v>
+      </c>
+      <c r="P73" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>326</v>
+      </c>
+      <c r="B74" t="s">
+        <v>156</v>
+      </c>
+      <c r="C74" t="s">
+        <v>38</v>
+      </c>
+      <c r="D74" t="s">
+        <v>157</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K73" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G74" t="s">
+        <v>107</v>
       </c>
       <c r="H74">
         <v>2010</v>
       </c>
-      <c r="I74" t="s">
-        <v>84</v>
+      <c r="I74">
+        <v>2010</v>
       </c>
       <c r="J74" t="s">
+        <v>108</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>158</v>
+      </c>
+      <c r="M74" t="s">
+        <v>44</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>327</v>
+      </c>
+      <c r="P74" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>328</v>
+      </c>
+      <c r="B75" t="s">
+        <v>113</v>
+      </c>
+      <c r="C75" t="s">
+        <v>38</v>
+      </c>
+      <c r="D75" t="s">
+        <v>114</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
         <v>21</v>
       </c>
-      <c r="K74" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G75" t="s">
+        <v>107</v>
       </c>
       <c r="H75">
         <v>2012</v>
       </c>
-      <c r="I75" t="s">
-        <v>36</v>
+      <c r="I75">
+        <v>2012</v>
       </c>
       <c r="J75" t="s">
+        <v>43</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>44</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>329</v>
+      </c>
+      <c r="P75" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>330</v>
+      </c>
+      <c r="B76" t="s">
+        <v>118</v>
+      </c>
+      <c r="C76" t="s">
+        <v>38</v>
+      </c>
+      <c r="D76" t="s">
+        <v>119</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K75"/>
-[...29 lines deleted...]
-      <c r="G76">
+      <c r="G76" t="s">
+        <v>42</v>
+      </c>
+      <c r="H76">
         <v>2009</v>
       </c>
-      <c r="H76"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
+        <v>43</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>121</v>
+      </c>
+      <c r="M76" t="s">
+        <v>44</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>331</v>
+      </c>
+      <c r="P76" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>332</v>
+      </c>
+      <c r="B77" t="s">
+        <v>333</v>
+      </c>
+      <c r="C77" t="s">
+        <v>38</v>
+      </c>
+      <c r="D77" t="s">
+        <v>162</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
         <v>21</v>
       </c>
-      <c r="K76" t="s">
-[...31 lines deleted...]
-      <c r="G77">
+      <c r="G77" t="s">
+        <v>107</v>
+      </c>
+      <c r="H77">
         <v>2002</v>
       </c>
-      <c r="H77">
+      <c r="I77">
         <v>2007</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J77" t="s">
+        <v>43</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>163</v>
+      </c>
+      <c r="M77" t="s">
+        <v>44</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>334</v>
+      </c>
+      <c r="P77" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>335</v>
+      </c>
+      <c r="B78" t="s">
+        <v>166</v>
+      </c>
+      <c r="C78" t="s">
+        <v>38</v>
+      </c>
+      <c r="D78" t="s">
+        <v>167</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
         <v>21</v>
       </c>
-      <c r="K77" t="s">
-[...19 lines deleted...]
-      <c r="C78" t="s">
+      <c r="G78" t="s">
+        <v>42</v>
+      </c>
+      <c r="H78">
+        <v>2009</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>108</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>168</v>
+      </c>
+      <c r="M78" t="s">
+        <v>44</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>336</v>
+      </c>
+      <c r="P78" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>337</v>
+      </c>
+      <c r="B79" t="s">
+        <v>338</v>
+      </c>
+      <c r="C79" t="s">
+        <v>38</v>
+      </c>
+      <c r="D79" t="s">
+        <v>180</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>42</v>
+      </c>
+      <c r="H79">
+        <v>2011</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>43</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>44</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>339</v>
+      </c>
+      <c r="P79" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>340</v>
+      </c>
+      <c r="B80" t="s">
+        <v>341</v>
+      </c>
+      <c r="C80" t="s">
+        <v>38</v>
+      </c>
+      <c r="D80" t="s">
+        <v>342</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>107</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80">
+        <v>2015</v>
+      </c>
+      <c r="J80" t="s">
+        <v>43</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>44</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>343</v>
+      </c>
+      <c r="P80" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>344</v>
+      </c>
+      <c r="B81" t="s">
         <v>129</v>
       </c>
-      <c r="D78" t="s">
-[...15 lines deleted...]
-      <c r="J78" t="s">
+      <c r="C81" t="s">
+        <v>38</v>
+      </c>
+      <c r="D81" t="s">
+        <v>130</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
         <v>21</v>
       </c>
-      <c r="K78" t="s">
-[...114 lines deleted...]
-        <v>2012</v>
+      <c r="G81" t="s">
+        <v>107</v>
       </c>
       <c r="H81">
         <v>2012</v>
       </c>
-      <c r="I81" t="s">
+      <c r="I81">
+        <v>2012</v>
+      </c>
+      <c r="J81" t="s">
+        <v>131</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>44</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>345</v>
+      </c>
+      <c r="P81" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>346</v>
+      </c>
+      <c r="B82" t="s">
+        <v>347</v>
+      </c>
+      <c r="C82" t="s">
+        <v>38</v>
+      </c>
+      <c r="D82" t="s">
+        <v>348</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>349</v>
+      </c>
+      <c r="H82">
+        <v>2012</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>350</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>351</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>352</v>
+      </c>
+      <c r="P82" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>354</v>
+      </c>
+      <c r="B83" t="s">
+        <v>171</v>
+      </c>
+      <c r="C83" t="s">
+        <v>38</v>
+      </c>
+      <c r="D83" t="s">
+        <v>355</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>107</v>
+      </c>
+      <c r="H83">
+        <v>1994</v>
+      </c>
+      <c r="I83">
+        <v>2003</v>
+      </c>
+      <c r="J83" t="s">
+        <v>108</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>44</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>356</v>
+      </c>
+      <c r="P83" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>357</v>
+      </c>
+      <c r="B84" t="s">
+        <v>358</v>
+      </c>
+      <c r="C84" t="s">
+        <v>38</v>
+      </c>
+      <c r="D84" t="s">
+        <v>251</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>107</v>
+      </c>
+      <c r="H84">
+        <v>1994</v>
+      </c>
+      <c r="I84">
+        <v>2004</v>
+      </c>
+      <c r="J84" t="s">
+        <v>43</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>359</v>
+      </c>
+      <c r="M84" t="s">
+        <v>44</v>
+      </c>
+      <c r="N84" t="s">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>360</v>
+      </c>
+      <c r="P84" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>361</v>
+      </c>
+      <c r="B85" t="s">
+        <v>175</v>
+      </c>
+      <c r="C85" t="s">
+        <v>38</v>
+      </c>
+      <c r="D85" t="s">
+        <v>176</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>107</v>
+      </c>
+      <c r="H85">
+        <v>2004</v>
+      </c>
+      <c r="I85">
+        <v>2010</v>
+      </c>
+      <c r="J85" t="s">
+        <v>108</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>44</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>362</v>
+      </c>
+      <c r="P85" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>363</v>
+      </c>
+      <c r="B86" t="s">
+        <v>145</v>
+      </c>
+      <c r="C86" t="s">
+        <v>38</v>
+      </c>
+      <c r="D86" t="s">
+        <v>146</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>107</v>
+      </c>
+      <c r="H86">
+        <v>2010</v>
+      </c>
+      <c r="I86">
+        <v>2015</v>
+      </c>
+      <c r="J86" t="s">
+        <v>43</v>
+      </c>
+      <c r="K86" t="s">
+        <v>147</v>
+      </c>
+      <c r="L86" t="s">
+        <v>148</v>
+      </c>
+      <c r="M86" t="s">
+        <v>44</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>364</v>
+      </c>
+      <c r="P86" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>365</v>
+      </c>
+      <c r="B87" t="s">
+        <v>366</v>
+      </c>
+      <c r="C87" t="s">
+        <v>38</v>
+      </c>
+      <c r="D87" t="s">
+        <v>125</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>107</v>
+      </c>
+      <c r="H87">
+        <v>2002</v>
+      </c>
+      <c r="I87">
+        <v>2006</v>
+      </c>
+      <c r="J87" t="s">
+        <v>43</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>126</v>
+      </c>
+      <c r="M87" t="s">
+        <v>44</v>
+      </c>
+      <c r="N87" t="s">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>367</v>
+      </c>
+      <c r="P87" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>368</v>
+      </c>
+      <c r="B88" t="s">
+        <v>179</v>
+      </c>
+      <c r="C88" t="s">
+        <v>38</v>
+      </c>
+      <c r="D88" t="s">
+        <v>180</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>107</v>
+      </c>
+      <c r="H88">
+        <v>2001</v>
+      </c>
+      <c r="I88">
+        <v>2010</v>
+      </c>
+      <c r="J88" t="s">
+        <v>43</v>
+      </c>
+      <c r="K88" t="s">
+        <v>147</v>
+      </c>
+      <c r="L88" t="s">
+        <v>181</v>
+      </c>
+      <c r="M88" t="s">
+        <v>44</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>369</v>
+      </c>
+      <c r="P88" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>370</v>
+      </c>
+      <c r="B89" t="s">
+        <v>184</v>
+      </c>
+      <c r="C89" t="s">
+        <v>38</v>
+      </c>
+      <c r="D89" t="s">
+        <v>185</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>107</v>
+      </c>
+      <c r="H89">
+        <v>2009</v>
+      </c>
+      <c r="I89">
+        <v>2014</v>
+      </c>
+      <c r="J89" t="s">
+        <v>108</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>186</v>
+      </c>
+      <c r="M89" t="s">
+        <v>44</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>371</v>
+      </c>
+      <c r="P89" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>373</v>
+      </c>
+      <c r="B90" t="s">
+        <v>374</v>
+      </c>
+      <c r="C90" t="s">
+        <v>38</v>
+      </c>
+      <c r="D90" t="s">
+        <v>193</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>42</v>
+      </c>
+      <c r="H90">
+        <v>2004</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>108</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>194</v>
+      </c>
+      <c r="M90" t="s">
+        <v>44</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>375</v>
+      </c>
+      <c r="P90" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>376</v>
+      </c>
+      <c r="B91" t="s">
+        <v>377</v>
+      </c>
+      <c r="C91" t="s">
+        <v>38</v>
+      </c>
+      <c r="D91" t="s">
+        <v>378</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>107</v>
+      </c>
+      <c r="H91">
+        <v>2010</v>
+      </c>
+      <c r="I91">
+        <v>2012</v>
+      </c>
+      <c r="J91" t="s">
+        <v>108</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>44</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>379</v>
+      </c>
+      <c r="P91" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>380</v>
+      </c>
+      <c r="B92" t="s">
+        <v>381</v>
+      </c>
+      <c r="C92" t="s">
+        <v>38</v>
+      </c>
+      <c r="D92" t="s">
+        <v>157</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>107</v>
+      </c>
+      <c r="H92">
+        <v>1992</v>
+      </c>
+      <c r="I92">
+        <v>2004</v>
+      </c>
+      <c r="J92" t="s">
+        <v>108</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>158</v>
+      </c>
+      <c r="M92" t="s">
+        <v>44</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>382</v>
+      </c>
+      <c r="P92" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>384</v>
+      </c>
+      <c r="B93" t="s">
+        <v>385</v>
+      </c>
+      <c r="C93" t="s">
+        <v>38</v>
+      </c>
+      <c r="D93" t="s">
+        <v>97</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>107</v>
+      </c>
+      <c r="H93">
+        <v>2015</v>
+      </c>
+      <c r="I93">
+        <v>2019</v>
+      </c>
+      <c r="J93" t="s">
+        <v>350</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>351</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>386</v>
+      </c>
+      <c r="P93" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>388</v>
+      </c>
+      <c r="B94" t="s">
+        <v>96</v>
+      </c>
+      <c r="C94" t="s">
+        <v>38</v>
+      </c>
+      <c r="D94" t="s">
+        <v>97</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>42</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>43</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>44</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>389</v>
+      </c>
+      <c r="P94" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>390</v>
+      </c>
+      <c r="B95" t="s">
+        <v>391</v>
+      </c>
+      <c r="C95" t="s">
+        <v>38</v>
+      </c>
+      <c r="D95" t="s">
         <v>101</v>
       </c>
-      <c r="J81" t="s">
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
         <v>21</v>
       </c>
-      <c r="K81"/>
-[...584 lines deleted...]
-        <v>2012</v>
+      <c r="G95" t="s">
+        <v>107</v>
       </c>
       <c r="H95">
         <v>2012</v>
       </c>
-      <c r="I95" t="s">
-        <v>36</v>
+      <c r="I95">
+        <v>2012</v>
       </c>
       <c r="J95" t="s">
+        <v>43</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>44</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>392</v>
+      </c>
+      <c r="P95" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>393</v>
+      </c>
+      <c r="B96" t="s">
+        <v>394</v>
+      </c>
+      <c r="C96" t="s">
+        <v>38</v>
+      </c>
+      <c r="D96" t="s">
+        <v>239</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
         <v>21</v>
       </c>
-      <c r="K95"/>
-[...3 lines deleted...]
-      <c r="M95" t="s">
+      <c r="G96" t="s">
+        <v>107</v>
+      </c>
+      <c r="H96">
+        <v>2012</v>
+      </c>
+      <c r="I96">
+        <v>2016</v>
+      </c>
+      <c r="J96" t="s">
+        <v>43</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>44</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>395</v>
+      </c>
+      <c r="P96" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>393</v>
+      </c>
+      <c r="B97" t="s">
+        <v>396</v>
+      </c>
+      <c r="C97" t="s">
+        <v>38</v>
+      </c>
+      <c r="D97" t="s">
+        <v>239</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>107</v>
+      </c>
+      <c r="H97">
+        <v>2012</v>
+      </c>
+      <c r="I97">
+        <v>2015</v>
+      </c>
+      <c r="J97" t="s">
+        <v>43</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>44</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>397</v>
+      </c>
+      <c r="P97" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>398</v>
+      </c>
+      <c r="B98" t="s">
+        <v>399</v>
+      </c>
+      <c r="C98" t="s">
+        <v>38</v>
+      </c>
+      <c r="D98" t="s">
+        <v>206</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>42</v>
+      </c>
+      <c r="H98">
+        <v>2009</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>43</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>207</v>
+      </c>
+      <c r="M98" t="s">
+        <v>44</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>400</v>
+      </c>
+      <c r="P98" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>401</v>
+      </c>
+      <c r="B99" t="s">
+        <v>402</v>
+      </c>
+      <c r="C99" t="s">
+        <v>38</v>
+      </c>
+      <c r="D99" t="s">
+        <v>125</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>107</v>
+      </c>
+      <c r="H99">
+        <v>2002</v>
+      </c>
+      <c r="I99">
+        <v>2004</v>
+      </c>
+      <c r="J99" t="s">
+        <v>43</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>126</v>
+      </c>
+      <c r="M99" t="s">
+        <v>44</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>403</v>
+      </c>
+      <c r="P99" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>404</v>
+      </c>
+      <c r="B100" t="s">
+        <v>405</v>
+      </c>
+      <c r="C100" t="s">
+        <v>38</v>
+      </c>
+      <c r="D100" t="s">
+        <v>406</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100"/>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>43</v>
+      </c>
+      <c r="K100" t="s">
+        <v>220</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>44</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>407</v>
+      </c>
+      <c r="P100" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>408</v>
+      </c>
+      <c r="B101" t="s">
+        <v>409</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>410</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>411</v>
+      </c>
+      <c r="G101" t="s">
+        <v>42</v>
+      </c>
+      <c r="H101">
+        <v>2021</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>412</v>
+      </c>
+      <c r="K101" t="s">
+        <v>413</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>414</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>415</v>
+      </c>
+      <c r="P101" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>417</v>
+      </c>
+      <c r="B102" t="s">
+        <v>418</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>267</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>107</v>
+      </c>
+      <c r="H102">
+        <v>2014</v>
+      </c>
+      <c r="I102">
+        <v>2025</v>
+      </c>
+      <c r="J102" t="s">
+        <v>412</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>414</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>419</v>
+      </c>
+      <c r="P102" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>421</v>
+      </c>
+      <c r="B103" t="s">
+        <v>422</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>125</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>411</v>
+      </c>
+      <c r="G103" t="s">
+        <v>107</v>
+      </c>
+      <c r="H103">
+        <v>2010</v>
+      </c>
+      <c r="I103">
+        <v>2016</v>
+      </c>
+      <c r="J103" t="s">
         <v>23</v>
       </c>
-      <c r="N95" t="s">
-[...7 lines deleted...]
-      <c r="B96" t="s">
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>423</v>
+      </c>
+      <c r="M103" t="s">
+        <v>414</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>424</v>
+      </c>
+      <c r="P103" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>426</v>
+      </c>
+      <c r="B104" t="s">
+        <v>427</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>428</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>107</v>
+      </c>
+      <c r="H104">
+        <v>2004</v>
+      </c>
+      <c r="I104">
+        <v>2015</v>
+      </c>
+      <c r="J104" t="s">
+        <v>412</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>429</v>
+      </c>
+      <c r="M104" t="s">
+        <v>414</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>430</v>
+      </c>
+      <c r="P104" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>432</v>
+      </c>
+      <c r="B105" t="s">
+        <v>433</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>267</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>107</v>
+      </c>
+      <c r="H105">
+        <v>1996</v>
+      </c>
+      <c r="I105">
+        <v>2005</v>
+      </c>
+      <c r="J105" t="s">
+        <v>434</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>432</v>
+      </c>
+      <c r="M105" t="s">
+        <v>414</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>435</v>
+      </c>
+      <c r="P105" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>437</v>
+      </c>
+      <c r="B106" t="s">
+        <v>438</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>378</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>411</v>
+      </c>
+      <c r="G106" t="s">
+        <v>107</v>
+      </c>
+      <c r="H106">
+        <v>2006</v>
+      </c>
+      <c r="I106">
+        <v>2025</v>
+      </c>
+      <c r="J106" t="s">
+        <v>412</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>439</v>
+      </c>
+      <c r="M106" t="s">
+        <v>414</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>440</v>
+      </c>
+      <c r="P106" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>442</v>
+      </c>
+      <c r="B107" t="s">
+        <v>443</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>444</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>411</v>
+      </c>
+      <c r="G107" t="s">
+        <v>42</v>
+      </c>
+      <c r="H107">
+        <v>2020</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>412</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>445</v>
+      </c>
+      <c r="M107" t="s">
+        <v>414</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>446</v>
+      </c>
+      <c r="P107" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>448</v>
+      </c>
+      <c r="B108" t="s">
+        <v>449</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
         <v>31</v>
       </c>
-      <c r="C96" t="s">
-[...5 lines deleted...]
-      <c r="E96" t="s">
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>450</v>
+      </c>
+      <c r="H108">
+        <v>1997</v>
+      </c>
+      <c r="I108">
+        <v>2005</v>
+      </c>
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>414</v>
+      </c>
+      <c r="N108" t="s">
+        <v>243</v>
+      </c>
+      <c r="O108" t="s">
+        <v>451</v>
+      </c>
+      <c r="P108" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>453</v>
+      </c>
+      <c r="B109" t="s">
+        <v>454</v>
+      </c>
+      <c r="C109" t="s">
         <v>18</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96">
+      <c r="D109" t="s">
+        <v>31</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>107</v>
+      </c>
+      <c r="H109">
+        <v>2004</v>
+      </c>
+      <c r="I109">
+        <v>2025</v>
+      </c>
+      <c r="J109" t="s">
+        <v>412</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>455</v>
+      </c>
+      <c r="M109" t="s">
+        <v>414</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>456</v>
+      </c>
+      <c r="P109" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>458</v>
+      </c>
+      <c r="B110" t="s">
+        <v>459</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>460</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>42</v>
+      </c>
+      <c r="H110">
+        <v>2018</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>23</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>458</v>
+      </c>
+      <c r="M110" t="s">
+        <v>414</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>461</v>
+      </c>
+      <c r="P110" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>463</v>
+      </c>
+      <c r="B111" t="s">
+        <v>464</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>247</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>8</v>
+      </c>
+      <c r="H111">
+        <v>2016</v>
+      </c>
+      <c r="I111">
+        <v>2025</v>
+      </c>
+      <c r="J111" t="s">
+        <v>412</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>465</v>
+      </c>
+      <c r="M111" t="s">
+        <v>414</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>466</v>
+      </c>
+      <c r="P111" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>468</v>
+      </c>
+      <c r="B112" t="s">
+        <v>469</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>185</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>107</v>
+      </c>
+      <c r="H112">
         <v>2012</v>
       </c>
-      <c r="H96">
-[...5 lines deleted...]
-      <c r="J96" t="s">
+      <c r="I112">
+        <v>2013</v>
+      </c>
+      <c r="J112" t="s">
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>468</v>
+      </c>
+      <c r="M112" t="s">
+        <v>414</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>470</v>
+      </c>
+      <c r="P112" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>472</v>
+      </c>
+      <c r="B113" t="s">
+        <v>473</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>105</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
         <v>21</v>
       </c>
-      <c r="K96"/>
-[...3 lines deleted...]
-      <c r="M96" t="s">
+      <c r="G113" t="s">
+        <v>107</v>
+      </c>
+      <c r="H113">
+        <v>1995</v>
+      </c>
+      <c r="I113">
+        <v>2017</v>
+      </c>
+      <c r="J113" t="s">
         <v>23</v>
       </c>
-      <c r="N96" t="s">
-[...7 lines deleted...]
-      <c r="B97" t="s">
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>472</v>
+      </c>
+      <c r="M113" t="s">
+        <v>414</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>474</v>
+      </c>
+      <c r="P113" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>476</v>
+      </c>
+      <c r="B114" t="s">
+        <v>477</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>105</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>107</v>
+      </c>
+      <c r="H114">
+        <v>1995</v>
+      </c>
+      <c r="I114">
+        <v>2018</v>
+      </c>
+      <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>414</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>478</v>
+      </c>
+      <c r="P114" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>480</v>
+      </c>
+      <c r="B115"/>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>410</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>42</v>
+      </c>
+      <c r="H115">
+        <v>2018</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>23</v>
+      </c>
+      <c r="K115" t="s">
+        <v>481</v>
+      </c>
+      <c r="L115" t="s">
+        <v>482</v>
+      </c>
+      <c r="M115" t="s">
+        <v>414</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>483</v>
+      </c>
+      <c r="P115" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>485</v>
+      </c>
+      <c r="B116" t="s">
+        <v>486</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>355</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>107</v>
+      </c>
+      <c r="H116">
+        <v>2010</v>
+      </c>
+      <c r="I116">
+        <v>2018</v>
+      </c>
+      <c r="J116" t="s">
+        <v>23</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>485</v>
+      </c>
+      <c r="M116" t="s">
+        <v>414</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>487</v>
+      </c>
+      <c r="P116" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>489</v>
+      </c>
+      <c r="B117" t="s">
+        <v>490</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>317</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>491</v>
+      </c>
+      <c r="H117">
+        <v>2017</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>412</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>492</v>
+      </c>
+      <c r="M117" t="s">
+        <v>414</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>493</v>
+      </c>
+      <c r="P117" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>495</v>
+      </c>
+      <c r="B118" t="s">
+        <v>496</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>497</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>107</v>
+      </c>
+      <c r="H118">
+        <v>2012</v>
+      </c>
+      <c r="I118">
+        <v>2017</v>
+      </c>
+      <c r="J118" t="s">
+        <v>108</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>495</v>
+      </c>
+      <c r="M118" t="s">
+        <v>414</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>498</v>
+      </c>
+      <c r="P118" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>500</v>
+      </c>
+      <c r="B119" t="s">
+        <v>501</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>234</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>42</v>
+      </c>
+      <c r="H119">
+        <v>2021</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>23</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>502</v>
+      </c>
+      <c r="M119" t="s">
+        <v>414</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>503</v>
+      </c>
+      <c r="P119" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>505</v>
+      </c>
+      <c r="B120" t="s">
+        <v>506</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
         <v>31</v>
       </c>
-      <c r="C97" t="s">
-[...5 lines deleted...]
-      <c r="E97" t="s">
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>42</v>
+      </c>
+      <c r="H120">
+        <v>2021</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>23</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>507</v>
+      </c>
+      <c r="N120" t="s">
+        <v>243</v>
+      </c>
+      <c r="O120" t="s">
+        <v>508</v>
+      </c>
+      <c r="P120" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>510</v>
+      </c>
+      <c r="B121" t="s">
+        <v>511</v>
+      </c>
+      <c r="C121" t="s">
         <v>18</v>
       </c>
-      <c r="F97" t="s">
-[...211 lines deleted...]
-      <c r="H102">
+      <c r="D121" t="s">
+        <v>512</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>411</v>
+      </c>
+      <c r="G121" t="s">
+        <v>491</v>
+      </c>
+      <c r="H121">
         <v>2025</v>
       </c>
-      <c r="I102" t="s">
-[...815 lines deleted...]
-      </c>
+      <c r="I121"/>
       <c r="J121" t="s">
-        <v>21</v>
+        <v>412</v>
       </c>
       <c r="K121" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="L121" t="s">
-        <v>311</v>
+        <v>513</v>
       </c>
       <c r="M121" t="s">
-        <v>23</v>
+        <v>414</v>
       </c>
       <c r="N121" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>514</v>
+      </c>
+      <c r="P121" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>372</v>
+        <v>516</v>
       </c>
       <c r="B122" t="s">
-        <v>31</v>
+        <v>517</v>
       </c>
       <c r="C122" t="s">
-        <v>96</v>
+        <v>38</v>
       </c>
       <c r="D122" t="s">
-        <v>33</v>
+        <v>125</v>
       </c>
       <c r="E122" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F122" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>41</v>
+      </c>
+      <c r="G122" t="s">
+        <v>107</v>
       </c>
       <c r="H122">
         <v>2012</v>
       </c>
-      <c r="I122" t="s">
-        <v>36</v>
+      <c r="I122">
+        <v>2012</v>
       </c>
       <c r="J122" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122"/>
       <c r="M122" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="N122" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>518</v>
+      </c>
+      <c r="P122" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>372</v>
+        <v>516</v>
       </c>
       <c r="B123" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C123" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="D123" t="s">
-        <v>33</v>
+        <v>101</v>
       </c>
       <c r="E123" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F123" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>41</v>
+      </c>
+      <c r="G123" t="s">
+        <v>107</v>
       </c>
       <c r="H123">
         <v>2012</v>
       </c>
-      <c r="I123" t="s">
-        <v>36</v>
+      <c r="I123">
+        <v>2012</v>
       </c>
       <c r="J123" t="s">
+        <v>43</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>44</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>519</v>
+      </c>
+      <c r="P123" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>520</v>
+      </c>
+      <c r="B124" t="s">
+        <v>521</v>
+      </c>
+      <c r="C124" t="s">
+        <v>522</v>
+      </c>
+      <c r="D124" t="s">
+        <v>523</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>524</v>
+      </c>
+      <c r="G124" t="s">
+        <v>8</v>
+      </c>
+      <c r="H124">
+        <v>2015</v>
+      </c>
+      <c r="I124">
+        <v>2024</v>
+      </c>
+      <c r="J124" t="s">
+        <v>525</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>526</v>
+      </c>
+      <c r="M124" t="s">
+        <v>527</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>528</v>
+      </c>
+      <c r="P124" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>530</v>
+      </c>
+      <c r="B125" t="s">
+        <v>531</v>
+      </c>
+      <c r="C125" t="s">
+        <v>38</v>
+      </c>
+      <c r="D125" t="s">
+        <v>202</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>524</v>
+      </c>
+      <c r="G125" t="s">
+        <v>8</v>
+      </c>
+      <c r="H125">
+        <v>2004</v>
+      </c>
+      <c r="I125">
+        <v>2024</v>
+      </c>
+      <c r="J125" t="s">
+        <v>525</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>532</v>
+      </c>
+      <c r="M125" t="s">
+        <v>527</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>533</v>
+      </c>
+      <c r="P125" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>534</v>
+      </c>
+      <c r="B126" t="s">
+        <v>535</v>
+      </c>
+      <c r="C126" t="s">
+        <v>522</v>
+      </c>
+      <c r="D126" t="s">
+        <v>39</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>411</v>
+      </c>
+      <c r="G126" t="s">
+        <v>491</v>
+      </c>
+      <c r="H126">
+        <v>2024</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>525</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>536</v>
+      </c>
+      <c r="M126" t="s">
+        <v>527</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>537</v>
+      </c>
+      <c r="P126" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>538</v>
+      </c>
+      <c r="B127" t="s">
+        <v>539</v>
+      </c>
+      <c r="C127" t="s">
+        <v>522</v>
+      </c>
+      <c r="D127" t="s">
+        <v>540</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>541</v>
+      </c>
+      <c r="G127" t="s">
+        <v>491</v>
+      </c>
+      <c r="H127">
+        <v>2024</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>525</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>542</v>
+      </c>
+      <c r="M127" t="s">
+        <v>527</v>
+      </c>
+      <c r="N127" t="s">
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>543</v>
+      </c>
+      <c r="P127" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>544</v>
+      </c>
+      <c r="B128" t="s">
+        <v>545</v>
+      </c>
+      <c r="C128" t="s">
+        <v>38</v>
+      </c>
+      <c r="D128" t="s">
+        <v>546</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>411</v>
+      </c>
+      <c r="G128" t="s">
+        <v>8</v>
+      </c>
+      <c r="H128">
+        <v>2011</v>
+      </c>
+      <c r="I128">
+        <v>2024</v>
+      </c>
+      <c r="J128" t="s">
+        <v>525</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>547</v>
+      </c>
+      <c r="M128" t="s">
+        <v>527</v>
+      </c>
+      <c r="N128" t="s">
+        <v>26</v>
+      </c>
+      <c r="O128" t="s">
+        <v>548</v>
+      </c>
+      <c r="P128" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>550</v>
+      </c>
+      <c r="B129" t="s">
+        <v>551</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>460</v>
+      </c>
+      <c r="E129" t="s">
+        <v>40</v>
+      </c>
+      <c r="F129" t="s">
+        <v>41</v>
+      </c>
+      <c r="G129" t="s">
+        <v>107</v>
+      </c>
+      <c r="H129">
+        <v>2000</v>
+      </c>
+      <c r="I129">
+        <v>2020</v>
+      </c>
+      <c r="J129" t="s">
+        <v>552</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>458</v>
+      </c>
+      <c r="M129" t="s">
+        <v>553</v>
+      </c>
+      <c r="N129" t="s">
+        <v>26</v>
+      </c>
+      <c r="O129" t="s">
+        <v>554</v>
+      </c>
+      <c r="P129" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>556</v>
+      </c>
+      <c r="B130" t="s">
+        <v>557</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>185</v>
+      </c>
+      <c r="E130" t="s">
+        <v>40</v>
+      </c>
+      <c r="F130" t="s">
+        <v>41</v>
+      </c>
+      <c r="G130" t="s">
+        <v>107</v>
+      </c>
+      <c r="H130">
+        <v>2010</v>
+      </c>
+      <c r="I130">
+        <v>2022</v>
+      </c>
+      <c r="J130" t="s">
+        <v>552</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>558</v>
+      </c>
+      <c r="M130" t="s">
+        <v>553</v>
+      </c>
+      <c r="N130" t="s">
+        <v>26</v>
+      </c>
+      <c r="O130" t="s">
+        <v>559</v>
+      </c>
+      <c r="P130" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>561</v>
+      </c>
+      <c r="B131" t="s">
+        <v>562</v>
+      </c>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>105</v>
+      </c>
+      <c r="E131" t="s">
+        <v>40</v>
+      </c>
+      <c r="F131" t="s">
+        <v>41</v>
+      </c>
+      <c r="G131" t="s">
+        <v>107</v>
+      </c>
+      <c r="H131">
+        <v>2010</v>
+      </c>
+      <c r="I131">
+        <v>2017</v>
+      </c>
+      <c r="J131" t="s">
+        <v>552</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>563</v>
+      </c>
+      <c r="M131" t="s">
+        <v>553</v>
+      </c>
+      <c r="N131" t="s">
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
+        <v>564</v>
+      </c>
+      <c r="P131" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>566</v>
+      </c>
+      <c r="B132" t="s">
+        <v>567</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>247</v>
+      </c>
+      <c r="E132" t="s">
+        <v>40</v>
+      </c>
+      <c r="F132" t="s">
+        <v>41</v>
+      </c>
+      <c r="G132" t="s">
+        <v>107</v>
+      </c>
+      <c r="H132">
+        <v>1994</v>
+      </c>
+      <c r="I132">
+        <v>2012</v>
+      </c>
+      <c r="J132" t="s">
+        <v>552</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>568</v>
+      </c>
+      <c r="M132" t="s">
+        <v>553</v>
+      </c>
+      <c r="N132" t="s">
+        <v>243</v>
+      </c>
+      <c r="O132" t="s">
+        <v>569</v>
+      </c>
+      <c r="P132" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>571</v>
+      </c>
+      <c r="B133" t="s">
+        <v>572</v>
+      </c>
+      <c r="C133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" t="s">
+        <v>185</v>
+      </c>
+      <c r="E133" t="s">
+        <v>40</v>
+      </c>
+      <c r="F133" t="s">
+        <v>41</v>
+      </c>
+      <c r="G133" t="s">
+        <v>107</v>
+      </c>
+      <c r="H133">
+        <v>1995</v>
+      </c>
+      <c r="I133">
+        <v>2013</v>
+      </c>
+      <c r="J133" t="s">
+        <v>552</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>573</v>
+      </c>
+      <c r="M133" t="s">
+        <v>553</v>
+      </c>
+      <c r="N133" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
+        <v>574</v>
+      </c>
+      <c r="P133" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>576</v>
+      </c>
+      <c r="B134" t="s">
+        <v>577</v>
+      </c>
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
+        <v>251</v>
+      </c>
+      <c r="E134" t="s">
+        <v>40</v>
+      </c>
+      <c r="F134" t="s">
+        <v>41</v>
+      </c>
+      <c r="G134" t="s">
+        <v>107</v>
+      </c>
+      <c r="H134">
+        <v>1996</v>
+      </c>
+      <c r="I134">
+        <v>2012</v>
+      </c>
+      <c r="J134" t="s">
+        <v>552</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>578</v>
+      </c>
+      <c r="M134" t="s">
+        <v>553</v>
+      </c>
+      <c r="N134" t="s">
+        <v>26</v>
+      </c>
+      <c r="O134" t="s">
+        <v>579</v>
+      </c>
+      <c r="P134" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>581</v>
+      </c>
+      <c r="B135" t="s">
+        <v>582</v>
+      </c>
+      <c r="C135" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" t="s">
+        <v>251</v>
+      </c>
+      <c r="E135" t="s">
+        <v>40</v>
+      </c>
+      <c r="F135" t="s">
+        <v>41</v>
+      </c>
+      <c r="G135" t="s">
+        <v>107</v>
+      </c>
+      <c r="H135">
+        <v>1996</v>
+      </c>
+      <c r="I135">
+        <v>2012</v>
+      </c>
+      <c r="J135" t="s">
+        <v>552</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>583</v>
+      </c>
+      <c r="M135" t="s">
+        <v>553</v>
+      </c>
+      <c r="N135" t="s">
+        <v>26</v>
+      </c>
+      <c r="O135" t="s">
+        <v>584</v>
+      </c>
+      <c r="P135" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>586</v>
+      </c>
+      <c r="B136" t="s">
+        <v>587</v>
+      </c>
+      <c r="C136" t="s">
+        <v>18</v>
+      </c>
+      <c r="D136" t="s">
+        <v>588</v>
+      </c>
+      <c r="E136" t="s">
+        <v>40</v>
+      </c>
+      <c r="F136" t="s">
+        <v>41</v>
+      </c>
+      <c r="G136" t="s">
+        <v>107</v>
+      </c>
+      <c r="H136">
+        <v>1996</v>
+      </c>
+      <c r="I136">
+        <v>2012</v>
+      </c>
+      <c r="J136" t="s">
+        <v>552</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>589</v>
+      </c>
+      <c r="M136" t="s">
+        <v>553</v>
+      </c>
+      <c r="N136" t="s">
+        <v>26</v>
+      </c>
+      <c r="O136" t="s">
+        <v>590</v>
+      </c>
+      <c r="P136" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>592</v>
+      </c>
+      <c r="B137" t="s">
+        <v>593</v>
+      </c>
+      <c r="C137" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" t="s">
+        <v>185</v>
+      </c>
+      <c r="E137" t="s">
+        <v>40</v>
+      </c>
+      <c r="F137" t="s">
+        <v>41</v>
+      </c>
+      <c r="G137" t="s">
+        <v>107</v>
+      </c>
+      <c r="H137">
+        <v>1996</v>
+      </c>
+      <c r="I137">
+        <v>2015</v>
+      </c>
+      <c r="J137" t="s">
+        <v>552</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>594</v>
+      </c>
+      <c r="M137" t="s">
+        <v>553</v>
+      </c>
+      <c r="N137" t="s">
+        <v>26</v>
+      </c>
+      <c r="O137" t="s">
+        <v>595</v>
+      </c>
+      <c r="P137" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>597</v>
+      </c>
+      <c r="B138" t="s">
+        <v>598</v>
+      </c>
+      <c r="C138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D138" t="s">
+        <v>588</v>
+      </c>
+      <c r="E138" t="s">
+        <v>40</v>
+      </c>
+      <c r="F138" t="s">
+        <v>41</v>
+      </c>
+      <c r="G138" t="s">
+        <v>107</v>
+      </c>
+      <c r="H138">
+        <v>1996</v>
+      </c>
+      <c r="I138">
+        <v>2013</v>
+      </c>
+      <c r="J138" t="s">
+        <v>552</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>599</v>
+      </c>
+      <c r="M138" t="s">
+        <v>553</v>
+      </c>
+      <c r="N138" t="s">
+        <v>26</v>
+      </c>
+      <c r="O138" t="s">
+        <v>600</v>
+      </c>
+      <c r="P138" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>602</v>
+      </c>
+      <c r="B139" t="s">
+        <v>603</v>
+      </c>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>588</v>
+      </c>
+      <c r="E139" t="s">
+        <v>40</v>
+      </c>
+      <c r="F139" t="s">
+        <v>41</v>
+      </c>
+      <c r="G139" t="s">
+        <v>107</v>
+      </c>
+      <c r="H139">
+        <v>1997</v>
+      </c>
+      <c r="I139">
+        <v>2012</v>
+      </c>
+      <c r="J139" t="s">
+        <v>552</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>604</v>
+      </c>
+      <c r="M139" t="s">
+        <v>553</v>
+      </c>
+      <c r="N139" t="s">
+        <v>26</v>
+      </c>
+      <c r="O139" t="s">
+        <v>605</v>
+      </c>
+      <c r="P139" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>607</v>
+      </c>
+      <c r="B140" t="s">
+        <v>608</v>
+      </c>
+      <c r="C140" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" t="s">
+        <v>185</v>
+      </c>
+      <c r="E140" t="s">
+        <v>40</v>
+      </c>
+      <c r="F140" t="s">
+        <v>41</v>
+      </c>
+      <c r="G140" t="s">
+        <v>107</v>
+      </c>
+      <c r="H140">
+        <v>1998</v>
+      </c>
+      <c r="I140">
+        <v>2012</v>
+      </c>
+      <c r="J140" t="s">
+        <v>552</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>609</v>
+      </c>
+      <c r="M140" t="s">
+        <v>553</v>
+      </c>
+      <c r="N140" t="s">
+        <v>26</v>
+      </c>
+      <c r="O140" t="s">
+        <v>610</v>
+      </c>
+      <c r="P140" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>612</v>
+      </c>
+      <c r="B141" t="s">
+        <v>613</v>
+      </c>
+      <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
+        <v>105</v>
+      </c>
+      <c r="E141" t="s">
+        <v>40</v>
+      </c>
+      <c r="F141" t="s">
+        <v>41</v>
+      </c>
+      <c r="G141" t="s">
+        <v>107</v>
+      </c>
+      <c r="H141">
+        <v>1998</v>
+      </c>
+      <c r="I141">
+        <v>2012</v>
+      </c>
+      <c r="J141" t="s">
+        <v>43</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>614</v>
+      </c>
+      <c r="M141" t="s">
+        <v>615</v>
+      </c>
+      <c r="N141" t="s">
+        <v>26</v>
+      </c>
+      <c r="O141" t="s">
+        <v>616</v>
+      </c>
+      <c r="P141" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>618</v>
+      </c>
+      <c r="B142" t="s">
+        <v>619</v>
+      </c>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>31</v>
+      </c>
+      <c r="E142" t="s">
+        <v>40</v>
+      </c>
+      <c r="F142" t="s">
+        <v>41</v>
+      </c>
+      <c r="G142" t="s">
+        <v>107</v>
+      </c>
+      <c r="H142">
+        <v>1999</v>
+      </c>
+      <c r="I142">
+        <v>2012</v>
+      </c>
+      <c r="J142" t="s">
+        <v>552</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>620</v>
+      </c>
+      <c r="M142" t="s">
+        <v>553</v>
+      </c>
+      <c r="N142" t="s">
+        <v>26</v>
+      </c>
+      <c r="O142" t="s">
+        <v>621</v>
+      </c>
+      <c r="P142" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>623</v>
+      </c>
+      <c r="B143" t="s">
+        <v>624</v>
+      </c>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>125</v>
+      </c>
+      <c r="E143" t="s">
+        <v>40</v>
+      </c>
+      <c r="F143" t="s">
+        <v>41</v>
+      </c>
+      <c r="G143" t="s">
+        <v>107</v>
+      </c>
+      <c r="H143">
+        <v>2000</v>
+      </c>
+      <c r="I143">
+        <v>2012</v>
+      </c>
+      <c r="J143" t="s">
+        <v>552</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
+        <v>625</v>
+      </c>
+      <c r="M143" t="s">
+        <v>553</v>
+      </c>
+      <c r="N143" t="s">
+        <v>26</v>
+      </c>
+      <c r="O143" t="s">
+        <v>626</v>
+      </c>
+      <c r="P143" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>628</v>
+      </c>
+      <c r="B144" t="s">
+        <v>629</v>
+      </c>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>630</v>
+      </c>
+      <c r="E144" t="s">
+        <v>40</v>
+      </c>
+      <c r="F144" t="s">
+        <v>41</v>
+      </c>
+      <c r="G144" t="s">
+        <v>107</v>
+      </c>
+      <c r="H144">
+        <v>2001</v>
+      </c>
+      <c r="I144">
+        <v>2015</v>
+      </c>
+      <c r="J144" t="s">
+        <v>552</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>631</v>
+      </c>
+      <c r="M144" t="s">
+        <v>553</v>
+      </c>
+      <c r="N144" t="s">
+        <v>26</v>
+      </c>
+      <c r="O144" t="s">
+        <v>632</v>
+      </c>
+      <c r="P144" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>634</v>
+      </c>
+      <c r="B145" t="s">
+        <v>635</v>
+      </c>
+      <c r="C145" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" t="s">
+        <v>267</v>
+      </c>
+      <c r="E145" t="s">
+        <v>40</v>
+      </c>
+      <c r="F145" t="s">
+        <v>41</v>
+      </c>
+      <c r="G145" t="s">
+        <v>107</v>
+      </c>
+      <c r="H145">
+        <v>2002</v>
+      </c>
+      <c r="I145">
+        <v>2012</v>
+      </c>
+      <c r="J145" t="s">
+        <v>552</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
+        <v>636</v>
+      </c>
+      <c r="M145" t="s">
+        <v>553</v>
+      </c>
+      <c r="N145" t="s">
+        <v>26</v>
+      </c>
+      <c r="O145" t="s">
+        <v>637</v>
+      </c>
+      <c r="P145" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>639</v>
+      </c>
+      <c r="B146" t="s">
+        <v>640</v>
+      </c>
+      <c r="C146" t="s">
+        <v>18</v>
+      </c>
+      <c r="D146" t="s">
+        <v>588</v>
+      </c>
+      <c r="E146" t="s">
+        <v>40</v>
+      </c>
+      <c r="F146" t="s">
+        <v>41</v>
+      </c>
+      <c r="G146" t="s">
+        <v>107</v>
+      </c>
+      <c r="H146">
+        <v>2003</v>
+      </c>
+      <c r="I146">
+        <v>2013</v>
+      </c>
+      <c r="J146" t="s">
+        <v>552</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>641</v>
+      </c>
+      <c r="M146" t="s">
+        <v>553</v>
+      </c>
+      <c r="N146" t="s">
+        <v>26</v>
+      </c>
+      <c r="O146" t="s">
+        <v>642</v>
+      </c>
+      <c r="P146" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>644</v>
+      </c>
+      <c r="B147" t="s">
+        <v>645</v>
+      </c>
+      <c r="C147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" t="s">
+        <v>105</v>
+      </c>
+      <c r="E147" t="s">
+        <v>40</v>
+      </c>
+      <c r="F147" t="s">
+        <v>41</v>
+      </c>
+      <c r="G147" t="s">
+        <v>107</v>
+      </c>
+      <c r="H147">
+        <v>1998</v>
+      </c>
+      <c r="I147">
+        <v>2012</v>
+      </c>
+      <c r="J147" t="s">
+        <v>43</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>646</v>
+      </c>
+      <c r="M147" t="s">
+        <v>615</v>
+      </c>
+      <c r="N147" t="s">
+        <v>26</v>
+      </c>
+      <c r="O147" t="s">
+        <v>647</v>
+      </c>
+      <c r="P147" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>648</v>
+      </c>
+      <c r="B148" t="s">
+        <v>649</v>
+      </c>
+      <c r="C148" t="s">
+        <v>18</v>
+      </c>
+      <c r="D148" t="s">
+        <v>97</v>
+      </c>
+      <c r="E148" t="s">
+        <v>40</v>
+      </c>
+      <c r="F148" t="s">
+        <v>41</v>
+      </c>
+      <c r="G148" t="s">
+        <v>107</v>
+      </c>
+      <c r="H148">
+        <v>2003</v>
+      </c>
+      <c r="I148">
+        <v>2012</v>
+      </c>
+      <c r="J148" t="s">
+        <v>552</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>650</v>
+      </c>
+      <c r="M148" t="s">
+        <v>553</v>
+      </c>
+      <c r="N148" t="s">
+        <v>26</v>
+      </c>
+      <c r="O148" t="s">
+        <v>651</v>
+      </c>
+      <c r="P148" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>653</v>
+      </c>
+      <c r="B149" t="s">
+        <v>654</v>
+      </c>
+      <c r="C149" t="s">
+        <v>18</v>
+      </c>
+      <c r="D149" t="s">
+        <v>185</v>
+      </c>
+      <c r="E149" t="s">
+        <v>40</v>
+      </c>
+      <c r="F149" t="s">
+        <v>41</v>
+      </c>
+      <c r="G149" t="s">
+        <v>107</v>
+      </c>
+      <c r="H149">
+        <v>2004</v>
+      </c>
+      <c r="I149">
+        <v>2012</v>
+      </c>
+      <c r="J149" t="s">
+        <v>552</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>655</v>
+      </c>
+      <c r="M149" t="s">
+        <v>553</v>
+      </c>
+      <c r="N149" t="s">
+        <v>243</v>
+      </c>
+      <c r="O149" t="s">
+        <v>656</v>
+      </c>
+      <c r="P149" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>658</v>
+      </c>
+      <c r="B150" t="s">
+        <v>659</v>
+      </c>
+      <c r="C150" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" t="s">
+        <v>588</v>
+      </c>
+      <c r="E150" t="s">
+        <v>40</v>
+      </c>
+      <c r="F150" t="s">
+        <v>41</v>
+      </c>
+      <c r="G150" t="s">
+        <v>107</v>
+      </c>
+      <c r="H150">
+        <v>2004</v>
+      </c>
+      <c r="I150">
+        <v>2012</v>
+      </c>
+      <c r="J150" t="s">
+        <v>552</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>660</v>
+      </c>
+      <c r="M150" t="s">
+        <v>553</v>
+      </c>
+      <c r="N150" t="s">
+        <v>26</v>
+      </c>
+      <c r="O150" t="s">
+        <v>661</v>
+      </c>
+      <c r="P150" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>663</v>
+      </c>
+      <c r="B151" t="s">
+        <v>664</v>
+      </c>
+      <c r="C151" t="s">
+        <v>18</v>
+      </c>
+      <c r="D151" t="s">
+        <v>588</v>
+      </c>
+      <c r="E151" t="s">
+        <v>40</v>
+      </c>
+      <c r="F151" t="s">
+        <v>41</v>
+      </c>
+      <c r="G151" t="s">
+        <v>107</v>
+      </c>
+      <c r="H151">
+        <v>2004</v>
+      </c>
+      <c r="I151">
+        <v>2012</v>
+      </c>
+      <c r="J151" t="s">
+        <v>552</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>660</v>
+      </c>
+      <c r="M151" t="s">
+        <v>553</v>
+      </c>
+      <c r="N151" t="s">
+        <v>26</v>
+      </c>
+      <c r="O151" t="s">
+        <v>665</v>
+      </c>
+      <c r="P151" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>667</v>
+      </c>
+      <c r="B152" t="s">
+        <v>668</v>
+      </c>
+      <c r="C152" t="s">
+        <v>18</v>
+      </c>
+      <c r="D152" t="s">
+        <v>267</v>
+      </c>
+      <c r="E152" t="s">
+        <v>40</v>
+      </c>
+      <c r="F152" t="s">
+        <v>41</v>
+      </c>
+      <c r="G152" t="s">
+        <v>107</v>
+      </c>
+      <c r="H152">
+        <v>2004</v>
+      </c>
+      <c r="I152">
+        <v>2012</v>
+      </c>
+      <c r="J152" t="s">
+        <v>552</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>669</v>
+      </c>
+      <c r="M152" t="s">
+        <v>553</v>
+      </c>
+      <c r="N152" t="s">
+        <v>26</v>
+      </c>
+      <c r="O152" t="s">
+        <v>670</v>
+      </c>
+      <c r="P152" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>672</v>
+      </c>
+      <c r="B153" t="s">
+        <v>673</v>
+      </c>
+      <c r="C153" t="s">
+        <v>18</v>
+      </c>
+      <c r="D153" t="s">
+        <v>251</v>
+      </c>
+      <c r="E153" t="s">
+        <v>40</v>
+      </c>
+      <c r="F153" t="s">
+        <v>41</v>
+      </c>
+      <c r="G153" t="s">
+        <v>107</v>
+      </c>
+      <c r="H153">
+        <v>2004</v>
+      </c>
+      <c r="I153">
+        <v>2012</v>
+      </c>
+      <c r="J153" t="s">
+        <v>552</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>578</v>
+      </c>
+      <c r="M153" t="s">
+        <v>553</v>
+      </c>
+      <c r="N153" t="s">
+        <v>26</v>
+      </c>
+      <c r="O153" t="s">
+        <v>674</v>
+      </c>
+      <c r="P153" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>676</v>
+      </c>
+      <c r="B154" t="s">
+        <v>677</v>
+      </c>
+      <c r="C154" t="s">
+        <v>18</v>
+      </c>
+      <c r="D154" t="s">
+        <v>251</v>
+      </c>
+      <c r="E154" t="s">
+        <v>40</v>
+      </c>
+      <c r="F154" t="s">
+        <v>41</v>
+      </c>
+      <c r="G154" t="s">
+        <v>107</v>
+      </c>
+      <c r="H154">
+        <v>2005</v>
+      </c>
+      <c r="I154">
+        <v>2012</v>
+      </c>
+      <c r="J154" t="s">
+        <v>552</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>678</v>
+      </c>
+      <c r="M154" t="s">
+        <v>553</v>
+      </c>
+      <c r="N154" t="s">
+        <v>26</v>
+      </c>
+      <c r="O154" t="s">
+        <v>679</v>
+      </c>
+      <c r="P154" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>681</v>
+      </c>
+      <c r="B155" t="s">
+        <v>682</v>
+      </c>
+      <c r="C155" t="s">
+        <v>18</v>
+      </c>
+      <c r="D155" t="s">
+        <v>588</v>
+      </c>
+      <c r="E155" t="s">
+        <v>40</v>
+      </c>
+      <c r="F155" t="s">
+        <v>41</v>
+      </c>
+      <c r="G155" t="s">
+        <v>107</v>
+      </c>
+      <c r="H155">
+        <v>2005</v>
+      </c>
+      <c r="I155">
+        <v>2012</v>
+      </c>
+      <c r="J155" t="s">
+        <v>552</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>683</v>
+      </c>
+      <c r="M155" t="s">
+        <v>553</v>
+      </c>
+      <c r="N155" t="s">
+        <v>26</v>
+      </c>
+      <c r="O155" t="s">
+        <v>684</v>
+      </c>
+      <c r="P155" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>686</v>
+      </c>
+      <c r="B156" t="s">
+        <v>687</v>
+      </c>
+      <c r="C156" t="s">
+        <v>18</v>
+      </c>
+      <c r="D156" t="s">
+        <v>251</v>
+      </c>
+      <c r="E156" t="s">
+        <v>40</v>
+      </c>
+      <c r="F156" t="s">
+        <v>41</v>
+      </c>
+      <c r="G156" t="s">
+        <v>107</v>
+      </c>
+      <c r="H156">
+        <v>2007</v>
+      </c>
+      <c r="I156">
+        <v>2012</v>
+      </c>
+      <c r="J156" t="s">
+        <v>552</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>688</v>
+      </c>
+      <c r="M156" t="s">
+        <v>553</v>
+      </c>
+      <c r="N156" t="s">
+        <v>26</v>
+      </c>
+      <c r="O156" t="s">
+        <v>689</v>
+      </c>
+      <c r="P156" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>691</v>
+      </c>
+      <c r="B157" t="s">
+        <v>692</v>
+      </c>
+      <c r="C157" t="s">
+        <v>18</v>
+      </c>
+      <c r="D157" t="s">
+        <v>130</v>
+      </c>
+      <c r="E157" t="s">
+        <v>40</v>
+      </c>
+      <c r="F157" t="s">
+        <v>41</v>
+      </c>
+      <c r="G157" t="s">
+        <v>107</v>
+      </c>
+      <c r="H157">
+        <v>2007</v>
+      </c>
+      <c r="I157">
+        <v>2012</v>
+      </c>
+      <c r="J157" t="s">
+        <v>552</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>693</v>
+      </c>
+      <c r="M157" t="s">
+        <v>553</v>
+      </c>
+      <c r="N157" t="s">
+        <v>26</v>
+      </c>
+      <c r="O157" t="s">
+        <v>694</v>
+      </c>
+      <c r="P157" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>696</v>
+      </c>
+      <c r="B158" t="s">
+        <v>697</v>
+      </c>
+      <c r="C158" t="s">
+        <v>18</v>
+      </c>
+      <c r="D158" t="s">
+        <v>234</v>
+      </c>
+      <c r="E158" t="s">
+        <v>40</v>
+      </c>
+      <c r="F158" t="s">
+        <v>41</v>
+      </c>
+      <c r="G158" t="s">
+        <v>107</v>
+      </c>
+      <c r="H158">
+        <v>2013</v>
+      </c>
+      <c r="I158">
+        <v>2014</v>
+      </c>
+      <c r="J158" t="s">
+        <v>43</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>698</v>
+      </c>
+      <c r="M158" t="s">
+        <v>615</v>
+      </c>
+      <c r="N158" t="s">
+        <v>26</v>
+      </c>
+      <c r="O158" t="s">
+        <v>699</v>
+      </c>
+      <c r="P158" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>700</v>
+      </c>
+      <c r="B159" t="s">
+        <v>701</v>
+      </c>
+      <c r="C159" t="s">
+        <v>18</v>
+      </c>
+      <c r="D159" t="s">
+        <v>702</v>
+      </c>
+      <c r="E159" t="s">
+        <v>40</v>
+      </c>
+      <c r="F159" t="s">
+        <v>41</v>
+      </c>
+      <c r="G159" t="s">
+        <v>107</v>
+      </c>
+      <c r="H159">
+        <v>2008</v>
+      </c>
+      <c r="I159">
+        <v>2012</v>
+      </c>
+      <c r="J159" t="s">
+        <v>552</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>703</v>
+      </c>
+      <c r="M159" t="s">
+        <v>553</v>
+      </c>
+      <c r="N159" t="s">
+        <v>243</v>
+      </c>
+      <c r="O159" t="s">
+        <v>704</v>
+      </c>
+      <c r="P159" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>706</v>
+      </c>
+      <c r="B160" t="s">
+        <v>707</v>
+      </c>
+      <c r="C160" t="s">
+        <v>18</v>
+      </c>
+      <c r="D160" t="s">
+        <v>708</v>
+      </c>
+      <c r="E160" t="s">
+        <v>40</v>
+      </c>
+      <c r="F160" t="s">
+        <v>41</v>
+      </c>
+      <c r="G160" t="s">
+        <v>107</v>
+      </c>
+      <c r="H160">
+        <v>2008</v>
+      </c>
+      <c r="I160">
+        <v>2012</v>
+      </c>
+      <c r="J160" t="s">
+        <v>552</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>709</v>
+      </c>
+      <c r="M160" t="s">
+        <v>553</v>
+      </c>
+      <c r="N160" t="s">
+        <v>243</v>
+      </c>
+      <c r="O160" t="s">
+        <v>710</v>
+      </c>
+      <c r="P160" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>712</v>
+      </c>
+      <c r="B161" t="s">
+        <v>713</v>
+      </c>
+      <c r="C161" t="s">
+        <v>18</v>
+      </c>
+      <c r="D161" t="s">
+        <v>714</v>
+      </c>
+      <c r="E161" t="s">
+        <v>40</v>
+      </c>
+      <c r="F161" t="s">
+        <v>41</v>
+      </c>
+      <c r="G161" t="s">
+        <v>107</v>
+      </c>
+      <c r="H161">
+        <v>2008</v>
+      </c>
+      <c r="I161">
+        <v>2009</v>
+      </c>
+      <c r="J161" t="s">
+        <v>552</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>715</v>
+      </c>
+      <c r="M161" t="s">
+        <v>553</v>
+      </c>
+      <c r="N161" t="s">
+        <v>26</v>
+      </c>
+      <c r="O161" t="s">
+        <v>716</v>
+      </c>
+      <c r="P161" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>718</v>
+      </c>
+      <c r="B162" t="s">
+        <v>719</v>
+      </c>
+      <c r="C162" t="s">
+        <v>18</v>
+      </c>
+      <c r="D162" t="s">
+        <v>247</v>
+      </c>
+      <c r="E162" t="s">
+        <v>40</v>
+      </c>
+      <c r="F162" t="s">
+        <v>41</v>
+      </c>
+      <c r="G162" t="s">
+        <v>107</v>
+      </c>
+      <c r="H162">
+        <v>1994</v>
+      </c>
+      <c r="I162">
+        <v>2012</v>
+      </c>
+      <c r="J162" t="s">
+        <v>43</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>720</v>
+      </c>
+      <c r="M162" t="s">
+        <v>615</v>
+      </c>
+      <c r="N162" t="s">
+        <v>26</v>
+      </c>
+      <c r="O162" t="s">
+        <v>721</v>
+      </c>
+      <c r="P162" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>722</v>
+      </c>
+      <c r="B163" t="s">
+        <v>723</v>
+      </c>
+      <c r="C163" t="s">
+        <v>18</v>
+      </c>
+      <c r="D163" t="s">
+        <v>239</v>
+      </c>
+      <c r="E163" t="s">
+        <v>40</v>
+      </c>
+      <c r="F163" t="s">
+        <v>41</v>
+      </c>
+      <c r="G163" t="s">
+        <v>107</v>
+      </c>
+      <c r="H163">
+        <v>2008</v>
+      </c>
+      <c r="I163">
+        <v>2012</v>
+      </c>
+      <c r="J163" t="s">
+        <v>43</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>724</v>
+      </c>
+      <c r="M163" t="s">
+        <v>615</v>
+      </c>
+      <c r="N163" t="s">
+        <v>26</v>
+      </c>
+      <c r="O163" t="s">
+        <v>725</v>
+      </c>
+      <c r="P163" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>726</v>
+      </c>
+      <c r="B164" t="s">
+        <v>727</v>
+      </c>
+      <c r="C164" t="s">
+        <v>18</v>
+      </c>
+      <c r="D164" t="s">
+        <v>247</v>
+      </c>
+      <c r="E164" t="s">
+        <v>40</v>
+      </c>
+      <c r="F164" t="s">
+        <v>41</v>
+      </c>
+      <c r="G164" t="s">
+        <v>107</v>
+      </c>
+      <c r="H164">
+        <v>2009</v>
+      </c>
+      <c r="I164">
+        <v>2012</v>
+      </c>
+      <c r="J164" t="s">
+        <v>552</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>728</v>
+      </c>
+      <c r="M164" t="s">
+        <v>553</v>
+      </c>
+      <c r="N164" t="s">
+        <v>26</v>
+      </c>
+      <c r="O164" t="s">
+        <v>729</v>
+      </c>
+      <c r="P164" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>731</v>
+      </c>
+      <c r="B165" t="s">
+        <v>732</v>
+      </c>
+      <c r="C165" t="s">
+        <v>18</v>
+      </c>
+      <c r="D165" t="s">
+        <v>185</v>
+      </c>
+      <c r="E165" t="s">
+        <v>40</v>
+      </c>
+      <c r="F165" t="s">
+        <v>41</v>
+      </c>
+      <c r="G165" t="s">
+        <v>107</v>
+      </c>
+      <c r="H165">
+        <v>2009</v>
+      </c>
+      <c r="I165">
+        <v>2012</v>
+      </c>
+      <c r="J165" t="s">
+        <v>552</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>733</v>
+      </c>
+      <c r="M165" t="s">
+        <v>553</v>
+      </c>
+      <c r="N165" t="s">
+        <v>26</v>
+      </c>
+      <c r="O165" t="s">
+        <v>734</v>
+      </c>
+      <c r="P165" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>736</v>
+      </c>
+      <c r="B166" t="s">
+        <v>737</v>
+      </c>
+      <c r="C166" t="s">
+        <v>18</v>
+      </c>
+      <c r="D166" t="s">
+        <v>738</v>
+      </c>
+      <c r="E166" t="s">
+        <v>40</v>
+      </c>
+      <c r="F166" t="s">
+        <v>41</v>
+      </c>
+      <c r="G166" t="s">
+        <v>42</v>
+      </c>
+      <c r="H166">
+        <v>2011</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>552</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>739</v>
+      </c>
+      <c r="M166" t="s">
+        <v>553</v>
+      </c>
+      <c r="N166" t="s">
+        <v>26</v>
+      </c>
+      <c r="O166" t="s">
+        <v>740</v>
+      </c>
+      <c r="P166" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>742</v>
+      </c>
+      <c r="B167" t="s">
+        <v>743</v>
+      </c>
+      <c r="C167" t="s">
+        <v>18</v>
+      </c>
+      <c r="D167" t="s">
+        <v>279</v>
+      </c>
+      <c r="E167" t="s">
+        <v>40</v>
+      </c>
+      <c r="F167" t="s">
+        <v>41</v>
+      </c>
+      <c r="G167" t="s">
+        <v>107</v>
+      </c>
+      <c r="H167">
+        <v>2010</v>
+      </c>
+      <c r="I167">
+        <v>2012</v>
+      </c>
+      <c r="J167" t="s">
+        <v>552</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>744</v>
+      </c>
+      <c r="M167" t="s">
+        <v>553</v>
+      </c>
+      <c r="N167" t="s">
+        <v>26</v>
+      </c>
+      <c r="O167" t="s">
+        <v>745</v>
+      </c>
+      <c r="P167" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>747</v>
+      </c>
+      <c r="B168" t="s">
+        <v>748</v>
+      </c>
+      <c r="C168" t="s">
+        <v>18</v>
+      </c>
+      <c r="D168" t="s">
+        <v>31</v>
+      </c>
+      <c r="E168" t="s">
+        <v>40</v>
+      </c>
+      <c r="F168" t="s">
+        <v>41</v>
+      </c>
+      <c r="G168" t="s">
+        <v>107</v>
+      </c>
+      <c r="H168">
+        <v>2010</v>
+      </c>
+      <c r="I168">
+        <v>2012</v>
+      </c>
+      <c r="J168" t="s">
+        <v>552</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>749</v>
+      </c>
+      <c r="M168" t="s">
+        <v>553</v>
+      </c>
+      <c r="N168" t="s">
+        <v>26</v>
+      </c>
+      <c r="O168" t="s">
+        <v>750</v>
+      </c>
+      <c r="P168" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>752</v>
+      </c>
+      <c r="B169" t="s">
+        <v>753</v>
+      </c>
+      <c r="C169" t="s">
+        <v>18</v>
+      </c>
+      <c r="D169" t="s">
+        <v>185</v>
+      </c>
+      <c r="E169" t="s">
+        <v>40</v>
+      </c>
+      <c r="F169" t="s">
+        <v>41</v>
+      </c>
+      <c r="G169" t="s">
+        <v>42</v>
+      </c>
+      <c r="H169">
+        <v>2015</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>43</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>754</v>
+      </c>
+      <c r="M169" t="s">
+        <v>615</v>
+      </c>
+      <c r="N169" t="s">
+        <v>26</v>
+      </c>
+      <c r="O169" t="s">
+        <v>755</v>
+      </c>
+      <c r="P169"/>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>756</v>
+      </c>
+      <c r="B170" t="s">
+        <v>757</v>
+      </c>
+      <c r="C170" t="s">
+        <v>18</v>
+      </c>
+      <c r="D170" t="s">
+        <v>758</v>
+      </c>
+      <c r="E170" t="s">
+        <v>40</v>
+      </c>
+      <c r="F170" t="s">
+        <v>41</v>
+      </c>
+      <c r="G170" t="s">
+        <v>107</v>
+      </c>
+      <c r="H170">
+        <v>2011</v>
+      </c>
+      <c r="I170">
+        <v>2022</v>
+      </c>
+      <c r="J170" t="s">
+        <v>552</v>
+      </c>
+      <c r="K170" t="s">
+        <v>759</v>
+      </c>
+      <c r="L170" t="s">
+        <v>760</v>
+      </c>
+      <c r="M170" t="s">
+        <v>553</v>
+      </c>
+      <c r="N170" t="s">
+        <v>761</v>
+      </c>
+      <c r="O170" t="s">
+        <v>762</v>
+      </c>
+      <c r="P170" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>764</v>
+      </c>
+      <c r="B171" t="s">
+        <v>765</v>
+      </c>
+      <c r="C171" t="s">
+        <v>18</v>
+      </c>
+      <c r="D171" t="s">
+        <v>234</v>
+      </c>
+      <c r="E171" t="s">
+        <v>40</v>
+      </c>
+      <c r="F171" t="s">
+        <v>41</v>
+      </c>
+      <c r="G171" t="s">
+        <v>42</v>
+      </c>
+      <c r="H171">
+        <v>2013</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>43</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>766</v>
+      </c>
+      <c r="M171" t="s">
+        <v>615</v>
+      </c>
+      <c r="N171" t="s">
+        <v>26</v>
+      </c>
+      <c r="O171" t="s">
+        <v>767</v>
+      </c>
+      <c r="P171"/>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>768</v>
+      </c>
+      <c r="B172" t="s">
+        <v>769</v>
+      </c>
+      <c r="C172" t="s">
+        <v>18</v>
+      </c>
+      <c r="D172" t="s">
+        <v>267</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
         <v>21</v>
       </c>
-      <c r="K123"/>
-[...3 lines deleted...]
-      <c r="M123" t="s">
+      <c r="G172" t="s">
+        <v>107</v>
+      </c>
+      <c r="H172">
+        <v>2000</v>
+      </c>
+      <c r="I172">
+        <v>2014</v>
+      </c>
+      <c r="J172" t="s">
+        <v>552</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>770</v>
+      </c>
+      <c r="M172" t="s">
+        <v>414</v>
+      </c>
+      <c r="N172" t="s">
+        <v>26</v>
+      </c>
+      <c r="O172" t="s">
+        <v>771</v>
+      </c>
+      <c r="P172" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>773</v>
+      </c>
+      <c r="B173" t="s">
+        <v>774</v>
+      </c>
+      <c r="C173" t="s">
+        <v>18</v>
+      </c>
+      <c r="D173" t="s">
+        <v>775</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>107</v>
+      </c>
+      <c r="H173">
+        <v>1997</v>
+      </c>
+      <c r="I173">
+        <v>2014</v>
+      </c>
+      <c r="J173" t="s">
         <v>23</v>
       </c>
-      <c r="N123" t="s">
-[...31 lines deleted...]
-      <c r="J124" t="s">
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>776</v>
+      </c>
+      <c r="M173" t="s">
+        <v>414</v>
+      </c>
+      <c r="N173" t="s">
+        <v>26</v>
+      </c>
+      <c r="O173" t="s">
+        <v>777</v>
+      </c>
+      <c r="P173" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>779</v>
+      </c>
+      <c r="B174" t="s">
+        <v>780</v>
+      </c>
+      <c r="C174" t="s">
+        <v>18</v>
+      </c>
+      <c r="D174" t="s">
+        <v>410</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>411</v>
+      </c>
+      <c r="G174" t="s">
+        <v>42</v>
+      </c>
+      <c r="H174">
+        <v>2011</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>552</v>
+      </c>
+      <c r="K174" t="s">
+        <v>147</v>
+      </c>
+      <c r="L174" t="s">
+        <v>781</v>
+      </c>
+      <c r="M174" t="s">
+        <v>414</v>
+      </c>
+      <c r="N174" t="s">
+        <v>26</v>
+      </c>
+      <c r="O174" t="s">
+        <v>782</v>
+      </c>
+      <c r="P174" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>784</v>
+      </c>
+      <c r="B175" t="s">
+        <v>785</v>
+      </c>
+      <c r="C175" t="s">
+        <v>18</v>
+      </c>
+      <c r="D175" t="s">
+        <v>267</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>411</v>
+      </c>
+      <c r="G175" t="s">
+        <v>450</v>
+      </c>
+      <c r="H175">
+        <v>1994</v>
+      </c>
+      <c r="I175">
+        <v>2014</v>
+      </c>
+      <c r="J175" t="s">
+        <v>552</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>786</v>
+      </c>
+      <c r="M175" t="s">
+        <v>414</v>
+      </c>
+      <c r="N175" t="s">
+        <v>26</v>
+      </c>
+      <c r="O175" t="s">
+        <v>787</v>
+      </c>
+      <c r="P175" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>789</v>
+      </c>
+      <c r="B176" t="s">
+        <v>790</v>
+      </c>
+      <c r="C176" t="s">
+        <v>18</v>
+      </c>
+      <c r="D176" t="s">
+        <v>791</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>411</v>
+      </c>
+      <c r="G176" t="s">
+        <v>450</v>
+      </c>
+      <c r="H176">
+        <v>2002</v>
+      </c>
+      <c r="I176">
+        <v>2007</v>
+      </c>
+      <c r="J176" t="s">
+        <v>23</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>792</v>
+      </c>
+      <c r="M176" t="s">
+        <v>414</v>
+      </c>
+      <c r="N176" t="s">
+        <v>26</v>
+      </c>
+      <c r="O176" t="s">
+        <v>793</v>
+      </c>
+      <c r="P176" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>795</v>
+      </c>
+      <c r="B177" t="s">
+        <v>796</v>
+      </c>
+      <c r="C177" t="s">
+        <v>18</v>
+      </c>
+      <c r="D177" t="s">
+        <v>460</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>411</v>
+      </c>
+      <c r="G177" t="s">
+        <v>42</v>
+      </c>
+      <c r="H177">
+        <v>2012</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>552</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>797</v>
+      </c>
+      <c r="M177" t="s">
+        <v>414</v>
+      </c>
+      <c r="N177" t="s">
+        <v>26</v>
+      </c>
+      <c r="O177" t="s">
+        <v>798</v>
+      </c>
+      <c r="P177" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>800</v>
+      </c>
+      <c r="B178" t="s">
+        <v>801</v>
+      </c>
+      <c r="C178" t="s">
+        <v>18</v>
+      </c>
+      <c r="D178" t="s">
+        <v>247</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
         <v>21</v>
       </c>
-      <c r="K124" t="s">
-[...5 lines deleted...]
-      <c r="M124" t="s">
+      <c r="G178" t="s">
+        <v>802</v>
+      </c>
+      <c r="H178">
+        <v>2010</v>
+      </c>
+      <c r="I178">
+        <v>2016</v>
+      </c>
+      <c r="J178" t="s">
         <v>23</v>
       </c>
-      <c r="N124" t="s">
-[...31 lines deleted...]
-      <c r="J125" t="s">
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>803</v>
+      </c>
+      <c r="M178" t="s">
+        <v>414</v>
+      </c>
+      <c r="N178" t="s">
+        <v>243</v>
+      </c>
+      <c r="O178" t="s">
+        <v>804</v>
+      </c>
+      <c r="P178" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>806</v>
+      </c>
+      <c r="B179" t="s">
+        <v>807</v>
+      </c>
+      <c r="C179" t="s">
+        <v>18</v>
+      </c>
+      <c r="D179" t="s">
+        <v>708</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
         <v>21</v>
       </c>
-      <c r="K125" t="s">
-[...5 lines deleted...]
-      <c r="M125" t="s">
+      <c r="G179" t="s">
+        <v>107</v>
+      </c>
+      <c r="H179">
+        <v>2008</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
         <v>23</v>
       </c>
-      <c r="N125" t="s">
-[...29 lines deleted...]
-      <c r="J126" t="s">
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>808</v>
+      </c>
+      <c r="M179" t="s">
+        <v>414</v>
+      </c>
+      <c r="N179" t="s">
+        <v>243</v>
+      </c>
+      <c r="O179" t="s">
+        <v>809</v>
+      </c>
+      <c r="P179" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>811</v>
+      </c>
+      <c r="B180" t="s">
+        <v>812</v>
+      </c>
+      <c r="C180" t="s">
+        <v>18</v>
+      </c>
+      <c r="D180" t="s">
+        <v>105</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>411</v>
+      </c>
+      <c r="G180" t="s">
+        <v>107</v>
+      </c>
+      <c r="H180">
+        <v>1995</v>
+      </c>
+      <c r="I180">
+        <v>2008</v>
+      </c>
+      <c r="J180" t="s">
+        <v>552</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>813</v>
+      </c>
+      <c r="M180" t="s">
+        <v>414</v>
+      </c>
+      <c r="N180" t="s">
+        <v>26</v>
+      </c>
+      <c r="O180" t="s">
+        <v>814</v>
+      </c>
+      <c r="P180" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>816</v>
+      </c>
+      <c r="B181" t="s">
+        <v>817</v>
+      </c>
+      <c r="C181" t="s">
+        <v>18</v>
+      </c>
+      <c r="D181" t="s">
+        <v>630</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>411</v>
+      </c>
+      <c r="G181" t="s">
+        <v>107</v>
+      </c>
+      <c r="H181">
+        <v>2008</v>
+      </c>
+      <c r="I181">
+        <v>2014</v>
+      </c>
+      <c r="J181" t="s">
+        <v>23</v>
+      </c>
+      <c r="K181" t="s">
+        <v>24</v>
+      </c>
+      <c r="L181" t="s">
+        <v>818</v>
+      </c>
+      <c r="M181" t="s">
+        <v>414</v>
+      </c>
+      <c r="N181" t="s">
+        <v>26</v>
+      </c>
+      <c r="O181" t="s">
+        <v>819</v>
+      </c>
+      <c r="P181" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>821</v>
+      </c>
+      <c r="B182" t="s">
+        <v>822</v>
+      </c>
+      <c r="C182" t="s">
+        <v>18</v>
+      </c>
+      <c r="D182" t="s">
+        <v>105</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>411</v>
+      </c>
+      <c r="G182" t="s">
+        <v>107</v>
+      </c>
+      <c r="H182">
+        <v>1995</v>
+      </c>
+      <c r="I182">
+        <v>2010</v>
+      </c>
+      <c r="J182" t="s">
+        <v>43</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>823</v>
+      </c>
+      <c r="M182" t="s">
+        <v>414</v>
+      </c>
+      <c r="N182" t="s">
+        <v>26</v>
+      </c>
+      <c r="O182" t="s">
+        <v>824</v>
+      </c>
+      <c r="P182" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>826</v>
+      </c>
+      <c r="B183" t="s">
+        <v>827</v>
+      </c>
+      <c r="C183" t="s">
+        <v>18</v>
+      </c>
+      <c r="D183" t="s">
+        <v>828</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>411</v>
+      </c>
+      <c r="G183" t="s">
+        <v>42</v>
+      </c>
+      <c r="H183">
+        <v>2013</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>23</v>
+      </c>
+      <c r="K183" t="s">
+        <v>147</v>
+      </c>
+      <c r="L183" t="s">
+        <v>829</v>
+      </c>
+      <c r="M183" t="s">
+        <v>414</v>
+      </c>
+      <c r="N183" t="s">
+        <v>26</v>
+      </c>
+      <c r="O183" t="s">
+        <v>830</v>
+      </c>
+      <c r="P183" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>832</v>
+      </c>
+      <c r="B184" t="s">
+        <v>833</v>
+      </c>
+      <c r="C184" t="s">
+        <v>18</v>
+      </c>
+      <c r="D184" t="s">
+        <v>105</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>411</v>
+      </c>
+      <c r="G184" t="s">
+        <v>107</v>
+      </c>
+      <c r="H184">
+        <v>1995</v>
+      </c>
+      <c r="I184">
+        <v>2016</v>
+      </c>
+      <c r="J184" t="s">
+        <v>23</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>414</v>
+      </c>
+      <c r="N184" t="s">
+        <v>26</v>
+      </c>
+      <c r="O184" t="s">
+        <v>834</v>
+      </c>
+      <c r="P184" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>836</v>
+      </c>
+      <c r="B185" t="s">
+        <v>837</v>
+      </c>
+      <c r="C185" t="s">
+        <v>18</v>
+      </c>
+      <c r="D185" t="s">
+        <v>234</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
         <v>21</v>
       </c>
-      <c r="K126" t="s">
-[...252 lines deleted...]
-      <c r="H132">
+      <c r="G185" t="s">
+        <v>42</v>
+      </c>
+      <c r="H185">
         <v>2012</v>
       </c>
-      <c r="I132" t="s">
-[...19 lines deleted...]
-      <c r="A133" t="s">
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>552</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>838</v>
+      </c>
+      <c r="M185" t="s">
+        <v>414</v>
+      </c>
+      <c r="N185" t="s">
+        <v>26</v>
+      </c>
+      <c r="O185" t="s">
+        <v>839</v>
+      </c>
+      <c r="P185" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>841</v>
+      </c>
+      <c r="B186" t="s">
+        <v>842</v>
+      </c>
+      <c r="C186" t="s">
+        <v>18</v>
+      </c>
+      <c r="D186" t="s">
+        <v>843</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
         <v>411</v>
       </c>
-      <c r="B133" t="s">
-[...40 lines deleted...]
-      <c r="A134" t="s">
+      <c r="G186" t="s">
+        <v>42</v>
+      </c>
+      <c r="H186">
+        <v>2014</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>552</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>844</v>
+      </c>
+      <c r="M186" t="s">
         <v>414</v>
       </c>
-      <c r="B134" t="s">
-[...2302 lines deleted...]
-      </c>
       <c r="N186" t="s">
-        <v>583</v>
+        <v>26</v>
+      </c>
+      <c r="O186" t="s">
+        <v>845</v>
+      </c>
+      <c r="P186" t="s">
+        <v>846</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>