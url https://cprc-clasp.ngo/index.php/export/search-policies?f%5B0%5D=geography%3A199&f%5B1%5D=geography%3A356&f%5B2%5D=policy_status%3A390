--- v0 (2025-10-15)
+++ v1 (2026-02-06)
@@ -12,1830 +12,939 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="563">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
+    <t>Energy Efficiency Grade Label - Dish Dryers</t>
+  </si>
+  <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
+    <t>Dish Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>December 2015</t>
+  </si>
+  <si>
+    <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Air Cleaners</t>
+  </si>
+  <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
+    <t>Air Cleaners</t>
+  </si>
+  <si>
+    <t>KS C 9314</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Electric Fan</t>
+  </si>
+  <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>KS C 9306-2002</t>
-[...133 lines deleted...]
-  <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
-    <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
+    <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
+  </si>
+  <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
+    <t>Kim-chi Refrigerators</t>
+  </si>
+  <si>
+    <t>KS C 9321</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>KS C IEC 60312</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter - Charger</t>
+  </si>
+  <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
+  </si>
+  <si>
+    <t>MEPS for Adapter Charger</t>
+  </si>
+  <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
+  </si>
+  <si>
+    <t>MEPS for Dish Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
+  </si>
+  <si>
+    <t>MEPS for Electric Fan</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
+  </si>
+  <si>
+    <t>MEPS for Electric fan heater</t>
+  </si>
+  <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>KS B 8109; KS C 8127</t>
-[...346 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
-    <t>MEPS for Electric stove</t>
-[...61 lines deleted...]
-  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
-    <t>MEPS for Multi Heat Pump System(VRF)</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
-    <t>MEPS for Television</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
-    <t>MEPS for Washing Machines</t>
-[...4 lines deleted...]
-  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...18 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...27 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
-    <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
-[...8 lines deleted...]
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
+    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
+  </si>
+  <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
-    <t>Kitchen</t>
-[...4 lines deleted...]
-  <si>
     <t>February 2025</t>
-  </si>
-[...36 lines deleted...]
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
+    <t>Ministry of Trade, Industry and Energy, Korea</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
-    <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
-[...13 lines deleted...]
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...107 lines deleted...]
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
-[...259 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4176 - Solar Inverters</t>
-[...16 lines deleted...]
-  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...19 lines deleted...]
-  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2099,7833 +1208,2596 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N181"/>
+  <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...3 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...3 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>67</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>70</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...3 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7">
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>76</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...3 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...16 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>80</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...6 lines deleted...]
-      <c r="I8" t="s">
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...3 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...16 lines deleted...]
-      <c r="E9" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>84</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...352 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="E18" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F18" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>1993</v>
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2009</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K18" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>92</v>
+      </c>
+      <c r="P18" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>94</v>
+      </c>
+      <c r="B19" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>96</v>
+      </c>
+      <c r="E19" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" t="s">
+        <v>89</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>23</v>
       </c>
-      <c r="N18" t="s">
-[...34 lines deleted...]
-      <c r="K19"/>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
       <c r="L19" t="s">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N19" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>98</v>
+      </c>
+      <c r="P19" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>77</v>
+        <v>99</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="C20" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="E20" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>89</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2009</v>
       </c>
-      <c r="H20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="K20" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N20" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>104</v>
+      </c>
+      <c r="P20" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="C21" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="E21" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F21" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>89</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>102</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>109</v>
+      </c>
+      <c r="P21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>110</v>
+      </c>
+      <c r="B22" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>112</v>
+      </c>
+      <c r="E22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" t="s">
+        <v>89</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2009</v>
       </c>
-      <c r="I21" t="s">
-[...43 lines deleted...]
-      <c r="I22" t="s">
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>102</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>113</v>
+      </c>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>114</v>
+      </c>
+      <c r="P22" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>115</v>
+      </c>
+      <c r="B23" t="s">
+        <v>116</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>117</v>
+      </c>
+      <c r="E23" t="s">
         <v>88</v>
       </c>
-      <c r="J22" t="s">
-[...9 lines deleted...]
-      <c r="N22" t="s">
+      <c r="F23" t="s">
         <v>89</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>2000</v>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
-      <c r="I23" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>118</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>119</v>
+      </c>
+      <c r="P23" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>120</v>
+      </c>
+      <c r="B24" t="s">
+        <v>121</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>122</v>
+      </c>
+      <c r="E24" t="s">
         <v>20</v>
       </c>
-      <c r="J23" t="s">
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...32 lines deleted...]
-        <v>1992</v>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
+        <v>102</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>123</v>
+      </c>
+      <c r="P24" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>120</v>
+      </c>
+      <c r="B25" t="s">
+        <v>125</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>122</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K24"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>102</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>126</v>
+      </c>
+      <c r="P25" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>120</v>
+      </c>
+      <c r="B26" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>128</v>
+      </c>
+      <c r="E26" t="s">
         <v>20</v>
       </c>
-      <c r="J25" t="s">
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-[...3 lines deleted...]
-      <c r="M25" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>102</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>129</v>
+      </c>
+      <c r="P26" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>130</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>131</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="N25" t="s">
-[...25 lines deleted...]
-      <c r="H26">
+      <c r="K27" t="s">
+        <v>132</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>133</v>
+      </c>
+      <c r="P27" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>135</v>
+      </c>
+      <c r="B28" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" t="s">
+        <v>88</v>
+      </c>
+      <c r="F28" t="s">
+        <v>138</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>139</v>
+      </c>
+      <c r="P28" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>142</v>
+      </c>
+      <c r="E29" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" t="s">
+        <v>138</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>143</v>
+      </c>
+      <c r="P29" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>144</v>
+      </c>
+      <c r="B30" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>87</v>
+      </c>
+      <c r="E30" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" t="s">
+        <v>138</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>91</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>145</v>
+      </c>
+      <c r="P30" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>146</v>
+      </c>
+      <c r="B31" t="s">
+        <v>100</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>101</v>
+      </c>
+      <c r="E31" t="s">
+        <v>88</v>
+      </c>
+      <c r="F31" t="s">
+        <v>138</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>102</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>103</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>147</v>
+      </c>
+      <c r="P31" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>148</v>
+      </c>
+      <c r="B32" t="s">
+        <v>149</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>150</v>
+      </c>
+      <c r="E32" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" t="s">
+        <v>138</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>151</v>
+      </c>
+      <c r="P32" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>152</v>
+      </c>
+      <c r="B33" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>112</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
+        <v>138</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>102</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>113</v>
+      </c>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>154</v>
+      </c>
+      <c r="P33" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>155</v>
+      </c>
+      <c r="B34" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>79</v>
+      </c>
+      <c r="E34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" t="s">
+        <v>138</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2015</v>
       </c>
-      <c r="I26" t="s">
-[...11 lines deleted...]
-      <c r="M26" t="s">
+      <c r="I34"/>
+      <c r="J34" t="s">
         <v>23</v>
       </c>
-      <c r="N26" t="s">
-[...32 lines deleted...]
-      <c r="K27" t="s">
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>156</v>
+      </c>
+      <c r="P34" t="s">
         <v>105</v>
       </c>
-      <c r="L27" t="s">
-[...126 lines deleted...]
-      <c r="K30" t="s">
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>157</v>
+      </c>
+      <c r="B35" t="s">
+        <v>158</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
         <v>117</v>
       </c>
-      <c r="L30" t="s">
-[...191 lines deleted...]
-      </c>
       <c r="E35" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F35" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>138</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>118</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>159</v>
+      </c>
+      <c r="P35" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>160</v>
+      </c>
+      <c r="B36" t="s">
+        <v>161</v>
+      </c>
+      <c r="C36" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" t="s">
+        <v>163</v>
+      </c>
+      <c r="E36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" t="s">
+        <v>164</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>165</v>
+      </c>
+      <c r="K36" t="s">
+        <v>166</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>167</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>168</v>
+      </c>
+      <c r="P36" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>170</v>
+      </c>
+      <c r="B37" t="s">
+        <v>171</v>
+      </c>
+      <c r="C37" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" t="s">
+        <v>172</v>
+      </c>
+      <c r="E37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" t="s">
+        <v>164</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>165</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>173</v>
+      </c>
+      <c r="M37" t="s">
+        <v>167</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>174</v>
+      </c>
+      <c r="P37" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>176</v>
+      </c>
+      <c r="B38" t="s">
+        <v>177</v>
+      </c>
+      <c r="C38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" t="s">
+        <v>178</v>
+      </c>
+      <c r="E38" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" t="s">
+        <v>138</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2018</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>179</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>176</v>
+      </c>
+      <c r="M38" t="s">
+        <v>167</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>180</v>
+      </c>
+      <c r="P38" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>182</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" t="s">
+        <v>163</v>
+      </c>
+      <c r="E39" t="s">
+        <v>88</v>
+      </c>
+      <c r="F39" t="s">
+        <v>138</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2018</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>179</v>
+      </c>
+      <c r="K39" t="s">
+        <v>183</v>
+      </c>
+      <c r="L39" t="s">
+        <v>184</v>
+      </c>
+      <c r="M39" t="s">
+        <v>167</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>185</v>
+      </c>
+      <c r="P39" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>187</v>
+      </c>
+      <c r="B40" t="s">
+        <v>188</v>
+      </c>
+      <c r="C40" t="s">
+        <v>162</v>
+      </c>
+      <c r="D40" t="s">
+        <v>142</v>
+      </c>
+      <c r="E40" t="s">
+        <v>88</v>
+      </c>
+      <c r="F40" t="s">
+        <v>138</v>
+      </c>
+      <c r="G40" t="s">
+        <v>189</v>
+      </c>
+      <c r="H40">
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>165</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>190</v>
+      </c>
+      <c r="M40" t="s">
+        <v>167</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>191</v>
+      </c>
+      <c r="P40" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>193</v>
+      </c>
+      <c r="B41" t="s">
+        <v>194</v>
+      </c>
+      <c r="C41" t="s">
+        <v>162</v>
+      </c>
+      <c r="D41" t="s">
+        <v>195</v>
+      </c>
+      <c r="E41" t="s">
+        <v>88</v>
+      </c>
+      <c r="F41" t="s">
+        <v>138</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>179</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>196</v>
+      </c>
+      <c r="M41" t="s">
+        <v>167</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>197</v>
+      </c>
+      <c r="P41" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>199</v>
+      </c>
+      <c r="B42" t="s">
+        <v>200</v>
+      </c>
+      <c r="C42" t="s">
+        <v>162</v>
+      </c>
+      <c r="D42" t="s">
+        <v>201</v>
+      </c>
+      <c r="E42" t="s">
+        <v>88</v>
+      </c>
+      <c r="F42" t="s">
+        <v>138</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>179</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>202</v>
+      </c>
+      <c r="N42" t="s">
+        <v>203</v>
+      </c>
+      <c r="O42" t="s">
+        <v>204</v>
+      </c>
+      <c r="P42" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>206</v>
+      </c>
+      <c r="B43" t="s">
+        <v>207</v>
+      </c>
+      <c r="C43" t="s">
+        <v>162</v>
+      </c>
+      <c r="D43" t="s">
+        <v>208</v>
+      </c>
+      <c r="E43" t="s">
+        <v>88</v>
+      </c>
+      <c r="F43" t="s">
+        <v>164</v>
+      </c>
+      <c r="G43" t="s">
+        <v>189</v>
+      </c>
+      <c r="H43">
+        <v>2025</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>165</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>209</v>
+      </c>
+      <c r="M43" t="s">
+        <v>167</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>210</v>
+      </c>
+      <c r="P43" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>212</v>
+      </c>
+      <c r="B44" t="s">
+        <v>213</v>
+      </c>
+      <c r="C44" t="s">
+        <v>214</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>88</v>
+      </c>
+      <c r="F44" t="s">
+        <v>164</v>
+      </c>
+      <c r="G44" t="s">
+        <v>189</v>
+      </c>
+      <c r="H44">
+        <v>2024</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>215</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>216</v>
+      </c>
+      <c r="M44" t="s">
+        <v>217</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>218</v>
+      </c>
+      <c r="P44" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>220</v>
+      </c>
+      <c r="B45" t="s">
+        <v>221</v>
+      </c>
+      <c r="C45" t="s">
+        <v>214</v>
+      </c>
+      <c r="D45" t="s">
+        <v>222</v>
+      </c>
+      <c r="E45" t="s">
+        <v>88</v>
+      </c>
+      <c r="F45" t="s">
+        <v>223</v>
+      </c>
+      <c r="G45" t="s">
+        <v>189</v>
+      </c>
+      <c r="H45">
+        <v>2024</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>215</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>224</v>
+      </c>
+      <c r="M45" t="s">
+        <v>217</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>225</v>
+      </c>
+      <c r="P45" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>226</v>
+      </c>
+      <c r="B46" t="s">
+        <v>227</v>
+      </c>
+      <c r="C46" t="s">
+        <v>162</v>
+      </c>
+      <c r="D46" t="s">
+        <v>228</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...5 lines deleted...]
-      <c r="M35" t="s">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>229</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>230</v>
+      </c>
+      <c r="M46" t="s">
+        <v>231</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>232</v>
+      </c>
+      <c r="P46" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>234</v>
+      </c>
+      <c r="B47" t="s">
+        <v>235</v>
+      </c>
+      <c r="C47" t="s">
+        <v>162</v>
+      </c>
+      <c r="D47" t="s">
+        <v>122</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
         <v>23</v>
       </c>
-      <c r="N35" t="s">
-[...29 lines deleted...]
-      <c r="J36" t="s">
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>236</v>
+      </c>
+      <c r="M47" t="s">
+        <v>237</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>238</v>
+      </c>
+      <c r="P47"/>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>239</v>
+      </c>
+      <c r="B48" t="s">
+        <v>240</v>
+      </c>
+      <c r="C48" t="s">
+        <v>162</v>
+      </c>
+      <c r="D48" t="s">
+        <v>195</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...5 lines deleted...]
-      <c r="M36" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
         <v>23</v>
       </c>
-      <c r="N36" t="s">
-[...457 lines deleted...]
-      <c r="N47" t="s">
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>241</v>
+      </c>
+      <c r="M48" t="s">
+        <v>237</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>242</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>243</v>
+      </c>
+      <c r="B49" t="s">
+        <v>244</v>
+      </c>
+      <c r="C49" t="s">
         <v>162</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D49" t="s">
         <v>163</v>
       </c>
-      <c r="D48" t="s">
-[...15 lines deleted...]
-      <c r="J48" t="s">
+      <c r="E49" t="s">
+        <v>88</v>
+      </c>
+      <c r="F49" t="s">
         <v>164</v>
       </c>
-      <c r="K48"/>
-[...30 lines deleted...]
-        <v>1996</v>
+      <c r="G49" t="s">
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="K49"/>
+        <v>229</v>
+      </c>
+      <c r="K49" t="s">
+        <v>245</v>
+      </c>
       <c r="L49" t="s">
-        <v>22</v>
+        <v>246</v>
       </c>
       <c r="M49" t="s">
-        <v>23</v>
+        <v>167</v>
       </c>
       <c r="N49" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>247</v>
+      </c>
+      <c r="P49" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>149</v>
+        <v>249</v>
       </c>
       <c r="B50" t="s">
-        <v>15</v>
+        <v>250</v>
       </c>
       <c r="C50" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E50" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="F50" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>164</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K50"/>
+        <v>229</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
       <c r="L50" t="s">
-        <v>22</v>
+        <v>251</v>
       </c>
       <c r="M50" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="N50" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>252</v>
+      </c>
+      <c r="P50" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>149</v>
+        <v>254</v>
       </c>
       <c r="B51" t="s">
-        <v>15</v>
+        <v>255</v>
       </c>
       <c r="C51" t="s">
-        <v>126</v>
+        <v>162</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>256</v>
       </c>
       <c r="E51" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="F51" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>164</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
       </c>
       <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>179</v>
+      </c>
+      <c r="K51" t="s">
+        <v>245</v>
+      </c>
+      <c r="L51" t="s">
+        <v>257</v>
+      </c>
+      <c r="M51" t="s">
+        <v>167</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>258</v>
+      </c>
+      <c r="P51" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>260</v>
+      </c>
+      <c r="B52" t="s">
+        <v>261</v>
+      </c>
+      <c r="C52" t="s">
+        <v>162</v>
+      </c>
+      <c r="D52" t="s">
+        <v>195</v>
+      </c>
+      <c r="E52" t="s">
+        <v>88</v>
+      </c>
+      <c r="F52" t="s">
+        <v>138</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2012</v>
       </c>
-      <c r="I51" t="s">
-[...43 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K52"/>
+        <v>229</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
       <c r="L52" t="s">
-        <v>22</v>
+        <v>262</v>
       </c>
       <c r="M52" t="s">
-        <v>23</v>
+        <v>167</v>
       </c>
       <c r="N52" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>263</v>
+      </c>
+      <c r="P52" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>175</v>
+        <v>265</v>
       </c>
       <c r="B53" t="s">
-        <v>15</v>
+        <v>266</v>
       </c>
       <c r="C53" t="s">
-        <v>176</v>
+        <v>162</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>267</v>
       </c>
       <c r="E53" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="F53" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>164</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
       </c>
       <c r="H53">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>21</v>
+        <v>229</v>
       </c>
       <c r="K53" t="s">
-        <v>177</v>
+        <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>22</v>
+        <v>268</v>
       </c>
       <c r="M53" t="s">
-        <v>23</v>
+        <v>167</v>
       </c>
       <c r="N53" t="s">
-        <v>178</v>
-[...1490 lines deleted...]
-      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
         <v>269</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A89" t="s">
+      <c r="P53" t="s">
         <v>270</v>
       </c>
-      <c r="B89" t="s">
-[...4019 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>