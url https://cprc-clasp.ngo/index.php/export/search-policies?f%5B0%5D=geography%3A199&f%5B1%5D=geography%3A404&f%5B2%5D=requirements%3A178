--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -12,638 +12,891 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -907,2075 +1160,2344 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="141" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="630.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G3">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2000</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2020</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2022</v>
+      </c>
+      <c r="J4" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
         <v>2010</v>
       </c>
-      <c r="H4">
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>1994</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>56</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>1998</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>1998</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>105</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>1999</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>37</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>37</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" t="s">
+        <v>77</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2003</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" t="s">
+        <v>37</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>31</v>
+      </c>
+      <c r="D21" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
+        <v>1998</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>103</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>105</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>37</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" t="s">
+        <v>42</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2004</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>149</v>
+      </c>
+      <c r="M23" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" t="s">
+        <v>56</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" t="s">
+        <v>77</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2004</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>35</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>154</v>
+      </c>
+      <c r="M24" t="s">
+        <v>37</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25" t="s">
+        <v>77</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25">
+        <v>2004</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>35</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>154</v>
+      </c>
+      <c r="M25" t="s">
+        <v>37</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>159</v>
+      </c>
+      <c r="P25" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>161</v>
+      </c>
+      <c r="B26" t="s">
+        <v>162</v>
+      </c>
+      <c r="C26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" t="s">
+        <v>128</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
+        <v>2004</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>35</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>163</v>
+      </c>
+      <c r="M26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>164</v>
+      </c>
+      <c r="P26" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>166</v>
+      </c>
+      <c r="B27" t="s">
+        <v>167</v>
+      </c>
+      <c r="C27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" t="s">
+        <v>66</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2004</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
+        <v>35</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>67</v>
+      </c>
+      <c r="M27" t="s">
+        <v>37</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>168</v>
+      </c>
+      <c r="P27" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>170</v>
+      </c>
+      <c r="B28" t="s">
+        <v>171</v>
+      </c>
+      <c r="C28" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" t="s">
+        <v>66</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2005</v>
+      </c>
+      <c r="I28">
+        <v>2012</v>
+      </c>
+      <c r="J28" t="s">
+        <v>35</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>172</v>
+      </c>
+      <c r="M28" t="s">
+        <v>37</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>173</v>
+      </c>
+      <c r="P28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>175</v>
+      </c>
+      <c r="B29" t="s">
+        <v>176</v>
+      </c>
+      <c r="C29" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" t="s">
+        <v>77</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
+        <v>2005</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>35</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>177</v>
+      </c>
+      <c r="M29" t="s">
+        <v>37</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" t="s">
+        <v>66</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2007</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>35</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>182</v>
+      </c>
+      <c r="M30" t="s">
+        <v>37</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>183</v>
+      </c>
+      <c r="P30" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>185</v>
+      </c>
+      <c r="B31" t="s">
+        <v>186</v>
+      </c>
+      <c r="C31" t="s">
+        <v>31</v>
+      </c>
+      <c r="D31" t="s">
+        <v>187</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>35</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>188</v>
+      </c>
+      <c r="M31" t="s">
+        <v>37</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>189</v>
+      </c>
+      <c r="P31" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>191</v>
+      </c>
+      <c r="B32" t="s">
+        <v>192</v>
+      </c>
+      <c r="C32" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" t="s">
+        <v>193</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>103</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>194</v>
+      </c>
+      <c r="M32" t="s">
+        <v>105</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>196</v>
+      </c>
+      <c r="B33" t="s">
+        <v>197</v>
+      </c>
+      <c r="C33" t="s">
+        <v>31</v>
+      </c>
+      <c r="D33" t="s">
+        <v>198</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>34</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
+      <c r="J33" t="s">
+        <v>35</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>199</v>
+      </c>
+      <c r="M33" t="s">
+        <v>37</v>
+      </c>
+      <c r="N33" t="s">
+        <v>56</v>
+      </c>
+      <c r="O33" t="s">
+        <v>200</v>
+      </c>
+      <c r="P33" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>202</v>
+      </c>
+      <c r="B34" t="s">
+        <v>203</v>
+      </c>
+      <c r="C34" t="s">
+        <v>31</v>
+      </c>
+      <c r="D34" t="s">
+        <v>204</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>35</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>205</v>
+      </c>
+      <c r="M34" t="s">
+        <v>37</v>
+      </c>
+      <c r="N34" t="s">
+        <v>56</v>
+      </c>
+      <c r="O34" t="s">
+        <v>206</v>
+      </c>
+      <c r="P34" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>208</v>
+      </c>
+      <c r="B35" t="s">
+        <v>209</v>
+      </c>
+      <c r="C35" t="s">
+        <v>31</v>
+      </c>
+      <c r="D35" t="s">
+        <v>210</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2009</v>
+      </c>
+      <c r="J35" t="s">
+        <v>35</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>211</v>
+      </c>
+      <c r="M35" t="s">
+        <v>37</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>212</v>
+      </c>
+      <c r="P35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>215</v>
+      </c>
+      <c r="C36" t="s">
+        <v>31</v>
+      </c>
+      <c r="D36" t="s">
+        <v>54</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
+        <v>1994</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>103</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>216</v>
+      </c>
+      <c r="M36" t="s">
+        <v>105</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>217</v>
+      </c>
+      <c r="P36" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>218</v>
+      </c>
+      <c r="B37" t="s">
+        <v>219</v>
+      </c>
+      <c r="C37" t="s">
+        <v>31</v>
+      </c>
+      <c r="D37" t="s">
+        <v>220</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
+      <c r="J37" t="s">
+        <v>103</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>221</v>
+      </c>
+      <c r="M37" t="s">
+        <v>105</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>222</v>
+      </c>
+      <c r="P37" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>223</v>
+      </c>
+      <c r="B38" t="s">
+        <v>224</v>
+      </c>
+      <c r="C38" t="s">
+        <v>31</v>
+      </c>
+      <c r="D38" t="s">
+        <v>54</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
+      <c r="J38" t="s">
+        <v>35</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>225</v>
+      </c>
+      <c r="M38" t="s">
+        <v>37</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>226</v>
+      </c>
+      <c r="P38" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>228</v>
+      </c>
+      <c r="B39" t="s">
+        <v>229</v>
+      </c>
+      <c r="C39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D39" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>34</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>35</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>230</v>
+      </c>
+      <c r="M39" t="s">
+        <v>37</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>231</v>
+      </c>
+      <c r="P39" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>233</v>
+      </c>
+      <c r="B40" t="s">
+        <v>234</v>
+      </c>
+      <c r="C40" t="s">
+        <v>31</v>
+      </c>
+      <c r="D40" t="s">
+        <v>235</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>236</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>237</v>
+      </c>
+      <c r="M40" t="s">
+        <v>37</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>238</v>
+      </c>
+      <c r="P40" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>240</v>
+      </c>
+      <c r="B41" t="s">
+        <v>241</v>
+      </c>
+      <c r="C41" t="s">
+        <v>31</v>
+      </c>
+      <c r="D41" t="s">
+        <v>242</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>34</v>
+      </c>
+      <c r="H41">
+        <v>2010</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>35</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>243</v>
+      </c>
+      <c r="M41" t="s">
+        <v>37</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>244</v>
+      </c>
+      <c r="P41" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>246</v>
+      </c>
+      <c r="B42" t="s">
+        <v>247</v>
+      </c>
+      <c r="C42" t="s">
+        <v>31</v>
+      </c>
+      <c r="D42" t="s">
+        <v>110</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>33</v>
+      </c>
+      <c r="G42" t="s">
+        <v>34</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2012</v>
+      </c>
+      <c r="J42" t="s">
+        <v>35</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>248</v>
+      </c>
+      <c r="M42" t="s">
+        <v>37</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>249</v>
+      </c>
+      <c r="P42" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>251</v>
+      </c>
+      <c r="B43" t="s">
+        <v>252</v>
+      </c>
+      <c r="C43" t="s">
+        <v>31</v>
+      </c>
+      <c r="D43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>236</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>103</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>253</v>
+      </c>
+      <c r="M43" t="s">
+        <v>105</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>254</v>
+      </c>
+      <c r="P43"/>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>255</v>
+      </c>
+      <c r="B44" t="s">
+        <v>256</v>
+      </c>
+      <c r="C44" t="s">
+        <v>31</v>
+      </c>
+      <c r="D44" t="s">
+        <v>257</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>33</v>
+      </c>
+      <c r="G44" t="s">
+        <v>34</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44">
         <v>2022</v>
       </c>
-      <c r="I4" t="s">
-[...14 lines deleted...]
-      <c r="N4" t="s">
+      <c r="J44" t="s">
+        <v>35</v>
+      </c>
+      <c r="K44" t="s">
+        <v>258</v>
+      </c>
+      <c r="L44" t="s">
+        <v>259</v>
+      </c>
+      <c r="M44" t="s">
         <v>37</v>
       </c>
-    </row>
-[...110 lines deleted...]
-      <c r="H7">
+      <c r="N44" t="s">
+        <v>260</v>
+      </c>
+      <c r="O44" t="s">
+        <v>261</v>
+      </c>
+      <c r="P44" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>263</v>
+      </c>
+      <c r="B45" t="s">
+        <v>264</v>
+      </c>
+      <c r="C45" t="s">
+        <v>31</v>
+      </c>
+      <c r="D45" t="s">
+        <v>193</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G45" t="s">
+        <v>236</v>
+      </c>
+      <c r="H45">
         <v>2013</v>
       </c>
-      <c r="I7" t="s">
-[...674 lines deleted...]
-      <c r="N22" t="s">
+      <c r="I45"/>
+      <c r="J45" t="s">
         <v>103</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K23" t="s">
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>265</v>
+      </c>
+      <c r="M45" t="s">
         <v>105</v>
       </c>
-      <c r="L23" t="s">
-[...966 lines deleted...]
-      </c>
       <c r="N45" t="s">
-        <v>182</v>
-      </c>
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>266</v>
+      </c>
+      <c r="P45"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>