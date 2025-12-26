--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -342,50 +342,71 @@
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
+  </si>
+  <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-016-ener-2016-three-phase-motors</t>
+  </si>
+  <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
     <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
   </si>
@@ -740,65 +761,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P17"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1447,175 +1468,225 @@
       </c>
       <c r="O14" t="s">
         <v>104</v>
       </c>
       <c r="P14" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>106</v>
       </c>
       <c r="B15" t="s">
         <v>107</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>108</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="H15">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
       <c r="J15" t="s">
         <v>40</v>
       </c>
       <c r="K15" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
       <c r="L15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M15" t="s">
         <v>25</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="K16" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="L16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
         <v>25</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>119</v>
+        <v>57</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>79</v>
       </c>
       <c r="K17" t="s">
         <v>32</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M17" t="s">
         <v>25</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>122</v>
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>79</v>
+      </c>
+      <c r="K18" t="s">
+        <v>32</v>
+      </c>
+      <c r="L18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" t="s">
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">