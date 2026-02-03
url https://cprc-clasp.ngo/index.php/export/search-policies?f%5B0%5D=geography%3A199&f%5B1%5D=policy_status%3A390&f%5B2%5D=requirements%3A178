--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,614 +12,216 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>Elevators</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>NOM-015-ENER-2018</t>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...2 lines deleted...]
-    <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
-[...112 lines deleted...]
-  <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
-[...158 lines deleted...]
-    <t>Sello FIDE No. 4139</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4177</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>Streetlighting</t>
-  </si>
-[...145 lines deleted...]
-    <t>Sello FIDE No. 4177</t>
   </si>
   <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -883,2037 +485,300 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="338.489" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3"/>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...161 lines deleted...]
-      <c r="N6" t="s">
+      <c r="O4" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1664 lines deleted...]
-      </c>
+      <c r="P4"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>