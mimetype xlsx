--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,287 +12,363 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,629 +632,704 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="101" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2">
+        <v>2025</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
         <v>2025</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1998</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2007</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>1995</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>52</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...8 lines deleted...]
-      <c r="G3">
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>1995</v>
       </c>
-      <c r="H3">
-[...8 lines deleted...]
-      <c r="K3" t="s">
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
         <v>26</v>
       </c>
-      <c r="L3" t="s">
-[...16 lines deleted...]
-      <c r="C4" t="s">
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...376 lines deleted...]
-        <v>63</v>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>