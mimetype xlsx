--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,197 +12,221 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -466,275 +490,300 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="78" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="126" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="580.287" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3"/>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...64 lines deleted...]
-        <v>35</v>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>