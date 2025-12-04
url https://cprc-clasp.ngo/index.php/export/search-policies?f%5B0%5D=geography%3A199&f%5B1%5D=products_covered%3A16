--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,251 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,411 +566,456 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="121" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="719.539" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2009</v>
+      </c>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2022</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>58</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="K2" t="s">
-[...8 lines deleted...]
-      <c r="N2" t="s">
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...201 lines deleted...]
-        <v>53</v>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>