--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,272 +12,336 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,589 +605,656 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="91" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="711.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="103.689" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1995</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1996</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
         <v>2012</v>
       </c>
-      <c r="H2">
-[...11 lines deleted...]
-      <c r="L2" t="s">
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>46</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>46</v>
+      </c>
+      <c r="N9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>72</v>
+      </c>
+      <c r="M10" t="s">
+        <v>46</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...157 lines deleted...]
-      <c r="A7" t="s">
+      <c r="E11" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
-[...17 lines deleted...]
-      <c r="H7">
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
-[...175 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="K11" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="N11" t="s">
-        <v>60</v>
-      </c>
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>