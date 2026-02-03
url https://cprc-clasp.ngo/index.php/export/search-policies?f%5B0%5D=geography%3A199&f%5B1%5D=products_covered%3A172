--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,214 +12,242 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -483,321 +511,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="93" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="135" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...5 lines deleted...]
-      <c r="D3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...111 lines deleted...]
-        <v>40</v>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>