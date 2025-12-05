--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,182 +12,201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -451,239 +470,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="101" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2">
+        <v>2025</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2007</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>30</v>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>