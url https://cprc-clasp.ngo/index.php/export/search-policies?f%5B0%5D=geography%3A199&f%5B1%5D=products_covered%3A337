--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -616,78 +619,78 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2002</v>
       </c>
       <c r="I3">
         <v>2007</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">