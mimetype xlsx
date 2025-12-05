--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,164 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -433,193 +449,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="120" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="719.539" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2017</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>