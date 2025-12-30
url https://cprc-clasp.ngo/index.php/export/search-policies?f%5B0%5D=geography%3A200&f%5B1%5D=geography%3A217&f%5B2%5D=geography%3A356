--- v0 (2025-11-11)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="526">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="528">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1318,53 +1318,50 @@
     <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1403,50 +1400,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -2068,51 +2074,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P120"/>
+  <dimension ref="A1:P121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="794.949" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -7040,858 +7046,902 @@
       <c r="K103" t="s">
         <v>37</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
         <v>26</v>
       </c>
       <c r="N103" t="s">
         <v>38</v>
       </c>
       <c r="O103" t="s">
         <v>432</v>
       </c>
       <c r="P103" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>433</v>
       </c>
       <c r="B104" t="s">
         <v>434</v>
       </c>
       <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>34</v>
       </c>
       <c r="G104" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="H104">
         <v>2024</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
+        <v>437</v>
+      </c>
+      <c r="K104" t="s">
+        <v>37</v>
+      </c>
+      <c r="L104" t="s">
         <v>438</v>
       </c>
-      <c r="K104" t="s">
-[...2 lines deleted...]
-      <c r="L104" t="s">
+      <c r="M104" t="s">
         <v>439</v>
       </c>
-      <c r="M104" t="s">
+      <c r="N104" t="s">
+        <v>38</v>
+      </c>
+      <c r="O104" t="s">
         <v>440</v>
       </c>
-      <c r="N104" t="s">
-[...2 lines deleted...]
-      <c r="O104" t="s">
+      <c r="P104" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
+        <v>442</v>
+      </c>
+      <c r="B105" t="s">
         <v>443</v>
       </c>
-      <c r="B105" t="s">
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>34</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2024</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="K105" t="s">
         <v>37</v>
       </c>
       <c r="L105" t="s">
+        <v>445</v>
+      </c>
+      <c r="M105" t="s">
+        <v>439</v>
+      </c>
+      <c r="N105" t="s">
+        <v>38</v>
+      </c>
+      <c r="O105" t="s">
         <v>446</v>
       </c>
-      <c r="M105" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P105" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>447</v>
+      </c>
+      <c r="B106"/>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>171</v>
+        <v>119</v>
       </c>
       <c r="E106" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>120</v>
+        <v>34</v>
       </c>
       <c r="G106" t="s">
-        <v>121</v>
+        <v>436</v>
       </c>
       <c r="H106">
         <v>2017</v>
       </c>
-      <c r="I106">
-[...1 lines deleted...]
-      </c>
+      <c r="I106"/>
       <c r="J106" t="s">
-        <v>111</v>
+        <v>448</v>
       </c>
       <c r="K106" t="s">
         <v>37</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>26</v>
+        <v>439</v>
       </c>
       <c r="N106" t="s">
         <v>38</v>
       </c>
       <c r="O106" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="P106" t="s">
-        <v>229</v>
+        <v>441</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
+        <v>450</v>
+      </c>
+      <c r="B107" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>453</v>
+        <v>171</v>
       </c>
       <c r="E107" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F107" t="s">
-        <v>454</v>
+        <v>120</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>121</v>
       </c>
       <c r="H107">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I107"/>
+        <v>2017</v>
+      </c>
+      <c r="I107">
+        <v>2019</v>
+      </c>
       <c r="J107" t="s">
         <v>111</v>
       </c>
       <c r="K107" t="s">
         <v>37</v>
       </c>
-      <c r="L107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>456</v>
+        <v>26</v>
       </c>
       <c r="N107" t="s">
         <v>38</v>
       </c>
       <c r="O107" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="P107" t="s">
-        <v>458</v>
+        <v>229</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="B108" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="C108" t="s">
-        <v>461</v>
+        <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>199</v>
+        <v>455</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>110</v>
+        <v>456</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="K108" t="s">
         <v>37</v>
       </c>
       <c r="L108" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="M108" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="N108" t="s">
         <v>38</v>
       </c>
       <c r="O108" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="P108" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="B109" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="C109" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D109" t="s">
-        <v>269</v>
+        <v>199</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>110</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>122</v>
       </c>
       <c r="K109" t="s">
         <v>37</v>
       </c>
-      <c r="L109"/>
+      <c r="L109" t="s">
+        <v>464</v>
+      </c>
       <c r="M109" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="N109" t="s">
         <v>38</v>
       </c>
       <c r="O109" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="P109" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B110" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="C110" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D110" t="s">
-        <v>199</v>
+        <v>269</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>110</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>122</v>
       </c>
       <c r="K110" t="s">
         <v>37</v>
       </c>
-      <c r="L110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L110"/>
       <c r="M110" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="N110" t="s">
         <v>38</v>
       </c>
       <c r="O110" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="P110" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="B111" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="C111" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D111" t="s">
-        <v>477</v>
+        <v>199</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>110</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>478</v>
+        <v>122</v>
       </c>
       <c r="K111" t="s">
         <v>37</v>
       </c>
       <c r="L111" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="M111" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="N111" t="s">
         <v>38</v>
       </c>
       <c r="O111" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="P111" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="B112" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="C112" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D112" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>110</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>122</v>
+        <v>480</v>
       </c>
       <c r="K112" t="s">
         <v>37</v>
       </c>
       <c r="L112" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="M112" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="N112" t="s">
         <v>38</v>
       </c>
       <c r="O112" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="P112" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="B113" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="C113" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D113" t="s">
-        <v>119</v>
+        <v>486</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>110</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>122</v>
       </c>
       <c r="K113" t="s">
         <v>37</v>
       </c>
-      <c r="L113"/>
+      <c r="L113" t="s">
+        <v>487</v>
+      </c>
       <c r="M113" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="N113" t="s">
         <v>38</v>
       </c>
       <c r="O113" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="P113" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B114" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C114" t="s">
-        <v>43</v>
+        <v>463</v>
       </c>
       <c r="D114" t="s">
-        <v>139</v>
+        <v>119</v>
       </c>
       <c r="E114" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="G114" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="H114">
         <v>2012</v>
       </c>
-      <c r="I114">
-[...1 lines deleted...]
-      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>46</v>
+        <v>122</v>
       </c>
       <c r="K114" t="s">
         <v>37</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>47</v>
+        <v>465</v>
       </c>
       <c r="N114" t="s">
         <v>38</v>
       </c>
       <c r="O114" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="P114" t="s">
-        <v>130</v>
+        <v>493</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B115" t="s">
-        <v>104</v>
+        <v>495</v>
       </c>
       <c r="C115" t="s">
         <v>43</v>
       </c>
       <c r="D115" t="s">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="E115" t="s">
         <v>33</v>
       </c>
       <c r="F115" t="s">
         <v>45</v>
       </c>
       <c r="G115" t="s">
         <v>121</v>
       </c>
       <c r="H115">
         <v>2012</v>
       </c>
       <c r="I115">
         <v>2012</v>
       </c>
       <c r="J115" t="s">
         <v>46</v>
       </c>
       <c r="K115" t="s">
         <v>37</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>47</v>
       </c>
       <c r="N115" t="s">
         <v>38</v>
       </c>
       <c r="O115" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="P115" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="B116" t="s">
+        <v>104</v>
+      </c>
+      <c r="C116" t="s">
+        <v>43</v>
+      </c>
+      <c r="D116" t="s">
+        <v>104</v>
+      </c>
+      <c r="E116" t="s">
+        <v>33</v>
+      </c>
+      <c r="F116" t="s">
+        <v>45</v>
+      </c>
+      <c r="G116" t="s">
+        <v>121</v>
+      </c>
+      <c r="H116">
+        <v>2012</v>
+      </c>
+      <c r="I116">
+        <v>2012</v>
+      </c>
+      <c r="J116" t="s">
+        <v>46</v>
+      </c>
+      <c r="K116" t="s">
+        <v>37</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>47</v>
+      </c>
+      <c r="N116" t="s">
+        <v>38</v>
+      </c>
+      <c r="O116" t="s">
         <v>497</v>
       </c>
-      <c r="C116" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P116" t="s">
-        <v>505</v>
+        <v>130</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="B117" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="C117" t="s">
-        <v>43</v>
+        <v>500</v>
       </c>
       <c r="D117" t="s">
-        <v>216</v>
+        <v>501</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="G117" t="s">
         <v>8</v>
       </c>
       <c r="H117">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="I117">
         <v>2024</v>
       </c>
       <c r="J117" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="K117" t="s">
         <v>37</v>
       </c>
       <c r="L117" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="M117" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="N117" t="s">
         <v>38</v>
       </c>
       <c r="O117" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="P117" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="B118" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="C118" t="s">
-        <v>498</v>
+        <v>43</v>
       </c>
       <c r="D118" t="s">
-        <v>44</v>
+        <v>216</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>34</v>
+        <v>502</v>
       </c>
       <c r="G118" t="s">
-        <v>437</v>
+        <v>8</v>
       </c>
       <c r="H118">
+        <v>2004</v>
+      </c>
+      <c r="I118">
         <v>2024</v>
       </c>
-      <c r="I118"/>
       <c r="J118" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="K118" t="s">
         <v>37</v>
       </c>
       <c r="L118" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="M118" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="N118" t="s">
         <v>38</v>
       </c>
       <c r="O118" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="P118" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="B119" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C119" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D119" t="s">
-        <v>516</v>
+        <v>44</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>517</v>
+        <v>34</v>
       </c>
       <c r="G119" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="H119">
         <v>2024</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="K119" t="s">
         <v>37</v>
       </c>
       <c r="L119" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="M119" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="N119" t="s">
         <v>38</v>
       </c>
       <c r="O119" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="P119" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B120" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="C120" t="s">
-        <v>43</v>
+        <v>500</v>
       </c>
       <c r="D120" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
+        <v>519</v>
+      </c>
+      <c r="G120" t="s">
+        <v>436</v>
+      </c>
+      <c r="H120">
+        <v>2024</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>503</v>
+      </c>
+      <c r="K120" t="s">
+        <v>37</v>
+      </c>
+      <c r="L120" t="s">
+        <v>520</v>
+      </c>
+      <c r="M120" t="s">
+        <v>505</v>
+      </c>
+      <c r="N120" t="s">
+        <v>38</v>
+      </c>
+      <c r="O120" t="s">
+        <v>521</v>
+      </c>
+      <c r="P120" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>522</v>
+      </c>
+      <c r="B121" t="s">
+        <v>523</v>
+      </c>
+      <c r="C121" t="s">
+        <v>43</v>
+      </c>
+      <c r="D121" t="s">
+        <v>524</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
         <v>34</v>
       </c>
-      <c r="G120" t="s">
+      <c r="G121" t="s">
         <v>8</v>
       </c>
-      <c r="H120">
+      <c r="H121">
         <v>2011</v>
       </c>
-      <c r="I120">
+      <c r="I121">
         <v>2024</v>
       </c>
-      <c r="J120" t="s">
-[...8 lines deleted...]
-      <c r="M120" t="s">
+      <c r="J121" t="s">
         <v>503</v>
       </c>
-      <c r="N120" t="s">
-[...5 lines deleted...]
-      <c r="P120" t="s">
+      <c r="K121" t="s">
+        <v>37</v>
+      </c>
+      <c r="L121" t="s">
         <v>525</v>
+      </c>
+      <c r="M121" t="s">
+        <v>505</v>
+      </c>
+      <c r="N121" t="s">
+        <v>38</v>
+      </c>
+      <c r="O121" t="s">
+        <v>526</v>
+      </c>
+      <c r="P121" t="s">
+        <v>527</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">