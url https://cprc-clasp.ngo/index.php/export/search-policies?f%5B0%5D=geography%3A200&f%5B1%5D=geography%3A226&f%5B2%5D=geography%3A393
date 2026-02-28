--- v0 (2025-10-13)
+++ v1 (2026-02-28)
@@ -12,350 +12,430 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -619,729 +699,814 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="330.205" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K11" t="s">
         <v>24</v>
       </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>72</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>56</v>
+      </c>
+      <c r="L14" t="s">
+        <v>36</v>
+      </c>
+      <c r="M14" t="s">
+        <v>105</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" t="s">
+        <v>111</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>56</v>
+      </c>
+      <c r="L15" t="s">
+        <v>36</v>
+      </c>
+      <c r="M15" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...73 lines deleted...]
-      <c r="N4" t="s">
+      <c r="N15" t="s">
         <v>37</v>
       </c>
-    </row>
-[...454 lines deleted...]
-      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>