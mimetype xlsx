--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,338 +12,426 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -607,773 +695,872 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="146.107" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>35</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>53</v>
+      </c>
+      <c r="P7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>27</v>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2014</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>64</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-        <v>29</v>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...33 lines deleted...]
-      <c r="L5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>79</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>82</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" t="s">
+        <v>79</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>82</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>82</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
       </c>
+      <c r="E15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F15" t="s">
+        <v>79</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>82</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
     </row>
-    <row r="6" spans="1:14">
-[...31 lines deleted...]
-      <c r="L6" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>78</v>
+      </c>
+      <c r="F16" t="s">
+        <v>79</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...383 lines deleted...]
-      <c r="A16" t="s">
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>80</v>
       </c>
-      <c r="B16" t="s">
-[...27 lines deleted...]
-      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N16" t="s">
-        <v>82</v>
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>