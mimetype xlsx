--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -12,320 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -589,781 +679,880 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="146.107" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F8" t="s">
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>28</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...22 lines deleted...]
-      <c r="I4" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...280 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>61</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
       </c>
       <c r="H11">
         <v>2018</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...20 lines deleted...]
-      <c r="C12" t="s">
+      <c r="F12" t="s">
         <v>61</v>
       </c>
-      <c r="D12" t="s">
-[...9 lines deleted...]
-        <v>2018</v>
+      <c r="G12" t="s">
+        <v>62</v>
       </c>
       <c r="H12">
         <v>2018</v>
       </c>
-      <c r="I12" t="s">
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>84</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J12" t="s">
+      <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" t="s">
         <v>62</v>
       </c>
-      <c r="K12"/>
-      <c r="L12" t="s">
+      <c r="H13">
+        <v>2007</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>89</v>
+      </c>
+      <c r="M13" t="s">
+        <v>64</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>90</v>
+      </c>
+      <c r="P13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>82</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
         <v>49</v>
       </c>
-      <c r="M12" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-        <v>63</v>
+      <c r="L14" t="s">
+        <v>92</v>
+      </c>
+      <c r="M14" t="s">
+        <v>64</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
-      <c r="A13" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" t="s">
+        <v>62</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
         <v>64</v>
       </c>
-      <c r="B13" t="s">
-[...20 lines deleted...]
-      <c r="I13" t="s">
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>96</v>
+      </c>
+      <c r="P15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J13" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...5 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>99</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...96 lines deleted...]
-      <c r="C16" t="s">
+      <c r="L16" t="s">
+        <v>100</v>
+      </c>
+      <c r="M16" t="s">
+        <v>64</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="D16" t="s">
-[...28 lines deleted...]
-        <v>76</v>
+      <c r="O16" t="s">
+        <v>101</v>
+      </c>
+      <c r="P16" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>