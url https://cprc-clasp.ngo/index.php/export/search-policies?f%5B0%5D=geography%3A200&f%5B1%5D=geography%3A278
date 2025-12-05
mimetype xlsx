--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,562 +12,770 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>Computers</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (LED Lamps) Determination 2025</t>
   </si>
   <si>
+    <t>This policy mandates Minimum Energy Performance Standards (MEPS) and labeling requirements for LED lamps, and sets conditions for incandescent and halogen lamp equivalence claims.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>AS/NZS 5341</t>
   </si>
   <si>
     <t>Department of Climate Change, Energy, the Environment and Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-led-lamps-determination-2025</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2025L00263/asmade/text</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -831,1531 +1039,1732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N33"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="196" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="146.107" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...21 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7">
+        <v>1989</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>1999</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>81</v>
+      </c>
+      <c r="G11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11">
+        <v>2005</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>39</v>
+      </c>
+      <c r="H13">
+        <v>1989</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>39</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>106</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>39</v>
+      </c>
+      <c r="H16">
+        <v>1989</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>106</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>39</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>128</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19">
+        <v>2025</v>
+      </c>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>130</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>135</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>39</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>136</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>137</v>
+      </c>
+      <c r="P20" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>139</v>
+      </c>
+      <c r="B21" t="s">
+        <v>140</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>141</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>39</v>
+      </c>
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>142</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>143</v>
+      </c>
+      <c r="P21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>39</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>148</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>149</v>
+      </c>
+      <c r="P22" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>151</v>
+      </c>
+      <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>153</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>39</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>154</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>155</v>
+      </c>
+      <c r="P23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>157</v>
+      </c>
+      <c r="B24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>159</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>39</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>160</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>165</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>39</v>
+      </c>
+      <c r="H25">
+        <v>2001</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>166</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>167</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>172</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>39</v>
+      </c>
+      <c r="H26">
+        <v>2004</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>173</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>167</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>176</v>
+      </c>
+      <c r="B27" t="s">
+        <v>177</v>
+      </c>
+      <c r="C27" t="s">
+        <v>178</v>
+      </c>
+      <c r="D27" t="s">
+        <v>127</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>179</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>180</v>
+      </c>
+      <c r="M27" t="s">
+        <v>181</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>178</v>
+      </c>
+      <c r="D28" t="s">
+        <v>165</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2010</v>
       </c>
-      <c r="H4">
-[...8 lines deleted...]
-      <c r="K4" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>179</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>181</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>188</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>178</v>
+      </c>
+      <c r="D29" t="s">
+        <v>127</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>33</v>
       </c>
-      <c r="L4" t="s">
-[...22 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>179</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
+        <v>181</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>191</v>
+      </c>
+      <c r="P29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>178</v>
+      </c>
+      <c r="D30" t="s">
+        <v>195</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>196</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>197</v>
+      </c>
+      <c r="M30" t="s">
+        <v>181</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>198</v>
+      </c>
+      <c r="P30" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>200</v>
+      </c>
+      <c r="B31" t="s">
+        <v>201</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" t="s">
+        <v>115</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2010</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>179</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>181</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>205</v>
+      </c>
+      <c r="B32" t="s">
+        <v>206</v>
+      </c>
+      <c r="C32" t="s">
+        <v>178</v>
+      </c>
+      <c r="D32" t="s">
+        <v>207</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>179</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>181</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>208</v>
+      </c>
+      <c r="P32" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>210</v>
+      </c>
+      <c r="B33" t="s">
+        <v>211</v>
+      </c>
+      <c r="C33" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...28 lines deleted...]
-      <c r="A6" t="s">
+      <c r="D33" t="s">
+        <v>212</v>
+      </c>
+      <c r="E33" t="s">
+        <v>213</v>
+      </c>
+      <c r="F33" t="s">
+        <v>81</v>
+      </c>
+      <c r="G33" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...59 lines deleted...]
-      <c r="H7">
+      <c r="H33">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
-[...478 lines deleted...]
-      <c r="H18">
+      <c r="I33">
         <v>2016</v>
       </c>
-      <c r="I18" t="s">
-[...643 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>150</v>
+        <v>214</v>
       </c>
       <c r="K33" t="s">
-        <v>151</v>
+        <v>215</v>
       </c>
       <c r="L33" t="s">
-        <v>152</v>
+        <v>216</v>
       </c>
       <c r="M33" t="s">
-        <v>153</v>
+        <v>217</v>
       </c>
       <c r="N33" t="s">
-        <v>154</v>
+        <v>218</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>