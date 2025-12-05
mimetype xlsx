--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,392 +12,513 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -661,985 +782,1114 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>33</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>33</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2024</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>62</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>75</v>
+      </c>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>87</v>
+      </c>
+      <c r="P13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14">
         <v>2015</v>
       </c>
-      <c r="H3">
-[...26 lines deleted...]
-      <c r="C4" t="s">
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>62</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>91</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>97</v>
+      </c>
+      <c r="G15" t="s">
+        <v>32</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>62</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>103</v>
+      </c>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>104</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
+      <c r="M16" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>103</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>104</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>105</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>104</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>105</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>117</v>
+      </c>
+      <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>104</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>123</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>105</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
+        <v>107</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...187 lines deleted...]
-      <c r="L8" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>104</v>
+      </c>
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
-[...529 lines deleted...]
-      <c r="G21">
+      <c r="H21">
         <v>2012</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="N21" t="s">
-        <v>98</v>
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>