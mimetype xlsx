--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,314 +12,299 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
-[...107 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
@@ -782,74 +767,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P21"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="510.732" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -881,979 +866,927 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H3">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I3">
         <v>2023</v>
       </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
         <v>2023</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="P5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6">
         <v>2024</v>
       </c>
-      <c r="I6">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="P6" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="H7">
-[...2 lines deleted...]
-      <c r="I7"/>
+      <c r="H7"/>
+      <c r="I7">
+        <v>2024</v>
+      </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="P7" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H8">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P8" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>59</v>
       </c>
       <c r="B9" t="s">
         <v>60</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>61</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H9">
         <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>62</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>63</v>
       </c>
       <c r="M9" t="s">
         <v>64</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>65</v>
       </c>
       <c r="P9" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>67</v>
       </c>
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>62</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M10" t="s">
         <v>64</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>62</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M11" t="s">
         <v>64</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>62</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>82</v>
       </c>
       <c r="P12" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>84</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
       <c r="J13" t="s">
         <v>62</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13"/>
+      <c r="L13" t="s">
+        <v>86</v>
+      </c>
       <c r="M13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>87</v>
       </c>
       <c r="P13" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>89</v>
       </c>
       <c r="B14" t="s">
         <v>90</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="G14" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I14">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J14" t="s">
         <v>62</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="M14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P14" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B15" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="D15" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H15">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="M15" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P15" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B16" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C16" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>107</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H16">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>108</v>
       </c>
       <c r="P16" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>110</v>
       </c>
       <c r="B17" t="s">
         <v>111</v>
       </c>
       <c r="C17" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>112</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H17">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
       <c r="M17" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>113</v>
       </c>
       <c r="P17" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>115</v>
       </c>
       <c r="B18" t="s">
         <v>116</v>
       </c>
       <c r="C18" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>117</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H18">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M18" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="P18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B19" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D19" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H19">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>123</v>
+        <v>100</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M19" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C20" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D20" t="s">
-        <v>129</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H20">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>102</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
         <v>130</v>
       </c>
-      <c r="M20" t="s">
-[...5 lines deleted...]
-      <c r="O20" t="s">
+      <c r="P20" t="s">
         <v>131</v>
-      </c>
-[...47 lines deleted...]
-        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">