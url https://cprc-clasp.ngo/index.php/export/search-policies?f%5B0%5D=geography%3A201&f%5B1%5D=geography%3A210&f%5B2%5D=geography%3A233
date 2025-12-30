--- v0 (2025-11-13)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -113,75 +113,81 @@
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -189,110 +195,110 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -399,50 +405,53 @@
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
     <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
     <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -970,55 +979,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="445.891" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1106,1354 +1115,1354 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G16" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E17" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G17" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K17" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="M18" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="P18" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B19" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="M19" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P20" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B21" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="P21" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B22" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C22" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="G22" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H23">
         <v>2019</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="M23" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="P23" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C24" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
+        <v>167</v>
+      </c>
+      <c r="M24" t="s">
+        <v>156</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
         <v>164</v>
-      </c>
-[...10 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H25">
         <v>2019</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="M25" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="P25" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D26" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G26" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="M26" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="P26" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B27" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C27" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
         <v>32</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H27">
         <v>2019</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="M27" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="P27" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B28" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C28" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E28" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F28" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G28" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="P28" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B29" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E29" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F29" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G29" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H29">
         <v>2014</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="P29" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B30" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C30" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D30" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2008</v>
       </c>
       <c r="I30">
         <v>2013</v>
       </c>
       <c r="J30" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="M30" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="P30" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">