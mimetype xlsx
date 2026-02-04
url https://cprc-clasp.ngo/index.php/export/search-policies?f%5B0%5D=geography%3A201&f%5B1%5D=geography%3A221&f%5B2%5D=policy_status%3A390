--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,292 +12,288 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
-    <t>VC 8043 Incandescent Lamps</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
+    <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
+  </si>
+  <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>SANS 60064
-[...14 lines deleted...]
-  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -561,577 +557,496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="160" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="437.607" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2024</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="K2" t="s">
-[...55 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...24 lines deleted...]
-      <c r="K4" t="s">
+      <c r="G8" t="s">
         <v>35</v>
-      </c>
-[...156 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K8" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>52</v>
-[...128 lines deleted...]
-      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
         <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>