--- v0 (2025-10-14)
+++ v1 (2026-02-05)
@@ -12,371 +12,330 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
+    <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
+  </si>
+  <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 104:2017</t>
+  </si>
+  <si>
+    <t>National Energy Secretariat of Panama</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
+  </si>
+  <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
+    <t>Resolution No.115: ductless split type air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 103:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution No.116: room-type air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 102:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution No.117: central, packaged and split air conditioners</t>
+  </si>
+  <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
+    <t>DGNTI-COPANIT 101:2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
+  </si>
+  <si>
+    <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
+  </si>
+  <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...55 lines deleted...]
-  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
-    <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
-[...5 lines deleted...]
-    <t>SI 4665-1</t>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...34 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...17 lines deleted...]
-    <t>Electricity, Solar</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,945 +599,630 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2006</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1993</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>41</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>41</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>41</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K9" t="s">
         <v>24</v>
       </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...333 lines deleted...]
-      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="N11" t="s">
-        <v>62</v>
-[...206 lines deleted...]
-      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
         <v>78</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" t="s">
+      <c r="P11" t="s">
         <v>79</v>
-      </c>
-[...161 lines deleted...]
-        <v>93</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>