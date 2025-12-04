--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,296 +12,369 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,699 +638,786 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="621.563" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>45</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
         <v>2019</v>
       </c>
-      <c r="H3"/>
-[...6 lines deleted...]
-      <c r="K3" t="s">
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>54</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...6 lines deleted...]
-        <v>28</v>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...213 lines deleted...]
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2013</v>
       </c>
-      <c r="H9"/>
-      <c r="I9" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>54</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
         <v>51</v>
       </c>
-      <c r="J9" t="s">
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>65</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>54</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
         <v>52</v>
       </c>
-      <c r="L9" t="s">
-[...2 lines deleted...]
-      <c r="M9" t="s">
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-        <v>53</v>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>54</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-      <c r="A10" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
         <v>54</v>
       </c>
-      <c r="B10" t="s">
-[...20 lines deleted...]
-      <c r="I10" t="s">
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>65</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>54</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>87</v>
+      </c>
+      <c r="P13" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
         <v>51</v>
       </c>
-      <c r="J10" t="s">
-[...6 lines deleted...]
-      <c r="M10" t="s">
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>65</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...161 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="N14" t="s">
-        <v>68</v>
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>91</v>
+      </c>
+      <c r="P14" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>