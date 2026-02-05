--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -12,227 +12,261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -496,403 +530,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="109" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="437.607" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2016</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2019</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...157 lines deleted...]
-        <v>45</v>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>