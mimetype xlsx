--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,236 +12,271 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -505,403 +540,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="437.607" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2019</v>
       </c>
-      <c r="H3"/>
-[...6 lines deleted...]
-      <c r="K3" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
+      <c r="D5" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>35</v>
       </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>41</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2019</v>
       </c>
-      <c r="H4"/>
-[...15 lines deleted...]
-      <c r="N4" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="N7" t="s">
         <v>39</v>
       </c>
-      <c r="B5" t="s">
-[...118 lines deleted...]
-        <v>48</v>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>