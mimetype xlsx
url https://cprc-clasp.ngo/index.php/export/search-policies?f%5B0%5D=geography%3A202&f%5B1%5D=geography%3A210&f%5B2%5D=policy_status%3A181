--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -114,50 +114,53 @@
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -203,153 +206,93 @@
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...46 lines deleted...]
-  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
     <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
@@ -359,70 +302,50 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
     <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
@@ -753,73 +676,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P17"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="362.054" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -899,752 +822,516 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
       <c r="M8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="H9">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
       <c r="M11" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2018</v>
       </c>
-      <c r="I12"/>
+      <c r="I12">
+        <v>2019</v>
+      </c>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>36</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>89</v>
-[...60 lines deleted...]
-      <c r="D14" t="s">
         <v>100</v>
-      </c>
-[...176 lines deleted...]
-        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">