--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -12,212 +12,243 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,319 +512,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="129" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="414.042" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="135.538" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...31 lines deleted...]
-      <c r="L3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...67 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2018</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
-        <v>40</v>
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>