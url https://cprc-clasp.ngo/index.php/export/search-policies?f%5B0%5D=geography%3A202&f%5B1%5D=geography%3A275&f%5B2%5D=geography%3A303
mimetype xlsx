--- v0 (2025-11-15)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="840">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="842">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1954,50 +1954,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
@@ -2118,50 +2121,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -3046,51 +3052,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="119.114" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -8118,2357 +8124,2357 @@
       </c>
       <c r="P105" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
         <v>596</v>
       </c>
       <c r="B106" t="s">
         <v>597</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
         <v>284</v>
       </c>
       <c r="E106" t="s">
         <v>290</v>
       </c>
       <c r="F106" t="s">
         <v>205</v>
       </c>
       <c r="G106" t="s">
-        <v>546</v>
+        <v>598</v>
       </c>
       <c r="H106">
         <v>2004</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="M106" t="s">
         <v>584</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="P106" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B107" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
         <v>284</v>
       </c>
       <c r="E107" t="s">
         <v>290</v>
       </c>
       <c r="F107" t="s">
         <v>333</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2004</v>
       </c>
       <c r="I107">
         <v>2021</v>
       </c>
       <c r="J107" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
         <v>584</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="P107" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B108" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
         <v>100</v>
       </c>
       <c r="E108" t="s">
         <v>290</v>
       </c>
       <c r="F108" t="s">
         <v>205</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>1978</v>
       </c>
       <c r="I108">
         <v>2017</v>
       </c>
       <c r="J108" t="s">
         <v>33</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
         <v>584</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="P108" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B109" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>205</v>
       </c>
       <c r="G109" t="s">
         <v>69</v>
       </c>
       <c r="H109">
         <v>2013</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>110</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
         <v>584</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="P109" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B110" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
         <v>199</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>205</v>
       </c>
       <c r="G110" t="s">
         <v>69</v>
       </c>
       <c r="H110">
         <v>2014</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>110</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
         <v>584</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P110" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B111" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>205</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2007</v>
       </c>
       <c r="I111">
         <v>2014</v>
       </c>
       <c r="J111" t="s">
         <v>110</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
         <v>584</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="P111" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B112" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
         <v>199</v>
       </c>
       <c r="E112" t="s">
         <v>290</v>
       </c>
       <c r="F112" t="s">
         <v>205</v>
       </c>
       <c r="G112" t="s">
         <v>69</v>
       </c>
       <c r="H112">
         <v>2017</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>110</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
         <v>584</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="P112" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B113" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>205</v>
       </c>
       <c r="G113" t="s">
         <v>69</v>
       </c>
       <c r="H113">
         <v>2012</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>110</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
         <v>584</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="P113" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B114" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>205</v>
       </c>
       <c r="G114" t="s">
         <v>69</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>33</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
         <v>584</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="P114" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B115" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>313</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>205</v>
       </c>
       <c r="G115" t="s">
         <v>69</v>
       </c>
       <c r="H115">
         <v>2013</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>110</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>584</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P115" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B116" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
         <v>214</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>205</v>
       </c>
       <c r="G116" t="s">
         <v>69</v>
       </c>
       <c r="H116">
         <v>2013</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>110</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
         <v>584</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="P116" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B117" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
         <v>252</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>205</v>
       </c>
       <c r="G117" t="s">
         <v>69</v>
       </c>
       <c r="H117">
         <v>2013</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>110</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
         <v>584</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P117" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B118" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>205</v>
       </c>
       <c r="G118" t="s">
-        <v>69</v>
+        <v>654</v>
       </c>
       <c r="H118">
         <v>2014</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
         <v>584</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="P118" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="B119" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
         <v>44</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>205</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2014</v>
       </c>
       <c r="I119">
         <v>2024</v>
       </c>
       <c r="J119" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
         <v>584</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="P119" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B120" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
         <v>279</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>205</v>
       </c>
       <c r="G120" t="s">
         <v>69</v>
       </c>
       <c r="H120">
         <v>2014</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>110</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
         <v>584</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="P120" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B121" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>205</v>
       </c>
       <c r="G121" t="s">
         <v>69</v>
       </c>
       <c r="H121">
         <v>2016</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>110</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
         <v>584</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="P121" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B122" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
         <v>269</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>205</v>
       </c>
       <c r="G122" t="s">
         <v>69</v>
       </c>
       <c r="H122">
         <v>2016</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
         <v>110</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
         <v>584</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="P122" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="B123" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>205</v>
       </c>
       <c r="G123" t="s">
         <v>69</v>
       </c>
       <c r="H123">
         <v>2016</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
         <v>110</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
         <v>584</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="P123" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="B124" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="E124" t="s">
         <v>258</v>
       </c>
       <c r="F124" t="s">
         <v>205</v>
       </c>
       <c r="G124" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="H124"/>
       <c r="I124"/>
       <c r="J124" t="s">
         <v>33</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
         <v>593</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="P124" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B125" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
         <v>117</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>205</v>
       </c>
       <c r="G125" t="s">
         <v>69</v>
       </c>
       <c r="H125">
         <v>2007</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>110</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
         <v>584</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="P125" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B126" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C126" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D126" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>205</v>
       </c>
       <c r="G126" t="s">
         <v>69</v>
       </c>
       <c r="H126">
         <v>2021</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
         <v>33</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="M126" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="P126"/>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B127" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C127" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D127" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2002</v>
       </c>
       <c r="I127">
         <v>2015</v>
       </c>
       <c r="J127" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="K127" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="L127" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="M127" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="P127" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B128" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C128" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D128" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>205</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2013</v>
       </c>
       <c r="I128">
         <v>2015</v>
       </c>
       <c r="J128" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="K128" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="L128" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="M128" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="P128" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B129" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C129" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D129" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>69</v>
       </c>
       <c r="H129">
         <v>2006</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="M129" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="P129" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B130" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C130" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D130" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="E130" t="s">
         <v>290</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2011</v>
       </c>
       <c r="I130">
         <v>2014</v>
       </c>
       <c r="J130" t="s">
         <v>33</v>
       </c>
       <c r="K130" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="L130" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="M130" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="P130" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B131" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C131" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D131" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>205</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2015</v>
       </c>
       <c r="I131">
         <v>2017</v>
       </c>
       <c r="J131" t="s">
         <v>33</v>
       </c>
       <c r="K131" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="L131" t="s">
+        <v>721</v>
+      </c>
+      <c r="M131" t="s">
+        <v>694</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>722</v>
+      </c>
+      <c r="P131" t="s">
         <v>719</v>
-      </c>
-[...10 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B132" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C132" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D132" t="s">
         <v>514</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>205</v>
       </c>
       <c r="G132" t="s">
         <v>69</v>
       </c>
       <c r="H132">
         <v>2015</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
         <v>33</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="M132" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="P132" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B133" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C133" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D133" t="s">
         <v>514</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>69</v>
       </c>
       <c r="H133">
         <v>2015</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="M133" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="P133" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B134" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="C134" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D134" t="s">
         <v>368</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>205</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2011</v>
       </c>
       <c r="I134">
         <v>2021</v>
       </c>
       <c r="J134" t="s">
         <v>33</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="M134" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="P134" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B135" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C135" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D135" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2002</v>
       </c>
       <c r="I135">
         <v>2021</v>
       </c>
       <c r="J135" t="s">
         <v>33</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="M135" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="P135" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="B136" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="C136" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D136" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>69</v>
       </c>
       <c r="H136">
         <v>2021</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>33</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="M136" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="P136" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B137" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C137" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D137" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="H137">
         <v>2021</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>33</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="M137" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="P137" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="B138" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C138" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D138" t="s">
         <v>82</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>205</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2011</v>
       </c>
       <c r="I138">
         <v>2021</v>
       </c>
       <c r="J138" t="s">
         <v>33</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="M138" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="P138" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B139" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C139" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D139" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>205</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2011</v>
       </c>
       <c r="I139">
         <v>2021</v>
       </c>
       <c r="J139" t="s">
         <v>33</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="M139" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="P139" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B140" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C140" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D140" t="s">
         <v>62</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>205</v>
       </c>
       <c r="G140" t="s">
         <v>69</v>
       </c>
       <c r="H140">
         <v>2021</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>33</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="M140" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="P140" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B141" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C141" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D141" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>174</v>
       </c>
       <c r="G141" t="s">
         <v>69</v>
       </c>
       <c r="H141">
         <v>2021</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>33</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="M141" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="P141" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B142" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C142" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D142" t="s">
         <v>368</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2002</v>
       </c>
       <c r="I142">
         <v>2021</v>
       </c>
       <c r="J142" t="s">
         <v>33</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="M142" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="P142" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B143" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="C143" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D143" t="s">
         <v>82</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2002</v>
       </c>
       <c r="I143">
         <v>2021</v>
       </c>
       <c r="J143" t="s">
         <v>33</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="M143" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="P143" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B144" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C144" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D144" t="s">
         <v>50</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2002</v>
       </c>
       <c r="I144">
         <v>2021</v>
       </c>
       <c r="J144" t="s">
         <v>33</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="M144" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="P144" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B145" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C145" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D145" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>205</v>
       </c>
       <c r="G145" t="s">
         <v>69</v>
       </c>
       <c r="H145">
         <v>2021</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>33</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="M145" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="P145"/>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B146" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C146" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D146" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>205</v>
       </c>
       <c r="G146" t="s">
         <v>69</v>
       </c>
       <c r="H146">
         <v>2021</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>33</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="M146" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="P146"/>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B147" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C147" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D147" t="s">
         <v>274</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>69</v>
       </c>
       <c r="H147">
         <v>2022</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
         <v>33</v>
       </c>
       <c r="K147" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="L147" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="M147" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="P147" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B148" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C148" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D148" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>69</v>
       </c>
       <c r="H148">
         <v>2022</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
         <v>33</v>
       </c>
       <c r="K148" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="P148" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B149" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C149" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D149" t="s">
         <v>274</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>205</v>
       </c>
       <c r="G149" t="s">
         <v>69</v>
       </c>
       <c r="H149">
         <v>2022</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
         <v>33</v>
       </c>
       <c r="K149" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="L149" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="M149" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="P149" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B150" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C150" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D150" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>205</v>
       </c>
       <c r="G150" t="s">
         <v>69</v>
       </c>
       <c r="H150">
         <v>2022</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
         <v>33</v>
       </c>
       <c r="K150" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="L150" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="M150" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="P150" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="B151" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C151" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D151" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>205</v>
       </c>
       <c r="G151" t="s">
         <v>69</v>
       </c>
       <c r="H151">
         <v>2022</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
         <v>33</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="M151" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="P151" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="B152" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C152" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D152" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="G152" t="s">
         <v>69</v>
       </c>
       <c r="H152">
         <v>2008</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="K152" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="L152" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="M152" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="P152" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B153" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C153" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D153" t="s">
         <v>76</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>2012</v>
       </c>
       <c r="I153">
         <v>2015</v>
       </c>
       <c r="J153" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="M153" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="P153" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="B154" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C154" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D154" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>205</v>
       </c>
       <c r="G154" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="N154" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="O154" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="P154"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>