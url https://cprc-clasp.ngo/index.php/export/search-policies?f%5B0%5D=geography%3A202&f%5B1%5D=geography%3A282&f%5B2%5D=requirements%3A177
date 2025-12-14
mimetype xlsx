--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -12,1745 +12,2620 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="530">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
+  </si>
+  <si>
+    <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
+  </si>
+  <si>
+    <t>Power Supply and Power Conversion</t>
+  </si>
+  <si>
+    <t>February 2025</t>
+  </si>
+  <si>
+    <t>GB 20943-2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+  </si>
+  <si>
+    <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
+  </si>
+  <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
+    <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
+    <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
+  </si>
+  <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
+    <t>Induction Cookstoves or Hobs</t>
+  </si>
+  <si>
+    <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
+  </si>
+  <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
-  </si>
-[...43 lines deleted...]
-    <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
+  </si>
+  <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
+  </si>
+  <si>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
+    <t>MEPS for electric pressure cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
-[...1 lines deleted...]
-  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2014,6611 +2889,7520 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N151"/>
+  <dimension ref="A1:P151"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...21 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>34</v>
       </c>
-    </row>
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2008</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>34</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
-[...7 lines deleted...]
-      <c r="A6" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>34</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>34</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>75</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>34</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>85</v>
+      </c>
+      <c r="N11" t="s">
+        <v>34</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>75</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" t="s">
+        <v>34</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" t="s">
+        <v>34</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>76</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>34</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>34</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>34</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>34</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>122</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>34</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>45</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>127</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>34</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>51</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>34</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>138</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>34</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>34</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B23" t="s">
+        <v>147</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...21 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="G23" t="s">
+        <v>75</v>
+      </c>
+      <c r="H23">
+        <v>2005</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>148</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>149</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>34</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>75</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
-[...32 lines deleted...]
-      <c r="J7" t="s">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>154</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>34</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>159</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G25" t="s">
+        <v>75</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
-[...32 lines deleted...]
-      <c r="J8" t="s">
+      <c r="K25" t="s">
+        <v>160</v>
+      </c>
+      <c r="L25" t="s">
+        <v>161</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>34</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...2 lines deleted...]
-      <c r="L8" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>166</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>167</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>34</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="M8" t="s">
-[...32 lines deleted...]
-      <c r="J9" t="s">
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>173</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>34</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...2 lines deleted...]
-      <c r="L9" t="s">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
         <v>23</v>
       </c>
-      <c r="M9" t="s">
-[...34 lines deleted...]
-      <c r="J10" t="s">
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>179</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>34</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>182</v>
+      </c>
+      <c r="B29" t="s">
+        <v>183</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>143</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...187 lines deleted...]
-      <c r="A15" t="s">
+      <c r="G29" t="s">
         <v>75</v>
-      </c>
-[...612 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H29">
         <v>2010</v>
       </c>
-      <c r="I29" t="s">
-        <v>40</v>
+      <c r="I29">
+        <v>2010</v>
       </c>
       <c r="J29" t="s">
+        <v>51</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>184</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>34</v>
+      </c>
+      <c r="O29" t="s">
+        <v>185</v>
+      </c>
+      <c r="P29" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>187</v>
+      </c>
+      <c r="B30" t="s">
+        <v>188</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>189</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...2 lines deleted...]
-      <c r="L29" t="s">
+      <c r="G30" t="s">
+        <v>75</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
         <v>23</v>
       </c>
-      <c r="M29" t="s">
-[...28 lines deleted...]
-      <c r="H30">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>190</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>34</v>
+      </c>
+      <c r="O30" t="s">
+        <v>191</v>
+      </c>
+      <c r="P30" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>195</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>75</v>
+      </c>
+      <c r="H31">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
-[...2 lines deleted...]
-      <c r="J30" t="s">
+      <c r="I31">
+        <v>2019</v>
+      </c>
+      <c r="J31" t="s">
+        <v>196</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>197</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>34</v>
+      </c>
+      <c r="O31" t="s">
+        <v>198</v>
+      </c>
+      <c r="P31" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>200</v>
+      </c>
+      <c r="B32" t="s">
+        <v>201</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>202</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K30" t="s">
-[...2 lines deleted...]
-      <c r="L30" t="s">
+      <c r="G32" t="s">
+        <v>75</v>
+      </c>
+      <c r="H32">
+        <v>2005</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>196</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>203</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>34</v>
+      </c>
+      <c r="O32" t="s">
+        <v>204</v>
+      </c>
+      <c r="P32" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>206</v>
+      </c>
+      <c r="B33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>208</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2010</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="M30" t="s">
-[...34 lines deleted...]
-      <c r="J31" t="s">
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>209</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>210</v>
+      </c>
+      <c r="P33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>214</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...118 lines deleted...]
-        <v>2010</v>
+      <c r="G34" t="s">
+        <v>75</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
-      <c r="I34" t="s">
-        <v>20</v>
+      <c r="I34">
+        <v>2010</v>
       </c>
       <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>215</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>216</v>
+      </c>
+      <c r="P34" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>218</v>
+      </c>
+      <c r="B35" t="s">
+        <v>219</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>220</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...2 lines deleted...]
-      <c r="L34" t="s">
+      <c r="G35" t="s">
+        <v>75</v>
+      </c>
+      <c r="H35">
+        <v>2005</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
         <v>23</v>
       </c>
-      <c r="M34" t="s">
-[...34 lines deleted...]
-      <c r="J35" t="s">
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>221</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>34</v>
+      </c>
+      <c r="O35" t="s">
+        <v>222</v>
+      </c>
+      <c r="P35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>224</v>
+      </c>
+      <c r="B36" t="s">
+        <v>225</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>83</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
-[...31 lines deleted...]
-      <c r="G36">
+      <c r="G36" t="s">
+        <v>75</v>
+      </c>
+      <c r="H36">
         <v>2011</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2013</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
+        <v>196</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>84</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>34</v>
+      </c>
+      <c r="O36" t="s">
+        <v>226</v>
+      </c>
+      <c r="P36" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>228</v>
+      </c>
+      <c r="B37" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K36" t="s">
-[...31 lines deleted...]
-      <c r="G37">
+      <c r="G37" t="s">
+        <v>75</v>
+      </c>
+      <c r="H37">
         <v>2011</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2017</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
+        <v>196</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>231</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>34</v>
+      </c>
+      <c r="O37" t="s">
+        <v>232</v>
+      </c>
+      <c r="P37" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" t="s">
+        <v>235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>172</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G38" t="s">
+        <v>75</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>119</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K38" t="s">
-        <v>166</v>
+        <v>236</v>
       </c>
       <c r="L38" t="s">
+        <v>237</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>34</v>
+      </c>
+      <c r="O38" t="s">
+        <v>238</v>
+      </c>
+      <c r="P38" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>240</v>
+      </c>
+      <c r="B39" t="s">
+        <v>241</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>242</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>75</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="M38" t="s">
-[...34 lines deleted...]
-      <c r="J39" t="s">
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>243</v>
+      </c>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>34</v>
+      </c>
+      <c r="O39" t="s">
+        <v>244</v>
+      </c>
+      <c r="P39" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>246</v>
+      </c>
+      <c r="B40" t="s">
+        <v>247</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>32</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G40" t="s">
+        <v>75</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>20</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>248</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>34</v>
+      </c>
+      <c r="O40" t="s">
+        <v>249</v>
+      </c>
+      <c r="P40" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>251</v>
+      </c>
+      <c r="B41" t="s">
+        <v>252</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>253</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K40" t="s">
-[...2 lines deleted...]
-      <c r="L40" t="s">
+      <c r="G41" t="s">
+        <v>75</v>
+      </c>
+      <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41">
+        <v>2013</v>
+      </c>
+      <c r="J41" t="s">
         <v>23</v>
       </c>
-      <c r="M40" t="s">
-[...28 lines deleted...]
-      <c r="H41">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>254</v>
+      </c>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>34</v>
+      </c>
+      <c r="O41" t="s">
+        <v>255</v>
+      </c>
+      <c r="P41" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>257</v>
+      </c>
+      <c r="B42" t="s">
+        <v>258</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>259</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>75</v>
+      </c>
+      <c r="H42">
+        <v>2008</v>
+      </c>
+      <c r="I42">
         <v>2013</v>
       </c>
-      <c r="I41" t="s">
-[...2 lines deleted...]
-      <c r="J41" t="s">
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>260</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>34</v>
+      </c>
+      <c r="O42" t="s">
+        <v>261</v>
+      </c>
+      <c r="P42" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B43" t="s">
+        <v>264</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>265</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K41" t="s">
-[...2 lines deleted...]
-      <c r="L41" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M41" t="s">
-[...25 lines deleted...]
-      <c r="G42">
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>266</v>
+      </c>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>34</v>
+      </c>
+      <c r="O43" t="s">
+        <v>267</v>
+      </c>
+      <c r="P43" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>269</v>
+      </c>
+      <c r="B44" t="s">
+        <v>270</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>271</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>75</v>
+      </c>
+      <c r="H44">
         <v>2008</v>
       </c>
-      <c r="H42">
+      <c r="I44">
+        <v>2015</v>
+      </c>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>272</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>34</v>
+      </c>
+      <c r="O44" t="s">
+        <v>273</v>
+      </c>
+      <c r="P44" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>275</v>
+      </c>
+      <c r="B45" t="s">
+        <v>276</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>265</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>75</v>
+      </c>
+      <c r="H45">
+        <v>2008</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>277</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>34</v>
+      </c>
+      <c r="O45" t="s">
+        <v>278</v>
+      </c>
+      <c r="P45" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>280</v>
+      </c>
+      <c r="B46" t="s">
+        <v>281</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>282</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>75</v>
+      </c>
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>283</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>34</v>
+      </c>
+      <c r="O46" t="s">
+        <v>284</v>
+      </c>
+      <c r="P46" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>286</v>
+      </c>
+      <c r="B47" t="s">
+        <v>287</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>288</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>75</v>
+      </c>
+      <c r="H47">
+        <v>2009</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>160</v>
+      </c>
+      <c r="L47" t="s">
+        <v>289</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>34</v>
+      </c>
+      <c r="O47" t="s">
+        <v>290</v>
+      </c>
+      <c r="P47" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>292</v>
+      </c>
+      <c r="B48" t="s">
+        <v>293</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>288</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>160</v>
+      </c>
+      <c r="L48" t="s">
+        <v>294</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>34</v>
+      </c>
+      <c r="O48" t="s">
+        <v>295</v>
+      </c>
+      <c r="P48" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>297</v>
+      </c>
+      <c r="B49" t="s">
+        <v>298</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>299</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>75</v>
+      </c>
+      <c r="H49">
+        <v>2008</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>300</v>
+      </c>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>301</v>
+      </c>
+      <c r="P49" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>303</v>
+      </c>
+      <c r="B50" t="s">
+        <v>304</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>259</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2020</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>305</v>
+      </c>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>34</v>
+      </c>
+      <c r="O50" t="s">
+        <v>306</v>
+      </c>
+      <c r="P50" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>308</v>
+      </c>
+      <c r="B51" t="s">
+        <v>309</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>310</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2018</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>311</v>
+      </c>
+      <c r="K51" t="s">
+        <v>312</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>313</v>
+      </c>
+      <c r="N51" t="s">
+        <v>314</v>
+      </c>
+      <c r="O51" t="s">
+        <v>315</v>
+      </c>
+      <c r="P51" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>308</v>
+      </c>
+      <c r="B52" t="s">
+        <v>317</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>318</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>311</v>
+      </c>
+      <c r="K52" t="s">
+        <v>312</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>313</v>
+      </c>
+      <c r="N52" t="s">
+        <v>314</v>
+      </c>
+      <c r="O52" t="s">
+        <v>319</v>
+      </c>
+      <c r="P52" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B53" t="s">
+        <v>317</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>320</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2021</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>311</v>
+      </c>
+      <c r="K53" t="s">
+        <v>312</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>313</v>
+      </c>
+      <c r="N53" t="s">
+        <v>314</v>
+      </c>
+      <c r="O53" t="s">
+        <v>321</v>
+      </c>
+      <c r="P53" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>308</v>
+      </c>
+      <c r="B54" t="s">
+        <v>317</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>322</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>311</v>
+      </c>
+      <c r="K54" t="s">
+        <v>312</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>313</v>
+      </c>
+      <c r="N54" t="s">
+        <v>314</v>
+      </c>
+      <c r="O54" t="s">
+        <v>323</v>
+      </c>
+      <c r="P54" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>308</v>
+      </c>
+      <c r="B55" t="s">
+        <v>324</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>310</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2021</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>311</v>
+      </c>
+      <c r="K55" t="s">
+        <v>312</v>
+      </c>
+      <c r="L55" t="s">
+        <v>325</v>
+      </c>
+      <c r="M55" t="s">
+        <v>313</v>
+      </c>
+      <c r="N55" t="s">
+        <v>314</v>
+      </c>
+      <c r="O55" t="s">
+        <v>326</v>
+      </c>
+      <c r="P55" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>327</v>
+      </c>
+      <c r="B56" t="s">
+        <v>328</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>310</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2020</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>76</v>
+      </c>
+      <c r="K56" t="s">
+        <v>312</v>
+      </c>
+      <c r="L56" t="s">
+        <v>329</v>
+      </c>
+      <c r="M56" t="s">
+        <v>330</v>
+      </c>
+      <c r="N56" t="s">
+        <v>314</v>
+      </c>
+      <c r="O56" t="s">
+        <v>331</v>
+      </c>
+      <c r="P56" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>333</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>334</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2021</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>76</v>
+      </c>
+      <c r="K57" t="s">
+        <v>312</v>
+      </c>
+      <c r="L57" t="s">
+        <v>335</v>
+      </c>
+      <c r="M57" t="s">
+        <v>330</v>
+      </c>
+      <c r="N57" t="s">
+        <v>314</v>
+      </c>
+      <c r="O57" t="s">
+        <v>336</v>
+      </c>
+      <c r="P57" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>338</v>
+      </c>
+      <c r="B58" t="s">
+        <v>339</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>57</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>340</v>
+      </c>
+      <c r="G58" t="s">
+        <v>75</v>
+      </c>
+      <c r="H58">
+        <v>2018</v>
+      </c>
+      <c r="I58">
+        <v>2024</v>
+      </c>
+      <c r="J58" t="s">
+        <v>341</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>342</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>343</v>
+      </c>
+      <c r="P58" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>345</v>
+      </c>
+      <c r="B59" t="s">
+        <v>346</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>202</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>340</v>
+      </c>
+      <c r="G59" t="s">
+        <v>347</v>
+      </c>
+      <c r="H59">
+        <v>1989</v>
+      </c>
+      <c r="I59">
+        <v>2016</v>
+      </c>
+      <c r="J59" t="s">
+        <v>51</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>348</v>
+      </c>
+      <c r="M59" t="s">
+        <v>349</v>
+      </c>
+      <c r="N59" t="s">
+        <v>34</v>
+      </c>
+      <c r="O59" t="s">
+        <v>350</v>
+      </c>
+      <c r="P59" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B60" t="s">
+        <v>353</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>202</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>340</v>
+      </c>
+      <c r="G60" t="s">
+        <v>354</v>
+      </c>
+      <c r="H60">
+        <v>1989</v>
+      </c>
+      <c r="I60">
+        <v>2025</v>
+      </c>
+      <c r="J60" t="s">
+        <v>355</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>356</v>
+      </c>
+      <c r="M60" t="s">
+        <v>349</v>
+      </c>
+      <c r="N60" t="s">
+        <v>34</v>
+      </c>
+      <c r="O60" t="s">
+        <v>357</v>
+      </c>
+      <c r="P60" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>359</v>
+      </c>
+      <c r="B61" t="s">
+        <v>360</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>253</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>340</v>
+      </c>
+      <c r="G61" t="s">
+        <v>75</v>
+      </c>
+      <c r="H61">
+        <v>1989</v>
+      </c>
+      <c r="I61">
         <v>2013</v>
       </c>
-      <c r="I42" t="s">
-[...8 lines deleted...]
-      <c r="L42" t="s">
+      <c r="J61" t="s">
+        <v>51</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>254</v>
+      </c>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>34</v>
+      </c>
+      <c r="O61" t="s">
+        <v>361</v>
+      </c>
+      <c r="P61" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>363</v>
+      </c>
+      <c r="B62" t="s">
+        <v>142</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>143</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>340</v>
+      </c>
+      <c r="G62" t="s">
+        <v>364</v>
+      </c>
+      <c r="H62">
+        <v>1989</v>
+      </c>
+      <c r="I62">
+        <v>2017</v>
+      </c>
+      <c r="J62" t="s">
+        <v>365</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>144</v>
+      </c>
+      <c r="M62" t="s">
+        <v>349</v>
+      </c>
+      <c r="N62" t="s">
+        <v>34</v>
+      </c>
+      <c r="O62" t="s">
+        <v>366</v>
+      </c>
+      <c r="P62" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>368</v>
+      </c>
+      <c r="B63" t="s">
+        <v>369</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>370</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>340</v>
+      </c>
+      <c r="G63" t="s">
+        <v>364</v>
+      </c>
+      <c r="H63">
+        <v>1989</v>
+      </c>
+      <c r="I63">
+        <v>2009</v>
+      </c>
+      <c r="J63" t="s">
+        <v>365</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>190</v>
+      </c>
+      <c r="M63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>34</v>
+      </c>
+      <c r="O63" t="s">
+        <v>371</v>
+      </c>
+      <c r="P63" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>373</v>
+      </c>
+      <c r="B64" t="s">
+        <v>374</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>370</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>340</v>
+      </c>
+      <c r="G64" t="s">
+        <v>75</v>
+      </c>
+      <c r="H64">
+        <v>1989</v>
+      </c>
+      <c r="I64">
+        <v>2021</v>
+      </c>
+      <c r="J64" t="s">
+        <v>365</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>375</v>
+      </c>
+      <c r="M64" t="s">
+        <v>376</v>
+      </c>
+      <c r="N64" t="s">
+        <v>34</v>
+      </c>
+      <c r="O64" t="s">
+        <v>377</v>
+      </c>
+      <c r="P64" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>379</v>
+      </c>
+      <c r="B65" t="s">
+        <v>380</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>381</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>340</v>
+      </c>
+      <c r="G65" t="s">
+        <v>364</v>
+      </c>
+      <c r="H65">
+        <v>2000</v>
+      </c>
+      <c r="I65">
+        <v>2012</v>
+      </c>
+      <c r="J65" t="s">
+        <v>365</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>382</v>
+      </c>
+      <c r="M65" t="s">
+        <v>26</v>
+      </c>
+      <c r="N65" t="s">
+        <v>34</v>
+      </c>
+      <c r="O65" t="s">
+        <v>383</v>
+      </c>
+      <c r="P65" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>385</v>
+      </c>
+      <c r="B66" t="s">
+        <v>386</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>387</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>340</v>
+      </c>
+      <c r="G66" t="s">
+        <v>75</v>
+      </c>
+      <c r="H66">
+        <v>1999</v>
+      </c>
+      <c r="I66">
+        <v>2022</v>
+      </c>
+      <c r="J66" t="s">
+        <v>365</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>376</v>
+      </c>
+      <c r="N66" t="s">
+        <v>34</v>
+      </c>
+      <c r="O66" t="s">
+        <v>388</v>
+      </c>
+      <c r="P66" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>390</v>
+      </c>
+      <c r="B67" t="s">
+        <v>391</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>57</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>340</v>
+      </c>
+      <c r="G67" t="s">
+        <v>75</v>
+      </c>
+      <c r="H67">
+        <v>2002</v>
+      </c>
+      <c r="I67">
+        <v>2021</v>
+      </c>
+      <c r="J67" t="s">
         <v>23</v>
       </c>
-      <c r="M42" t="s">
-[...143 lines deleted...]
-      <c r="C46" t="s">
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>392</v>
+      </c>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>393</v>
+      </c>
+      <c r="P67" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>395</v>
+      </c>
+      <c r="B68" t="s">
+        <v>396</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>259</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>340</v>
+      </c>
+      <c r="G68" t="s">
+        <v>75</v>
+      </c>
+      <c r="H68">
+        <v>2003</v>
+      </c>
+      <c r="I68">
+        <v>2013</v>
+      </c>
+      <c r="J68" t="s">
+        <v>51</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>397</v>
+      </c>
+      <c r="M68" t="s">
+        <v>26</v>
+      </c>
+      <c r="N68" t="s">
+        <v>34</v>
+      </c>
+      <c r="O68" t="s">
+        <v>398</v>
+      </c>
+      <c r="P68" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>400</v>
+      </c>
+      <c r="B69" t="s">
+        <v>401</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
         <v>195</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46">
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>340</v>
+      </c>
+      <c r="G69" t="s">
+        <v>75</v>
+      </c>
+      <c r="H69">
         <v>2009</v>
       </c>
-      <c r="H46">
-[...170 lines deleted...]
-      <c r="G50">
+      <c r="I69">
         <v>2020</v>
       </c>
-      <c r="H50"/>
-[...810 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K69" t="s">
-        <v>275</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>23</v>
+        <v>402</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N69" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>403</v>
+      </c>
+      <c r="P69" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>277</v>
+        <v>405</v>
       </c>
       <c r="B70" t="s">
-        <v>15</v>
+        <v>406</v>
       </c>
       <c r="C70" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="E70" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>340</v>
+      </c>
+      <c r="G70" t="s">
+        <v>75</v>
       </c>
       <c r="H70">
         <v>2005</v>
       </c>
-      <c r="I70" t="s">
-        <v>40</v>
+      <c r="I70">
+        <v>2005</v>
       </c>
       <c r="J70" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K70" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="M70" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N70" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O70" t="s">
+        <v>407</v>
+      </c>
+      <c r="P70" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>279</v>
+        <v>409</v>
       </c>
       <c r="B71" t="s">
-        <v>15</v>
+        <v>410</v>
       </c>
       <c r="C71" t="s">
-        <v>261</v>
+        <v>18</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>381</v>
       </c>
       <c r="E71" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>340</v>
+      </c>
+      <c r="G71" t="s">
+        <v>364</v>
       </c>
       <c r="H71">
         <v>2005</v>
       </c>
-      <c r="I71" t="s">
-        <v>40</v>
+      <c r="I71">
+        <v>2004</v>
       </c>
       <c r="J71" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="K71" t="s">
-        <v>280</v>
+        <v>24</v>
       </c>
       <c r="L71" t="s">
+        <v>411</v>
+      </c>
+      <c r="M71" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" t="s">
+        <v>34</v>
+      </c>
+      <c r="O71" t="s">
+        <v>412</v>
+      </c>
+      <c r="P71" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>414</v>
+      </c>
+      <c r="B72" t="s">
+        <v>415</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>220</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>340</v>
+      </c>
+      <c r="G72" t="s">
+        <v>75</v>
+      </c>
+      <c r="H72">
+        <v>1989</v>
+      </c>
+      <c r="I72">
+        <v>2018</v>
+      </c>
+      <c r="J72" t="s">
+        <v>51</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>149</v>
+      </c>
+      <c r="M72" t="s">
+        <v>26</v>
+      </c>
+      <c r="N72" t="s">
+        <v>34</v>
+      </c>
+      <c r="O72" t="s">
+        <v>416</v>
+      </c>
+      <c r="P72" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>418</v>
+      </c>
+      <c r="B73" t="s">
+        <v>419</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>68</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>340</v>
+      </c>
+      <c r="G73" t="s">
+        <v>75</v>
+      </c>
+      <c r="H73">
+        <v>2004</v>
+      </c>
+      <c r="I73">
+        <v>2017</v>
+      </c>
+      <c r="J73" t="s">
+        <v>51</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>420</v>
+      </c>
+      <c r="M73" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73" t="s">
+        <v>34</v>
+      </c>
+      <c r="O73" t="s">
+        <v>421</v>
+      </c>
+      <c r="P73" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>423</v>
+      </c>
+      <c r="B74" t="s">
+        <v>424</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>425</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>340</v>
+      </c>
+      <c r="G74" t="s">
+        <v>426</v>
+      </c>
+      <c r="H74">
+        <v>2024</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>341</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>427</v>
+      </c>
+      <c r="M74" t="s">
+        <v>428</v>
+      </c>
+      <c r="N74" t="s">
+        <v>34</v>
+      </c>
+      <c r="O74" t="s">
+        <v>429</v>
+      </c>
+      <c r="P74" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>431</v>
+      </c>
+      <c r="B75" t="s">
+        <v>432</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>214</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>340</v>
+      </c>
+      <c r="G75" t="s">
+        <v>75</v>
+      </c>
+      <c r="H75">
+        <v>2010</v>
+      </c>
+      <c r="I75">
+        <v>2021</v>
+      </c>
+      <c r="J75" t="s">
         <v>23</v>
       </c>
-      <c r="M71" t="s">
-[...57 lines deleted...]
-      <c r="C73" t="s">
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>433</v>
+      </c>
+      <c r="M75" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>434</v>
+      </c>
+      <c r="P75" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>436</v>
+      </c>
+      <c r="B76" t="s">
+        <v>437</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>438</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>340</v>
+      </c>
+      <c r="G76" t="s">
+        <v>75</v>
+      </c>
+      <c r="H76">
+        <v>2005</v>
+      </c>
+      <c r="I76">
+        <v>2011</v>
+      </c>
+      <c r="J76" t="s">
         <v>51</v>
       </c>
-      <c r="D73" t="s">
-[...52 lines deleted...]
-      <c r="G74">
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>439</v>
+      </c>
+      <c r="M76" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>440</v>
+      </c>
+      <c r="P76" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>442</v>
+      </c>
+      <c r="B77" t="s">
+        <v>443</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>208</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>340</v>
+      </c>
+      <c r="G77" t="s">
+        <v>75</v>
+      </c>
+      <c r="H77">
+        <v>2006</v>
+      </c>
+      <c r="I77">
         <v>2024</v>
       </c>
-      <c r="H74"/>
-[...82 lines deleted...]
-      <c r="G76">
+      <c r="J77" t="s">
+        <v>341</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>444</v>
+      </c>
+      <c r="M77" t="s">
+        <v>26</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>445</v>
+      </c>
+      <c r="P77" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>447</v>
+      </c>
+      <c r="B78" t="s">
+        <v>448</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>381</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>340</v>
+      </c>
+      <c r="G78" t="s">
+        <v>364</v>
+      </c>
+      <c r="H78">
         <v>2005</v>
       </c>
-      <c r="H76">
-[...40 lines deleted...]
-      <c r="G77">
+      <c r="I78">
+        <v>2015</v>
+      </c>
+      <c r="J78" t="s">
+        <v>365</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>449</v>
+      </c>
+      <c r="M78" t="s">
+        <v>26</v>
+      </c>
+      <c r="N78" t="s">
+        <v>34</v>
+      </c>
+      <c r="O78" t="s">
+        <v>450</v>
+      </c>
+      <c r="P78" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>452</v>
+      </c>
+      <c r="B79" t="s">
+        <v>453</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>159</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>340</v>
+      </c>
+      <c r="G79" t="s">
+        <v>75</v>
+      </c>
+      <c r="H79">
         <v>2006</v>
       </c>
-      <c r="H77">
-[...87 lines deleted...]
-      <c r="H79">
+      <c r="I79">
         <v>2016</v>
       </c>
-      <c r="I79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J79" t="s">
-        <v>115</v>
+        <v>51</v>
       </c>
       <c r="K79" t="s">
-        <v>306</v>
+        <v>160</v>
       </c>
       <c r="L79" t="s">
-        <v>23</v>
+        <v>454</v>
       </c>
       <c r="M79" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N79" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O79" t="s">
+        <v>455</v>
+      </c>
+      <c r="P79" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>308</v>
+        <v>457</v>
       </c>
       <c r="B80" t="s">
-        <v>15</v>
+        <v>458</v>
       </c>
       <c r="C80" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>459</v>
       </c>
       <c r="E80" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G80">
+        <v>340</v>
+      </c>
+      <c r="G80" t="s">
+        <v>75</v>
+      </c>
+      <c r="H80">
         <v>2007</v>
       </c>
-      <c r="H80">
+      <c r="I80">
         <v>2014</v>
       </c>
-      <c r="I80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J80" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K80" t="s">
-        <v>310</v>
+        <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>23</v>
+        <v>460</v>
       </c>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N80" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>461</v>
+      </c>
+      <c r="P80" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>312</v>
+        <v>463</v>
       </c>
       <c r="B81" t="s">
-        <v>313</v>
+        <v>464</v>
       </c>
       <c r="C81" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>465</v>
       </c>
       <c r="E81" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="G81">
+        <v>340</v>
+      </c>
+      <c r="G81" t="s">
+        <v>8</v>
+      </c>
+      <c r="H81">
         <v>2007</v>
       </c>
-      <c r="H81">
+      <c r="I81">
         <v>2025</v>
       </c>
-      <c r="I81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J81" t="s">
-        <v>21</v>
+        <v>466</v>
       </c>
       <c r="K81" t="s">
-        <v>317</v>
+        <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>242</v>
+        <v>467</v>
       </c>
       <c r="M81" t="s">
-        <v>29</v>
+        <v>349</v>
       </c>
       <c r="N81" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O81" t="s">
+        <v>468</v>
+      </c>
+      <c r="P81" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>319</v>
+        <v>470</v>
       </c>
       <c r="B82" t="s">
-        <v>15</v>
+        <v>471</v>
       </c>
       <c r="C82" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="E82" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>340</v>
+      </c>
+      <c r="G82" t="s">
+        <v>75</v>
       </c>
       <c r="H82">
         <v>2008</v>
       </c>
-      <c r="I82" t="s">
-        <v>40</v>
+      <c r="I82">
+        <v>2008</v>
       </c>
       <c r="J82" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K82" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="L82" t="s">
+        <v>167</v>
+      </c>
+      <c r="M82" t="s">
+        <v>26</v>
+      </c>
+      <c r="N82" t="s">
+        <v>34</v>
+      </c>
+      <c r="O82" t="s">
+        <v>472</v>
+      </c>
+      <c r="P82" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>474</v>
+      </c>
+      <c r="B83" t="s">
+        <v>475</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>220</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>340</v>
+      </c>
+      <c r="G83" t="s">
+        <v>75</v>
+      </c>
+      <c r="H83">
+        <v>1989</v>
+      </c>
+      <c r="I83">
+        <v>2020</v>
+      </c>
+      <c r="J83" t="s">
         <v>23</v>
       </c>
-      <c r="M82" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K83" t="s">
-        <v>322</v>
+        <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>242</v>
+        <v>476</v>
       </c>
       <c r="M83" t="s">
-        <v>29</v>
+        <v>349</v>
       </c>
       <c r="N83" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O83" t="s">
+        <v>477</v>
+      </c>
+      <c r="P83" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>324</v>
+        <v>479</v>
       </c>
       <c r="B84" t="s">
-        <v>15</v>
+        <v>480</v>
       </c>
       <c r="C84" t="s">
-        <v>325</v>
+        <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>481</v>
       </c>
       <c r="E84" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G84">
+        <v>340</v>
+      </c>
+      <c r="G84" t="s">
+        <v>364</v>
+      </c>
+      <c r="H84">
         <v>2008</v>
       </c>
-      <c r="H84">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="I84">
+        <v>2014</v>
       </c>
       <c r="J84" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="K84" t="s">
-        <v>326</v>
+        <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>23</v>
+        <v>482</v>
       </c>
       <c r="M84" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="N84" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>34</v>
+      </c>
+      <c r="O84" t="s">
+        <v>483</v>
+      </c>
+      <c r="P84" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>328</v>
+        <v>485</v>
       </c>
       <c r="B85" t="s">
-        <v>313</v>
+        <v>486</v>
       </c>
       <c r="C85" t="s">
-        <v>329</v>
+        <v>487</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>488</v>
       </c>
       <c r="E85" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G85">
+        <v>340</v>
+      </c>
+      <c r="G85" t="s">
+        <v>75</v>
+      </c>
+      <c r="H85">
         <v>2008</v>
       </c>
-      <c r="H85">
+      <c r="I85">
         <v>2024</v>
       </c>
-      <c r="I85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="K85" t="s">
-        <v>330</v>
+        <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>258</v>
+        <v>489</v>
       </c>
       <c r="M85" t="s">
-        <v>331</v>
+        <v>376</v>
       </c>
       <c r="N85" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>490</v>
+      </c>
+      <c r="O85" t="s">
+        <v>491</v>
+      </c>
+      <c r="P85" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>333</v>
+        <v>493</v>
       </c>
       <c r="B86" t="s">
-        <v>15</v>
+        <v>494</v>
       </c>
       <c r="C86" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E86" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>340</v>
+      </c>
+      <c r="G86" t="s">
+        <v>75</v>
       </c>
       <c r="H86">
         <v>2008</v>
       </c>
-      <c r="I86" t="s">
+      <c r="I86">
+        <v>2008</v>
+      </c>
+      <c r="J86" t="s">
+        <v>51</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>25</v>
+      </c>
+      <c r="M86" t="s">
+        <v>26</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>495</v>
+      </c>
+      <c r="P86" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>497</v>
+      </c>
+      <c r="B87" t="s">
+        <v>498</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>172</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>340</v>
+      </c>
+      <c r="G87" t="s">
+        <v>75</v>
+      </c>
+      <c r="H87">
+        <v>2008</v>
+      </c>
+      <c r="I87">
+        <v>2011</v>
+      </c>
+      <c r="J87" t="s">
+        <v>51</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>173</v>
+      </c>
+      <c r="M87" t="s">
+        <v>26</v>
+      </c>
+      <c r="N87" t="s">
+        <v>34</v>
+      </c>
+      <c r="O87" t="s">
+        <v>499</v>
+      </c>
+      <c r="P87" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>501</v>
+      </c>
+      <c r="B88" t="s">
+        <v>502</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>178</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>340</v>
+      </c>
+      <c r="G88" t="s">
+        <v>75</v>
+      </c>
+      <c r="H88">
+        <v>2008</v>
+      </c>
+      <c r="I88">
+        <v>2016</v>
+      </c>
+      <c r="J88" t="s">
+        <v>51</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>503</v>
+      </c>
+      <c r="M88" t="s">
+        <v>26</v>
+      </c>
+      <c r="N88" t="s">
+        <v>34</v>
+      </c>
+      <c r="O88" t="s">
+        <v>504</v>
+      </c>
+      <c r="P88" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>506</v>
+      </c>
+      <c r="B89" t="s">
+        <v>506</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>282</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>340</v>
+      </c>
+      <c r="G89" t="s">
+        <v>75</v>
+      </c>
+      <c r="H89">
+        <v>2010</v>
+      </c>
+      <c r="I89">
+        <v>2015</v>
+      </c>
+      <c r="J89" t="s">
+        <v>51</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>283</v>
+      </c>
+      <c r="M89" t="s">
+        <v>26</v>
+      </c>
+      <c r="N89" t="s">
+        <v>34</v>
+      </c>
+      <c r="O89" t="s">
+        <v>507</v>
+      </c>
+      <c r="P89" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>509</v>
+      </c>
+      <c r="B90" t="s">
+        <v>510</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>511</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>340</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2010</v>
+      </c>
+      <c r="I90">
+        <v>2021</v>
+      </c>
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>160</v>
+      </c>
+      <c r="L90" t="s">
+        <v>512</v>
+      </c>
+      <c r="M90" t="s">
+        <v>26</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>513</v>
+      </c>
+      <c r="P90" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>515</v>
+      </c>
+      <c r="B91" t="s">
+        <v>516</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>511</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>340</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2010</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>51</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>517</v>
+      </c>
+      <c r="M91" t="s">
+        <v>518</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>519</v>
+      </c>
+      <c r="P91" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>521</v>
+      </c>
+      <c r="B92" t="s">
+        <v>522</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>230</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>340</v>
+      </c>
+      <c r="G92" t="s">
+        <v>364</v>
+      </c>
+      <c r="H92">
+        <v>2010</v>
+      </c>
+      <c r="I92">
+        <v>2017</v>
+      </c>
+      <c r="J92" t="s">
+        <v>365</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>127</v>
+      </c>
+      <c r="M92" t="s">
+        <v>26</v>
+      </c>
+      <c r="N92" t="s">
+        <v>34</v>
+      </c>
+      <c r="O92" t="s">
+        <v>523</v>
+      </c>
+      <c r="P92" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>525</v>
+      </c>
+      <c r="B93" t="s">
+        <v>526</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>83</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>340</v>
+      </c>
+      <c r="G93" t="s">
+        <v>75</v>
+      </c>
+      <c r="H93">
+        <v>1989</v>
+      </c>
+      <c r="I93">
+        <v>2016</v>
+      </c>
+      <c r="J93" t="s">
+        <v>51</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>84</v>
+      </c>
+      <c r="M93" t="s">
+        <v>26</v>
+      </c>
+      <c r="N93" t="s">
+        <v>34</v>
+      </c>
+      <c r="O93" t="s">
+        <v>527</v>
+      </c>
+      <c r="P93" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>529</v>
+      </c>
+      <c r="B94" t="s">
+        <v>530</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>531</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>340</v>
+      </c>
+      <c r="G94" t="s">
+        <v>75</v>
+      </c>
+      <c r="H94">
+        <v>2010</v>
+      </c>
+      <c r="I94">
+        <v>2021</v>
+      </c>
+      <c r="J94" t="s">
+        <v>76</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>532</v>
+      </c>
+      <c r="M94" t="s">
+        <v>349</v>
+      </c>
+      <c r="N94" t="s">
+        <v>34</v>
+      </c>
+      <c r="O94" t="s">
+        <v>533</v>
+      </c>
+      <c r="P94" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>535</v>
+      </c>
+      <c r="B95" t="s">
+        <v>536</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>322</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>340</v>
+      </c>
+      <c r="G95" t="s">
+        <v>75</v>
+      </c>
+      <c r="H95">
+        <v>2011</v>
+      </c>
+      <c r="I95">
+        <v>2020</v>
+      </c>
+      <c r="J95" t="s">
+        <v>51</v>
+      </c>
+      <c r="K95" t="s">
+        <v>312</v>
+      </c>
+      <c r="L95" t="s">
+        <v>537</v>
+      </c>
+      <c r="M95" t="s">
+        <v>518</v>
+      </c>
+      <c r="N95" t="s">
+        <v>314</v>
+      </c>
+      <c r="O95" t="s">
+        <v>538</v>
+      </c>
+      <c r="P95" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>540</v>
+      </c>
+      <c r="B96" t="s">
+        <v>541</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>310</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>340</v>
+      </c>
+      <c r="G96" t="s">
+        <v>75</v>
+      </c>
+      <c r="H96">
+        <v>2010</v>
+      </c>
+      <c r="I96">
+        <v>2017</v>
+      </c>
+      <c r="J96" t="s">
+        <v>51</v>
+      </c>
+      <c r="K96" t="s">
+        <v>312</v>
+      </c>
+      <c r="L96" t="s">
+        <v>325</v>
+      </c>
+      <c r="M96" t="s">
+        <v>518</v>
+      </c>
+      <c r="N96" t="s">
+        <v>314</v>
+      </c>
+      <c r="O96" t="s">
+        <v>542</v>
+      </c>
+      <c r="P96" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>544</v>
+      </c>
+      <c r="B97" t="s">
+        <v>545</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>109</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>340</v>
+      </c>
+      <c r="G97" t="s">
+        <v>75</v>
+      </c>
+      <c r="H97">
+        <v>2011</v>
+      </c>
+      <c r="I97">
+        <v>2016</v>
+      </c>
+      <c r="J97" t="s">
+        <v>51</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>110</v>
+      </c>
+      <c r="M97" t="s">
+        <v>26</v>
+      </c>
+      <c r="N97" t="s">
+        <v>34</v>
+      </c>
+      <c r="O97" t="s">
+        <v>546</v>
+      </c>
+      <c r="P97" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>548</v>
+      </c>
+      <c r="B98" t="s">
+        <v>549</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>32</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>340</v>
+      </c>
+      <c r="G98" t="s">
+        <v>75</v>
+      </c>
+      <c r="H98">
+        <v>2011</v>
+      </c>
+      <c r="I98">
+        <v>2012</v>
+      </c>
+      <c r="J98" t="s">
+        <v>51</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>248</v>
+      </c>
+      <c r="M98" t="s">
+        <v>26</v>
+      </c>
+      <c r="N98" t="s">
+        <v>34</v>
+      </c>
+      <c r="O98" t="s">
+        <v>550</v>
+      </c>
+      <c r="P98" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>552</v>
+      </c>
+      <c r="B99" t="s">
+        <v>553</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>32</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>340</v>
+      </c>
+      <c r="G99" t="s">
+        <v>75</v>
+      </c>
+      <c r="H99">
+        <v>2011</v>
+      </c>
+      <c r="I99">
+        <v>2017</v>
+      </c>
+      <c r="J99" t="s">
+        <v>51</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>554</v>
+      </c>
+      <c r="M99" t="s">
+        <v>26</v>
+      </c>
+      <c r="N99" t="s">
+        <v>34</v>
+      </c>
+      <c r="O99" t="s">
+        <v>555</v>
+      </c>
+      <c r="P99" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>557</v>
+      </c>
+      <c r="B100" t="s">
+        <v>558</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>559</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>340</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2021</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>23</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>560</v>
+      </c>
+      <c r="M100" t="s">
+        <v>518</v>
+      </c>
+      <c r="N100" t="s">
+        <v>34</v>
+      </c>
+      <c r="O100" t="s">
+        <v>561</v>
+      </c>
+      <c r="P100" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>563</v>
+      </c>
+      <c r="B101" t="s">
+        <v>235</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>172</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>340</v>
+      </c>
+      <c r="G101" t="s">
+        <v>347</v>
+      </c>
+      <c r="H101">
+        <v>2011</v>
+      </c>
+      <c r="I101">
+        <v>2012</v>
+      </c>
+      <c r="J101" t="s">
+        <v>365</v>
+      </c>
+      <c r="K101" t="s">
+        <v>236</v>
+      </c>
+      <c r="L101" t="s">
+        <v>564</v>
+      </c>
+      <c r="M101" t="s">
+        <v>26</v>
+      </c>
+      <c r="N101" t="s">
+        <v>34</v>
+      </c>
+      <c r="O101" t="s">
+        <v>565</v>
+      </c>
+      <c r="P101" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>567</v>
+      </c>
+      <c r="B102" t="s">
+        <v>568</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>172</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>340</v>
+      </c>
+      <c r="G102" t="s">
+        <v>8</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102">
+        <v>2025</v>
+      </c>
+      <c r="J102" t="s">
+        <v>365</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>569</v>
+      </c>
+      <c r="M102" t="s">
+        <v>376</v>
+      </c>
+      <c r="N102" t="s">
+        <v>34</v>
+      </c>
+      <c r="O102" t="s">
+        <v>570</v>
+      </c>
+      <c r="P102" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>572</v>
+      </c>
+      <c r="B103" t="s">
+        <v>573</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>318</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>340</v>
+      </c>
+      <c r="G103" t="s">
+        <v>75</v>
+      </c>
+      <c r="H103">
+        <v>2012</v>
+      </c>
+      <c r="I103">
+        <v>2020</v>
+      </c>
+      <c r="J103" t="s">
+        <v>51</v>
+      </c>
+      <c r="K103" t="s">
+        <v>312</v>
+      </c>
+      <c r="L103" t="s">
+        <v>574</v>
+      </c>
+      <c r="M103" t="s">
+        <v>518</v>
+      </c>
+      <c r="N103" t="s">
+        <v>314</v>
+      </c>
+      <c r="O103" t="s">
+        <v>575</v>
+      </c>
+      <c r="P103" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>577</v>
+      </c>
+      <c r="B104" t="s">
+        <v>578</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>320</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>340</v>
+      </c>
+      <c r="G104" t="s">
+        <v>75</v>
+      </c>
+      <c r="H104">
+        <v>2013</v>
+      </c>
+      <c r="I104">
+        <v>2020</v>
+      </c>
+      <c r="J104" t="s">
+        <v>51</v>
+      </c>
+      <c r="K104" t="s">
+        <v>312</v>
+      </c>
+      <c r="L104" t="s">
+        <v>537</v>
+      </c>
+      <c r="M104" t="s">
+        <v>518</v>
+      </c>
+      <c r="N104" t="s">
+        <v>314</v>
+      </c>
+      <c r="O104" t="s">
+        <v>579</v>
+      </c>
+      <c r="P104" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>581</v>
+      </c>
+      <c r="B105" t="s">
+        <v>582</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>310</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>340</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2013</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>23</v>
+      </c>
+      <c r="K105" t="s">
+        <v>312</v>
+      </c>
+      <c r="L105" t="s">
+        <v>583</v>
+      </c>
+      <c r="M105" t="s">
+        <v>518</v>
+      </c>
+      <c r="N105" t="s">
+        <v>314</v>
+      </c>
+      <c r="O105" t="s">
+        <v>584</v>
+      </c>
+      <c r="P105" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>586</v>
+      </c>
+      <c r="B106" t="s">
+        <v>587</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>242</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>340</v>
+      </c>
+      <c r="G106" t="s">
+        <v>75</v>
+      </c>
+      <c r="H106">
+        <v>2012</v>
+      </c>
+      <c r="I106">
+        <v>2016</v>
+      </c>
+      <c r="J106" t="s">
+        <v>51</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>588</v>
+      </c>
+      <c r="M106" t="s">
+        <v>26</v>
+      </c>
+      <c r="N106" t="s">
+        <v>34</v>
+      </c>
+      <c r="O106" t="s">
+        <v>589</v>
+      </c>
+      <c r="P106" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>591</v>
+      </c>
+      <c r="B107" t="s">
+        <v>592</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>214</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>340</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2012</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>23</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>593</v>
+      </c>
+      <c r="M107" t="s">
+        <v>518</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>594</v>
+      </c>
+      <c r="P107" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>596</v>
+      </c>
+      <c r="B108" t="s">
+        <v>597</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>598</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>340</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2020</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>599</v>
+      </c>
+      <c r="M108" t="s">
+        <v>518</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>600</v>
+      </c>
+      <c r="P108" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>602</v>
+      </c>
+      <c r="B109" t="s">
+        <v>603</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>259</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>340</v>
+      </c>
+      <c r="G109" t="s">
+        <v>75</v>
+      </c>
+      <c r="H109">
+        <v>2003</v>
+      </c>
+      <c r="I109">
+        <v>2013</v>
+      </c>
+      <c r="J109" t="s">
+        <v>51</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>604</v>
+      </c>
+      <c r="M109" t="s">
+        <v>26</v>
+      </c>
+      <c r="N109" t="s">
+        <v>34</v>
+      </c>
+      <c r="O109" t="s">
+        <v>605</v>
+      </c>
+      <c r="P109" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>607</v>
+      </c>
+      <c r="B110" t="s">
+        <v>608</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>381</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>340</v>
+      </c>
+      <c r="G110" t="s">
+        <v>364</v>
+      </c>
+      <c r="H110">
+        <v>2000</v>
+      </c>
+      <c r="I110">
+        <v>2012</v>
+      </c>
+      <c r="J110" t="s">
+        <v>51</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>609</v>
+      </c>
+      <c r="M110" t="s">
+        <v>26</v>
+      </c>
+      <c r="N110" t="s">
+        <v>34</v>
+      </c>
+      <c r="O110" t="s">
+        <v>610</v>
+      </c>
+      <c r="P110" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>612</v>
+      </c>
+      <c r="B111" t="s">
+        <v>613</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>614</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>340</v>
+      </c>
+      <c r="G111" t="s">
+        <v>75</v>
+      </c>
+      <c r="H111">
+        <v>2003</v>
+      </c>
+      <c r="I111">
+        <v>2013</v>
+      </c>
+      <c r="J111" t="s">
+        <v>51</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>615</v>
+      </c>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>34</v>
+      </c>
+      <c r="O111" t="s">
+        <v>616</v>
+      </c>
+      <c r="P111" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>618</v>
+      </c>
+      <c r="B112" t="s">
+        <v>619</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>265</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>340</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>51</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>620</v>
+      </c>
+      <c r="M112" t="s">
+        <v>26</v>
+      </c>
+      <c r="N112" t="s">
+        <v>34</v>
+      </c>
+      <c r="O112" t="s">
+        <v>621</v>
+      </c>
+      <c r="P112" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>623</v>
+      </c>
+      <c r="B113" t="s">
+        <v>50</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>68</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>340</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2013</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>23</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>52</v>
+      </c>
+      <c r="M113" t="s">
+        <v>518</v>
+      </c>
+      <c r="N113" t="s">
+        <v>34</v>
+      </c>
+      <c r="O113" t="s">
+        <v>624</v>
+      </c>
+      <c r="P113" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>626</v>
+      </c>
+      <c r="B114" t="s">
+        <v>627</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>172</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>340</v>
+      </c>
+      <c r="G114" t="s">
+        <v>75</v>
+      </c>
+      <c r="H114">
+        <v>2008</v>
+      </c>
+      <c r="I114">
+        <v>2013</v>
+      </c>
+      <c r="J114" t="s">
+        <v>51</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>628</v>
+      </c>
+      <c r="M114" t="s">
+        <v>26</v>
+      </c>
+      <c r="N114" t="s">
+        <v>34</v>
+      </c>
+      <c r="O114" t="s">
+        <v>629</v>
+      </c>
+      <c r="P114" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>631</v>
+      </c>
+      <c r="B115" t="s">
+        <v>632</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>63</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>340</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2014</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>51</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>58</v>
+      </c>
+      <c r="M115" t="s">
+        <v>518</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>633</v>
+      </c>
+      <c r="P115" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>635</v>
+      </c>
+      <c r="B116" t="s">
+        <v>636</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>637</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>340</v>
+      </c>
+      <c r="G116" t="s">
+        <v>426</v>
+      </c>
+      <c r="H116" t="s">
+        <v>638</v>
+      </c>
+      <c r="I116">
+        <v>2024</v>
+      </c>
+      <c r="J116" t="s">
+        <v>639</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>518</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>640</v>
+      </c>
+      <c r="P116" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>642</v>
+      </c>
+      <c r="B117" t="s">
+        <v>643</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>57</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>340</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2014</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>51</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>644</v>
+      </c>
+      <c r="M117" t="s">
+        <v>518</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>645</v>
+      </c>
+      <c r="P117" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>647</v>
+      </c>
+      <c r="B118" t="s">
+        <v>648</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>259</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>340</v>
+      </c>
+      <c r="G118" t="s">
+        <v>75</v>
+      </c>
+      <c r="H118">
+        <v>2013</v>
+      </c>
+      <c r="I118">
+        <v>2020</v>
+      </c>
+      <c r="J118" t="s">
+        <v>51</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>649</v>
+      </c>
+      <c r="M118" t="s">
+        <v>26</v>
+      </c>
+      <c r="N118" t="s">
+        <v>34</v>
+      </c>
+      <c r="O118" t="s">
+        <v>650</v>
+      </c>
+      <c r="P118" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>652</v>
+      </c>
+      <c r="B119" t="s">
+        <v>653</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>288</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>340</v>
+      </c>
+      <c r="G119" t="s">
+        <v>654</v>
+      </c>
+      <c r="H119">
+        <v>2014</v>
+      </c>
+      <c r="I119">
+        <v>2015</v>
+      </c>
+      <c r="J119" t="s">
+        <v>51</v>
+      </c>
+      <c r="K119" t="s">
+        <v>160</v>
+      </c>
+      <c r="L119" t="s">
+        <v>655</v>
+      </c>
+      <c r="M119" t="s">
+        <v>26</v>
+      </c>
+      <c r="N119" t="s">
+        <v>34</v>
+      </c>
+      <c r="O119" t="s">
+        <v>656</v>
+      </c>
+      <c r="P119" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>658</v>
+      </c>
+      <c r="B120" t="s">
+        <v>659</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>310</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>340</v>
+      </c>
+      <c r="G120" t="s">
+        <v>75</v>
+      </c>
+      <c r="H120">
+        <v>2014</v>
+      </c>
+      <c r="I120">
+        <v>2020</v>
+      </c>
+      <c r="J120" t="s">
+        <v>51</v>
+      </c>
+      <c r="K120" t="s">
+        <v>312</v>
+      </c>
+      <c r="L120" t="s">
+        <v>574</v>
+      </c>
+      <c r="M120" t="s">
+        <v>313</v>
+      </c>
+      <c r="N120" t="s">
+        <v>314</v>
+      </c>
+      <c r="O120" t="s">
+        <v>660</v>
+      </c>
+      <c r="P120" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>662</v>
+      </c>
+      <c r="B121" t="s">
+        <v>663</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>664</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>340</v>
+      </c>
+      <c r="G121" t="s">
+        <v>347</v>
+      </c>
+      <c r="H121">
+        <v>2008</v>
+      </c>
+      <c r="I121">
+        <v>2015</v>
+      </c>
+      <c r="J121" t="s">
+        <v>365</v>
+      </c>
+      <c r="K121" t="s">
+        <v>160</v>
+      </c>
+      <c r="L121" t="s">
+        <v>665</v>
+      </c>
+      <c r="M121" t="s">
+        <v>26</v>
+      </c>
+      <c r="N121" t="s">
+        <v>34</v>
+      </c>
+      <c r="O121" t="s">
+        <v>666</v>
+      </c>
+      <c r="P121" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>668</v>
+      </c>
+      <c r="B122" t="s">
+        <v>669</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>137</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>340</v>
+      </c>
+      <c r="G122" t="s">
+        <v>75</v>
+      </c>
+      <c r="H122">
+        <v>2008</v>
+      </c>
+      <c r="I122">
+        <v>2015</v>
+      </c>
+      <c r="J122" t="s">
+        <v>51</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>670</v>
+      </c>
+      <c r="M122" t="s">
+        <v>26</v>
+      </c>
+      <c r="N122" t="s">
+        <v>34</v>
+      </c>
+      <c r="O122" t="s">
+        <v>671</v>
+      </c>
+      <c r="P122" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>673</v>
+      </c>
+      <c r="B123" t="s">
+        <v>674</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>675</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>340</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2015</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>51</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>676</v>
+      </c>
+      <c r="M123" t="s">
+        <v>26</v>
+      </c>
+      <c r="N123" t="s">
+        <v>34</v>
+      </c>
+      <c r="O123" t="s">
+        <v>677</v>
+      </c>
+      <c r="P123" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>679</v>
+      </c>
+      <c r="B124" t="s">
+        <v>680</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>259</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>340</v>
+      </c>
+      <c r="G124" t="s">
+        <v>75</v>
+      </c>
+      <c r="H124">
+        <v>2005</v>
+      </c>
+      <c r="I124">
+        <v>2015</v>
+      </c>
+      <c r="J124" t="s">
+        <v>51</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>681</v>
+      </c>
+      <c r="M124" t="s">
+        <v>26</v>
+      </c>
+      <c r="N124" t="s">
+        <v>34</v>
+      </c>
+      <c r="O124" t="s">
+        <v>682</v>
+      </c>
+      <c r="P124" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>684</v>
+      </c>
+      <c r="B125" t="s">
+        <v>685</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>97</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>340</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2016</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>51</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>686</v>
+      </c>
+      <c r="M125" t="s">
+        <v>518</v>
+      </c>
+      <c r="N125" t="s">
+        <v>34</v>
+      </c>
+      <c r="O125" t="s">
+        <v>687</v>
+      </c>
+      <c r="P125" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>689</v>
+      </c>
+      <c r="B126" t="s">
+        <v>690</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>438</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>340</v>
+      </c>
+      <c r="G126" t="s">
+        <v>75</v>
+      </c>
+      <c r="H126">
+        <v>2005</v>
+      </c>
+      <c r="I126">
+        <v>2016</v>
+      </c>
+      <c r="J126" t="s">
+        <v>51</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>691</v>
+      </c>
+      <c r="M126" t="s">
+        <v>518</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>692</v>
+      </c>
+      <c r="P126" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>694</v>
+      </c>
+      <c r="B127" t="s">
+        <v>695</v>
+      </c>
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
+        <v>121</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>340</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2016</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>51</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>696</v>
+      </c>
+      <c r="M127" t="s">
+        <v>518</v>
+      </c>
+      <c r="N127" t="s">
+        <v>34</v>
+      </c>
+      <c r="O127" t="s">
+        <v>697</v>
+      </c>
+      <c r="P127" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>699</v>
+      </c>
+      <c r="B128" t="s">
+        <v>700</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>438</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>340</v>
+      </c>
+      <c r="G128" t="s">
+        <v>75</v>
+      </c>
+      <c r="H128">
+        <v>2005</v>
+      </c>
+      <c r="I128">
+        <v>2017</v>
+      </c>
+      <c r="J128" t="s">
+        <v>51</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>701</v>
+      </c>
+      <c r="M128" t="s">
+        <v>518</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>702</v>
+      </c>
+      <c r="P128" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>704</v>
+      </c>
+      <c r="B129" t="s">
+        <v>705</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>598</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>340</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2017</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>51</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>706</v>
+      </c>
+      <c r="M129" t="s">
+        <v>518</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>707</v>
+      </c>
+      <c r="P129" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>709</v>
+      </c>
+      <c r="B130" t="s">
+        <v>710</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>334</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>340</v>
+      </c>
+      <c r="G130" t="s">
+        <v>75</v>
+      </c>
+      <c r="H130">
+        <v>2017</v>
+      </c>
+      <c r="I130">
+        <v>2021</v>
+      </c>
+      <c r="J130" t="s">
+        <v>76</v>
+      </c>
+      <c r="K130" t="s">
+        <v>312</v>
+      </c>
+      <c r="L130" t="s">
+        <v>711</v>
+      </c>
+      <c r="M130" t="s">
+        <v>349</v>
+      </c>
+      <c r="N130" t="s">
+        <v>314</v>
+      </c>
+      <c r="O130" t="s">
+        <v>712</v>
+      </c>
+      <c r="P130" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>714</v>
+      </c>
+      <c r="B131" t="s">
+        <v>715</v>
+      </c>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>716</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>340</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2019</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>23</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>717</v>
+      </c>
+      <c r="M131" t="s">
+        <v>518</v>
+      </c>
+      <c r="N131" t="s">
+        <v>34</v>
+      </c>
+      <c r="O131" t="s">
+        <v>718</v>
+      </c>
+      <c r="P131" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>720</v>
+      </c>
+      <c r="B132" t="s">
+        <v>102</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>103</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>340</v>
+      </c>
+      <c r="G132" t="s">
+        <v>364</v>
+      </c>
+      <c r="H132">
+        <v>2018</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>365</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>104</v>
+      </c>
+      <c r="M132" t="s">
+        <v>518</v>
+      </c>
+      <c r="N132" t="s">
+        <v>34</v>
+      </c>
+      <c r="O132" t="s">
+        <v>721</v>
+      </c>
+      <c r="P132" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>723</v>
+      </c>
+      <c r="B133" t="s">
+        <v>724</v>
+      </c>
+      <c r="C133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" t="s">
+        <v>103</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>340</v>
+      </c>
+      <c r="G133" t="s">
+        <v>75</v>
+      </c>
+      <c r="H133">
+        <v>2018</v>
+      </c>
+      <c r="I133">
+        <v>2024</v>
+      </c>
+      <c r="J133" t="s">
+        <v>365</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>725</v>
+      </c>
+      <c r="M133" t="s">
+        <v>376</v>
+      </c>
+      <c r="N133" t="s">
+        <v>34</v>
+      </c>
+      <c r="O133" t="s">
+        <v>726</v>
+      </c>
+      <c r="P133" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>728</v>
+      </c>
+      <c r="B134" t="s">
+        <v>126</v>
+      </c>
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
+        <v>45</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>340</v>
+      </c>
+      <c r="G134" t="s">
+        <v>654</v>
+      </c>
+      <c r="H134">
+        <v>2020</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>23</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>127</v>
+      </c>
+      <c r="M134" t="s">
+        <v>518</v>
+      </c>
+      <c r="N134" t="s">
+        <v>34</v>
+      </c>
+      <c r="O134" t="s">
+        <v>729</v>
+      </c>
+      <c r="P134" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>731</v>
+      </c>
+      <c r="B135" t="s">
+        <v>732</v>
+      </c>
+      <c r="C135" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" t="s">
+        <v>45</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>340</v>
+      </c>
+      <c r="G135" t="s">
+        <v>8</v>
+      </c>
+      <c r="H135">
+        <v>1989</v>
+      </c>
+      <c r="I135">
+        <v>2025</v>
+      </c>
+      <c r="J135" t="s">
+        <v>355</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>733</v>
+      </c>
+      <c r="M135" t="s">
+        <v>376</v>
+      </c>
+      <c r="N135" t="s">
+        <v>34</v>
+      </c>
+      <c r="O135" t="s">
+        <v>734</v>
+      </c>
+      <c r="P135" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>736</v>
+      </c>
+      <c r="B136" t="s">
+        <v>38</v>
+      </c>
+      <c r="C136" t="s">
+        <v>18</v>
+      </c>
+      <c r="D136" t="s">
+        <v>39</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>340</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2020</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>23</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
         <v>40</v>
       </c>
-      <c r="J86" t="s">
-[...2 lines deleted...]
-      <c r="K86" t="s">
+      <c r="M136" t="s">
+        <v>518</v>
+      </c>
+      <c r="N136" t="s">
+        <v>34</v>
+      </c>
+      <c r="O136" t="s">
+        <v>737</v>
+      </c>
+      <c r="P136" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>739</v>
+      </c>
+      <c r="B137" t="s">
+        <v>136</v>
+      </c>
+      <c r="C137" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" t="s">
+        <v>137</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>340</v>
+      </c>
+      <c r="G137" t="s">
         <v>22</v>
       </c>
-      <c r="L86" t="s">
+      <c r="H137">
+        <v>2020</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
         <v>23</v>
       </c>
-      <c r="M86" t="s">
-[...40 lines deleted...]
-      <c r="L87" t="s">
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>138</v>
+      </c>
+      <c r="M137" t="s">
+        <v>518</v>
+      </c>
+      <c r="N137" t="s">
+        <v>34</v>
+      </c>
+      <c r="O137" t="s">
+        <v>740</v>
+      </c>
+      <c r="P137" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>742</v>
+      </c>
+      <c r="B138" t="s">
+        <v>743</v>
+      </c>
+      <c r="C138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D138" t="s">
+        <v>438</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>340</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2020</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
         <v>23</v>
       </c>
-      <c r="M87" t="s">
-[...13 lines deleted...]
-      <c r="C88" t="s">
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>744</v>
+      </c>
+      <c r="M138" t="s">
+        <v>518</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>745</v>
+      </c>
+      <c r="P138" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>747</v>
+      </c>
+      <c r="B139" t="s">
+        <v>748</v>
+      </c>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>103</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>340</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2020</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>23</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>749</v>
+      </c>
+      <c r="M139" t="s">
+        <v>518</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>750</v>
+      </c>
+      <c r="P139" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>752</v>
+      </c>
+      <c r="B140" t="s">
+        <v>753</v>
+      </c>
+      <c r="C140" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" t="s">
+        <v>438</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>340</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2020</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>23</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>754</v>
+      </c>
+      <c r="M140" t="s">
+        <v>518</v>
+      </c>
+      <c r="N140" t="s">
+        <v>34</v>
+      </c>
+      <c r="O140" t="s">
+        <v>755</v>
+      </c>
+      <c r="P140" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>757</v>
+      </c>
+      <c r="B141" t="s">
+        <v>758</v>
+      </c>
+      <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
+        <v>759</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>340</v>
+      </c>
+      <c r="G141" t="s">
+        <v>654</v>
+      </c>
+      <c r="H141">
+        <v>2021</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>23</v>
+      </c>
+      <c r="K141" t="s">
+        <v>760</v>
+      </c>
+      <c r="L141" t="s">
+        <v>761</v>
+      </c>
+      <c r="M141" t="s">
+        <v>518</v>
+      </c>
+      <c r="N141" t="s">
+        <v>762</v>
+      </c>
+      <c r="O141" t="s">
+        <v>763</v>
+      </c>
+      <c r="P141" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>765</v>
+      </c>
+      <c r="B142" t="s">
+        <v>766</v>
+      </c>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>759</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>340</v>
+      </c>
+      <c r="G142" t="s">
+        <v>8</v>
+      </c>
+      <c r="H142">
+        <v>2019</v>
+      </c>
+      <c r="I142">
+        <v>2025</v>
+      </c>
+      <c r="J142" t="s">
+        <v>767</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>768</v>
+      </c>
+      <c r="M142" t="s">
+        <v>376</v>
+      </c>
+      <c r="N142" t="s">
+        <v>762</v>
+      </c>
+      <c r="O142" t="s">
+        <v>769</v>
+      </c>
+      <c r="P142" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>771</v>
+      </c>
+      <c r="B143" t="s">
+        <v>772</v>
+      </c>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>310</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>340</v>
+      </c>
+      <c r="G143" t="s">
+        <v>773</v>
+      </c>
+      <c r="H143">
+        <v>2019</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>365</v>
+      </c>
+      <c r="K143" t="s">
+        <v>312</v>
+      </c>
+      <c r="L143" t="s">
+        <v>774</v>
+      </c>
+      <c r="M143" t="s">
+        <v>518</v>
+      </c>
+      <c r="N143" t="s">
+        <v>314</v>
+      </c>
+      <c r="O143" t="s">
+        <v>775</v>
+      </c>
+      <c r="P143" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>777</v>
+      </c>
+      <c r="B144" t="s">
+        <v>778</v>
+      </c>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>310</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>340</v>
+      </c>
+      <c r="G144" t="s">
+        <v>8</v>
+      </c>
+      <c r="H144">
+        <v>2019</v>
+      </c>
+      <c r="I144">
+        <v>2025</v>
+      </c>
+      <c r="J144" t="s">
+        <v>365</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>376</v>
+      </c>
+      <c r="N144" t="s">
+        <v>762</v>
+      </c>
+      <c r="O144" t="s">
+        <v>779</v>
+      </c>
+      <c r="P144" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>781</v>
+      </c>
+      <c r="B145" t="s">
+        <v>782</v>
+      </c>
+      <c r="C145" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" t="s">
+        <v>511</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>340</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2020</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>23</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145" t="s">
         <v>127</v>
       </c>
-      <c r="D88" t="s">
-[...23 lines deleted...]
-      <c r="L88" t="s">
+      <c r="M145" t="s">
+        <v>518</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>783</v>
+      </c>
+      <c r="P145" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>785</v>
+      </c>
+      <c r="B146" t="s">
+        <v>786</v>
+      </c>
+      <c r="C146" t="s">
+        <v>18</v>
+      </c>
+      <c r="D146" t="s">
+        <v>132</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>340</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2021</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
         <v>23</v>
       </c>
-      <c r="M88" t="s">
-[...7 lines deleted...]
-      <c r="A89" t="s">
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>127</v>
+      </c>
+      <c r="M146" t="s">
+        <v>518</v>
+      </c>
+      <c r="N146" t="s">
+        <v>34</v>
+      </c>
+      <c r="O146" t="s">
+        <v>787</v>
+      </c>
+      <c r="P146" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>789</v>
+      </c>
+      <c r="B147" t="s">
+        <v>790</v>
+      </c>
+      <c r="C147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" t="s">
+        <v>791</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
         <v>340</v>
       </c>
-      <c r="B89" t="s">
-[...61 lines deleted...]
-      <c r="H90">
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
         <v>2021</v>
       </c>
-      <c r="I90" t="s">
-[...56 lines deleted...]
-      <c r="N91" t="s">
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>76</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>792</v>
+      </c>
+      <c r="M147" t="s">
         <v>349</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H92">
+      <c r="N147" t="s">
+        <v>34</v>
+      </c>
+      <c r="O147" t="s">
+        <v>793</v>
+      </c>
+      <c r="P147" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>789</v>
+      </c>
+      <c r="B148" t="s">
+        <v>795</v>
+      </c>
+      <c r="C148" t="s">
+        <v>18</v>
+      </c>
+      <c r="D148" t="s">
+        <v>791</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>340</v>
+      </c>
+      <c r="G148" t="s">
+        <v>364</v>
+      </c>
+      <c r="H148">
+        <v>2020</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>365</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>792</v>
+      </c>
+      <c r="M148" t="s">
+        <v>349</v>
+      </c>
+      <c r="N148" t="s">
+        <v>34</v>
+      </c>
+      <c r="O148" t="s">
+        <v>796</v>
+      </c>
+      <c r="P148" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>797</v>
+      </c>
+      <c r="B149" t="s">
+        <v>798</v>
+      </c>
+      <c r="C149" t="s">
+        <v>18</v>
+      </c>
+      <c r="D149" t="s">
+        <v>799</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>340</v>
+      </c>
+      <c r="G149" t="s">
+        <v>75</v>
+      </c>
+      <c r="H149">
+        <v>2003</v>
+      </c>
+      <c r="I149">
+        <v>2013</v>
+      </c>
+      <c r="J149" t="s">
+        <v>51</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>800</v>
+      </c>
+      <c r="M149" t="s">
+        <v>26</v>
+      </c>
+      <c r="N149" t="s">
+        <v>34</v>
+      </c>
+      <c r="O149" t="s">
+        <v>801</v>
+      </c>
+      <c r="P149" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>803</v>
+      </c>
+      <c r="B150" t="s">
+        <v>804</v>
+      </c>
+      <c r="C150" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" t="s">
+        <v>805</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>340</v>
+      </c>
+      <c r="G150" t="s">
+        <v>8</v>
+      </c>
+      <c r="H150">
+        <v>2014</v>
+      </c>
+      <c r="I150">
+        <v>2025</v>
+      </c>
+      <c r="J150" t="s">
+        <v>365</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>376</v>
+      </c>
+      <c r="N150" t="s">
+        <v>490</v>
+      </c>
+      <c r="O150" t="s">
+        <v>806</v>
+      </c>
+      <c r="P150" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>808</v>
+      </c>
+      <c r="B151" t="s">
+        <v>809</v>
+      </c>
+      <c r="C151" t="s">
+        <v>810</v>
+      </c>
+      <c r="D151" t="s">
+        <v>811</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>812</v>
+      </c>
+      <c r="G151" t="s">
+        <v>75</v>
+      </c>
+      <c r="H151">
         <v>2018</v>
       </c>
-      <c r="I92" t="s">
-[...1681 lines deleted...]
-      <c r="G131">
+      <c r="I151">
         <v>2019</v>
       </c>
-      <c r="H131"/>
-[...852 lines deleted...]
-      </c>
       <c r="J151" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>813</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
       <c r="M151" t="s">
-        <v>29</v>
+        <v>814</v>
       </c>
       <c r="N151" t="s">
-        <v>529</v>
+        <v>34</v>
+      </c>
+      <c r="O151" t="s">
+        <v>815</v>
+      </c>
+      <c r="P151" t="s">
+        <v>816</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>