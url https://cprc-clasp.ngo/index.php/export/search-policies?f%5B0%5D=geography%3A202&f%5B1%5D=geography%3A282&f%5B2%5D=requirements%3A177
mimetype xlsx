--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="818">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1435,78 +1435,81 @@
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
@@ -6807,3566 +6810,3566 @@
       </c>
       <c r="P79" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>457</v>
       </c>
       <c r="B80" t="s">
         <v>458</v>
       </c>
       <c r="C80" t="s">
         <v>18</v>
       </c>
       <c r="D80" t="s">
         <v>459</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>340</v>
       </c>
       <c r="G80" t="s">
-        <v>75</v>
+        <v>460</v>
       </c>
       <c r="H80">
         <v>2007</v>
       </c>
       <c r="I80">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J80" t="s">
         <v>51</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="M80" t="s">
         <v>26</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P80" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B81" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C81" t="s">
         <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>340</v>
       </c>
       <c r="G81" t="s">
         <v>8</v>
       </c>
       <c r="H81">
         <v>2007</v>
       </c>
       <c r="I81">
         <v>2025</v>
       </c>
       <c r="J81" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M81" t="s">
         <v>349</v>
       </c>
       <c r="N81" t="s">
         <v>34</v>
       </c>
       <c r="O81" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="P81" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B82" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C82" t="s">
         <v>18</v>
       </c>
       <c r="D82" t="s">
         <v>39</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>340</v>
       </c>
       <c r="G82" t="s">
         <v>75</v>
       </c>
       <c r="H82">
         <v>2008</v>
       </c>
       <c r="I82">
         <v>2008</v>
       </c>
       <c r="J82" t="s">
         <v>51</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
         <v>167</v>
       </c>
       <c r="M82" t="s">
         <v>26</v>
       </c>
       <c r="N82" t="s">
         <v>34</v>
       </c>
       <c r="O82" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P82" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B83" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C83" t="s">
         <v>18</v>
       </c>
       <c r="D83" t="s">
         <v>220</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>340</v>
       </c>
       <c r="G83" t="s">
         <v>75</v>
       </c>
       <c r="H83">
         <v>1989</v>
       </c>
       <c r="I83">
         <v>2020</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="M83" t="s">
         <v>349</v>
       </c>
       <c r="N83" t="s">
         <v>34</v>
       </c>
       <c r="O83" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="P83" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B84" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C84" t="s">
         <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>340</v>
       </c>
       <c r="G84" t="s">
         <v>364</v>
       </c>
       <c r="H84">
         <v>2008</v>
       </c>
       <c r="I84">
         <v>2014</v>
       </c>
       <c r="J84" t="s">
         <v>365</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="M84" t="s">
         <v>26</v>
       </c>
       <c r="N84" t="s">
         <v>34</v>
       </c>
       <c r="O84" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="P84" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B85" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C85" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D85" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>340</v>
       </c>
       <c r="G85" t="s">
         <v>75</v>
       </c>
       <c r="H85">
         <v>2008</v>
       </c>
       <c r="I85">
         <v>2024</v>
       </c>
       <c r="J85" t="s">
         <v>365</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="M85" t="s">
         <v>376</v>
       </c>
       <c r="N85" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="O85" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="P85" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B86" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C86" t="s">
         <v>18</v>
       </c>
       <c r="D86" t="s">
         <v>19</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>340</v>
       </c>
       <c r="G86" t="s">
         <v>75</v>
       </c>
       <c r="H86">
         <v>2008</v>
       </c>
       <c r="I86">
         <v>2008</v>
       </c>
       <c r="J86" t="s">
         <v>51</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>25</v>
       </c>
       <c r="M86" t="s">
         <v>26</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="P86" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B87" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C87" t="s">
         <v>18</v>
       </c>
       <c r="D87" t="s">
         <v>172</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>340</v>
       </c>
       <c r="G87" t="s">
         <v>75</v>
       </c>
       <c r="H87">
         <v>2008</v>
       </c>
       <c r="I87">
         <v>2011</v>
       </c>
       <c r="J87" t="s">
         <v>51</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
         <v>173</v>
       </c>
       <c r="M87" t="s">
         <v>26</v>
       </c>
       <c r="N87" t="s">
         <v>34</v>
       </c>
       <c r="O87" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="P87" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B88" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C88" t="s">
         <v>18</v>
       </c>
       <c r="D88" t="s">
         <v>178</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>340</v>
       </c>
       <c r="G88" t="s">
         <v>75</v>
       </c>
       <c r="H88">
         <v>2008</v>
       </c>
       <c r="I88">
         <v>2016</v>
       </c>
       <c r="J88" t="s">
         <v>51</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="M88" t="s">
         <v>26</v>
       </c>
       <c r="N88" t="s">
         <v>34</v>
       </c>
       <c r="O88" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P88" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B89" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C89" t="s">
         <v>18</v>
       </c>
       <c r="D89" t="s">
         <v>282</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>340</v>
       </c>
       <c r="G89" t="s">
         <v>75</v>
       </c>
       <c r="H89">
         <v>2010</v>
       </c>
       <c r="I89">
         <v>2015</v>
       </c>
       <c r="J89" t="s">
         <v>51</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
         <v>283</v>
       </c>
       <c r="M89" t="s">
         <v>26</v>
       </c>
       <c r="N89" t="s">
         <v>34</v>
       </c>
       <c r="O89" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="P89" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B90" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>340</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2010</v>
       </c>
       <c r="I90">
         <v>2021</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>160</v>
       </c>
       <c r="L90" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="M90" t="s">
         <v>26</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="P90" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B91" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>340</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2010</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>51</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M91" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P91" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B92" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
         <v>230</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>340</v>
       </c>
       <c r="G92" t="s">
         <v>364</v>
       </c>
       <c r="H92">
         <v>2010</v>
       </c>
       <c r="I92">
         <v>2017</v>
       </c>
       <c r="J92" t="s">
         <v>365</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
         <v>127</v>
       </c>
       <c r="M92" t="s">
         <v>26</v>
       </c>
       <c r="N92" t="s">
         <v>34</v>
       </c>
       <c r="O92" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="P92" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B93" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
         <v>83</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>340</v>
       </c>
       <c r="G93" t="s">
         <v>75</v>
       </c>
       <c r="H93">
         <v>1989</v>
       </c>
       <c r="I93">
         <v>2016</v>
       </c>
       <c r="J93" t="s">
         <v>51</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
         <v>84</v>
       </c>
       <c r="M93" t="s">
         <v>26</v>
       </c>
       <c r="N93" t="s">
         <v>34</v>
       </c>
       <c r="O93" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="P93" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B94" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>340</v>
       </c>
       <c r="G94" t="s">
         <v>75</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
       <c r="I94">
         <v>2021</v>
       </c>
       <c r="J94" t="s">
         <v>76</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="M94" t="s">
         <v>349</v>
       </c>
       <c r="N94" t="s">
         <v>34</v>
       </c>
       <c r="O94" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="P94" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B95" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
         <v>322</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>340</v>
       </c>
       <c r="G95" t="s">
         <v>75</v>
       </c>
       <c r="H95">
         <v>2011</v>
       </c>
       <c r="I95">
         <v>2020</v>
       </c>
       <c r="J95" t="s">
         <v>51</v>
       </c>
       <c r="K95" t="s">
         <v>312</v>
       </c>
       <c r="L95" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M95" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N95" t="s">
         <v>314</v>
       </c>
       <c r="O95" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="P95" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B96" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
         <v>310</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>340</v>
       </c>
       <c r="G96" t="s">
         <v>75</v>
       </c>
       <c r="H96">
         <v>2010</v>
       </c>
       <c r="I96">
         <v>2017</v>
       </c>
       <c r="J96" t="s">
         <v>51</v>
       </c>
       <c r="K96" t="s">
         <v>312</v>
       </c>
       <c r="L96" t="s">
         <v>325</v>
       </c>
       <c r="M96" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N96" t="s">
         <v>314</v>
       </c>
       <c r="O96" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="P96" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B97" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
         <v>109</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>340</v>
       </c>
       <c r="G97" t="s">
         <v>75</v>
       </c>
       <c r="H97">
         <v>2011</v>
       </c>
       <c r="I97">
         <v>2016</v>
       </c>
       <c r="J97" t="s">
         <v>51</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
         <v>110</v>
       </c>
       <c r="M97" t="s">
         <v>26</v>
       </c>
       <c r="N97" t="s">
         <v>34</v>
       </c>
       <c r="O97" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P97" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B98" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C98" t="s">
         <v>18</v>
       </c>
       <c r="D98" t="s">
         <v>32</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>340</v>
       </c>
       <c r="G98" t="s">
         <v>75</v>
       </c>
       <c r="H98">
         <v>2011</v>
       </c>
       <c r="I98">
         <v>2012</v>
       </c>
       <c r="J98" t="s">
         <v>51</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
         <v>248</v>
       </c>
       <c r="M98" t="s">
         <v>26</v>
       </c>
       <c r="N98" t="s">
         <v>34</v>
       </c>
       <c r="O98" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="P98" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B99" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
         <v>32</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>340</v>
       </c>
       <c r="G99" t="s">
         <v>75</v>
       </c>
       <c r="H99">
         <v>2011</v>
       </c>
       <c r="I99">
         <v>2017</v>
       </c>
       <c r="J99" t="s">
         <v>51</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="M99" t="s">
         <v>26</v>
       </c>
       <c r="N99" t="s">
         <v>34</v>
       </c>
       <c r="O99" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="P99" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B100" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C100" t="s">
         <v>18</v>
       </c>
       <c r="D100" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>340</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2021</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>23</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="M100" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N100" t="s">
         <v>34</v>
       </c>
       <c r="O100" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="P100" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B101" t="s">
         <v>235</v>
       </c>
       <c r="C101" t="s">
         <v>18</v>
       </c>
       <c r="D101" t="s">
         <v>172</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>340</v>
       </c>
       <c r="G101" t="s">
         <v>347</v>
       </c>
       <c r="H101">
         <v>2011</v>
       </c>
       <c r="I101">
         <v>2012</v>
       </c>
       <c r="J101" t="s">
         <v>365</v>
       </c>
       <c r="K101" t="s">
         <v>236</v>
       </c>
       <c r="L101" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M101" t="s">
         <v>26</v>
       </c>
       <c r="N101" t="s">
         <v>34</v>
       </c>
       <c r="O101" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="P101" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B102" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
         <v>172</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>340</v>
       </c>
       <c r="G102" t="s">
         <v>8</v>
       </c>
       <c r="H102">
         <v>2011</v>
       </c>
       <c r="I102">
         <v>2025</v>
       </c>
       <c r="J102" t="s">
         <v>365</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M102" t="s">
         <v>376</v>
       </c>
       <c r="N102" t="s">
         <v>34</v>
       </c>
       <c r="O102" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="P102" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B103" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
         <v>318</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>340</v>
       </c>
       <c r="G103" t="s">
         <v>75</v>
       </c>
       <c r="H103">
         <v>2012</v>
       </c>
       <c r="I103">
         <v>2020</v>
       </c>
       <c r="J103" t="s">
         <v>51</v>
       </c>
       <c r="K103" t="s">
         <v>312</v>
       </c>
       <c r="L103" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="M103" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N103" t="s">
         <v>314</v>
       </c>
       <c r="O103" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="P103" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B104" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
         <v>320</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>340</v>
       </c>
       <c r="G104" t="s">
         <v>75</v>
       </c>
       <c r="H104">
         <v>2013</v>
       </c>
       <c r="I104">
         <v>2020</v>
       </c>
       <c r="J104" t="s">
         <v>51</v>
       </c>
       <c r="K104" t="s">
         <v>312</v>
       </c>
       <c r="L104" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M104" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N104" t="s">
         <v>314</v>
       </c>
       <c r="O104" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="P104" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B105" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" t="s">
         <v>310</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>340</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2013</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>23</v>
       </c>
       <c r="K105" t="s">
         <v>312</v>
       </c>
       <c r="L105" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="M105" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N105" t="s">
         <v>314</v>
       </c>
       <c r="O105" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="P105" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B106" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
         <v>242</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>340</v>
       </c>
       <c r="G106" t="s">
         <v>75</v>
       </c>
       <c r="H106">
         <v>2012</v>
       </c>
       <c r="I106">
         <v>2016</v>
       </c>
       <c r="J106" t="s">
         <v>51</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M106" t="s">
         <v>26</v>
       </c>
       <c r="N106" t="s">
         <v>34</v>
       </c>
       <c r="O106" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="P106" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B107" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
         <v>214</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>340</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2012</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>23</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="M107" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="P107" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B108" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>340</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2020</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>23</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="M108" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="P108" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B109" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
         <v>259</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>340</v>
       </c>
       <c r="G109" t="s">
         <v>75</v>
       </c>
       <c r="H109">
         <v>2003</v>
       </c>
       <c r="I109">
         <v>2013</v>
       </c>
       <c r="J109" t="s">
         <v>51</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="M109" t="s">
         <v>26</v>
       </c>
       <c r="N109" t="s">
         <v>34</v>
       </c>
       <c r="O109" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P109" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B110" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
         <v>381</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>340</v>
       </c>
       <c r="G110" t="s">
         <v>364</v>
       </c>
       <c r="H110">
         <v>2000</v>
       </c>
       <c r="I110">
         <v>2012</v>
       </c>
       <c r="J110" t="s">
         <v>51</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="M110" t="s">
         <v>26</v>
       </c>
       <c r="N110" t="s">
         <v>34</v>
       </c>
       <c r="O110" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="P110" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B111" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>340</v>
       </c>
       <c r="G111" t="s">
         <v>75</v>
       </c>
       <c r="H111">
         <v>2003</v>
       </c>
       <c r="I111">
         <v>2013</v>
       </c>
       <c r="J111" t="s">
         <v>51</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="M111" t="s">
         <v>26</v>
       </c>
       <c r="N111" t="s">
         <v>34</v>
       </c>
       <c r="O111" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P111" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B112" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
         <v>265</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>340</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2013</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>51</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="M112" t="s">
         <v>26</v>
       </c>
       <c r="N112" t="s">
         <v>34</v>
       </c>
       <c r="O112" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="P112" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B113" t="s">
         <v>50</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
         <v>68</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>340</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2013</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>23</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
         <v>52</v>
       </c>
       <c r="M113" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N113" t="s">
         <v>34</v>
       </c>
       <c r="O113" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="P113" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B114" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>172</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>340</v>
       </c>
       <c r="G114" t="s">
         <v>75</v>
       </c>
       <c r="H114">
         <v>2008</v>
       </c>
       <c r="I114">
         <v>2013</v>
       </c>
       <c r="J114" t="s">
         <v>51</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="M114" t="s">
         <v>26</v>
       </c>
       <c r="N114" t="s">
         <v>34</v>
       </c>
       <c r="O114" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="P114" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B115" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>63</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>340</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2014</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>51</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
         <v>58</v>
       </c>
       <c r="M115" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="P115" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B116" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>340</v>
       </c>
       <c r="G116" t="s">
         <v>426</v>
       </c>
       <c r="H116" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="I116">
         <v>2024</v>
       </c>
       <c r="J116" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P116" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B117" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
         <v>57</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>340</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2014</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>51</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M117" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P117" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B118" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
         <v>259</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>340</v>
       </c>
       <c r="G118" t="s">
         <v>75</v>
       </c>
       <c r="H118">
         <v>2013</v>
       </c>
       <c r="I118">
         <v>2020</v>
       </c>
       <c r="J118" t="s">
         <v>51</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="M118" t="s">
         <v>26</v>
       </c>
       <c r="N118" t="s">
         <v>34</v>
       </c>
       <c r="O118" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="P118" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B119" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
         <v>288</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>340</v>
       </c>
       <c r="G119" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H119">
         <v>2014</v>
       </c>
       <c r="I119">
         <v>2015</v>
       </c>
       <c r="J119" t="s">
         <v>51</v>
       </c>
       <c r="K119" t="s">
         <v>160</v>
       </c>
       <c r="L119" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="M119" t="s">
         <v>26</v>
       </c>
       <c r="N119" t="s">
         <v>34</v>
       </c>
       <c r="O119" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P119" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B120" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
         <v>310</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>340</v>
       </c>
       <c r="G120" t="s">
         <v>75</v>
       </c>
       <c r="H120">
         <v>2014</v>
       </c>
       <c r="I120">
         <v>2020</v>
       </c>
       <c r="J120" t="s">
         <v>51</v>
       </c>
       <c r="K120" t="s">
         <v>312</v>
       </c>
       <c r="L120" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="M120" t="s">
         <v>313</v>
       </c>
       <c r="N120" t="s">
         <v>314</v>
       </c>
       <c r="O120" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="P120" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B121" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>340</v>
       </c>
       <c r="G121" t="s">
         <v>347</v>
       </c>
       <c r="H121">
         <v>2008</v>
       </c>
       <c r="I121">
         <v>2015</v>
       </c>
       <c r="J121" t="s">
         <v>365</v>
       </c>
       <c r="K121" t="s">
         <v>160</v>
       </c>
       <c r="L121" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="M121" t="s">
         <v>26</v>
       </c>
       <c r="N121" t="s">
         <v>34</v>
       </c>
       <c r="O121" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="P121" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B122" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
         <v>137</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>340</v>
       </c>
       <c r="G122" t="s">
         <v>75</v>
       </c>
       <c r="H122">
         <v>2008</v>
       </c>
       <c r="I122">
         <v>2015</v>
       </c>
       <c r="J122" t="s">
         <v>51</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="M122" t="s">
         <v>26</v>
       </c>
       <c r="N122" t="s">
         <v>34</v>
       </c>
       <c r="O122" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="P122" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B123" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>340</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2015</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
         <v>51</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="M123" t="s">
         <v>26</v>
       </c>
       <c r="N123" t="s">
         <v>34</v>
       </c>
       <c r="O123" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="P123" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B124" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
         <v>259</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>340</v>
       </c>
       <c r="G124" t="s">
         <v>75</v>
       </c>
       <c r="H124">
         <v>2005</v>
       </c>
       <c r="I124">
         <v>2015</v>
       </c>
       <c r="J124" t="s">
         <v>51</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="M124" t="s">
         <v>26</v>
       </c>
       <c r="N124" t="s">
         <v>34</v>
       </c>
       <c r="O124" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="P124" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B125" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
         <v>97</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>340</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2016</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>51</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M125" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N125" t="s">
         <v>34</v>
       </c>
       <c r="O125" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="P125" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B126" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>438</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>340</v>
       </c>
       <c r="G126" t="s">
         <v>75</v>
       </c>
       <c r="H126">
         <v>2005</v>
       </c>
       <c r="I126">
         <v>2016</v>
       </c>
       <c r="J126" t="s">
         <v>51</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="M126" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="P126" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B127" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
         <v>121</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>340</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2016</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
         <v>51</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="M127" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N127" t="s">
         <v>34</v>
       </c>
       <c r="O127" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="P127" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B128" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
         <v>438</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>340</v>
       </c>
       <c r="G128" t="s">
         <v>75</v>
       </c>
       <c r="H128">
         <v>2005</v>
       </c>
       <c r="I128">
         <v>2017</v>
       </c>
       <c r="J128" t="s">
         <v>51</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="M128" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="P128" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B129" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>340</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2017</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>51</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="M129" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="P129" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B130" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>334</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>340</v>
       </c>
       <c r="G130" t="s">
         <v>75</v>
       </c>
       <c r="H130">
         <v>2017</v>
       </c>
       <c r="I130">
         <v>2021</v>
       </c>
       <c r="J130" t="s">
         <v>76</v>
       </c>
       <c r="K130" t="s">
         <v>312</v>
       </c>
       <c r="L130" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="M130" t="s">
         <v>349</v>
       </c>
       <c r="N130" t="s">
         <v>314</v>
       </c>
       <c r="O130" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="P130" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B131" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>340</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2019</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
         <v>23</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="M131" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N131" t="s">
         <v>34</v>
       </c>
       <c r="O131" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="P131" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B132" t="s">
         <v>102</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
         <v>103</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>340</v>
       </c>
       <c r="G132" t="s">
         <v>364</v>
       </c>
       <c r="H132">
         <v>2018</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
         <v>365</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
         <v>104</v>
       </c>
       <c r="M132" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N132" t="s">
         <v>34</v>
       </c>
       <c r="O132" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="P132" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B133" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
         <v>103</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>340</v>
       </c>
       <c r="G133" t="s">
         <v>75</v>
       </c>
       <c r="H133">
         <v>2018</v>
       </c>
       <c r="I133">
         <v>2024</v>
       </c>
       <c r="J133" t="s">
         <v>365</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="M133" t="s">
         <v>376</v>
       </c>
       <c r="N133" t="s">
         <v>34</v>
       </c>
       <c r="O133" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="P133" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B134" t="s">
         <v>126</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>45</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>340</v>
       </c>
       <c r="G134" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H134">
         <v>2020</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
         <v>23</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
         <v>127</v>
       </c>
       <c r="M134" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N134" t="s">
         <v>34</v>
       </c>
       <c r="O134" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="P134" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B135" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>45</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>340</v>
       </c>
       <c r="G135" t="s">
         <v>8</v>
       </c>
       <c r="H135">
         <v>1989</v>
       </c>
       <c r="I135">
         <v>2025</v>
       </c>
       <c r="J135" t="s">
         <v>355</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="M135" t="s">
         <v>376</v>
       </c>
       <c r="N135" t="s">
         <v>34</v>
       </c>
       <c r="O135" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="P135" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B136" t="s">
         <v>38</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>39</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>340</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2020</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>23</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
         <v>40</v>
       </c>
       <c r="M136" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N136" t="s">
         <v>34</v>
       </c>
       <c r="O136" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="P136" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B137" t="s">
         <v>136</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
         <v>137</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>340</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2020</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>23</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
         <v>138</v>
       </c>
       <c r="M137" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N137" t="s">
         <v>34</v>
       </c>
       <c r="O137" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="P137" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B138" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
         <v>438</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>340</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2020</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
         <v>23</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="M138" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="P138" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B139" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>103</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>340</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2020</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>23</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="M139" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="P139" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B140" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>438</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>340</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2020</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>23</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="M140" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N140" t="s">
         <v>34</v>
       </c>
       <c r="O140" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P140" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B141" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>340</v>
       </c>
       <c r="G141" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H141">
         <v>2021</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>23</v>
       </c>
       <c r="K141" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="L141" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="M141" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N141" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="O141" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="P141" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B142" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>340</v>
       </c>
       <c r="G142" t="s">
         <v>8</v>
       </c>
       <c r="H142">
         <v>2019</v>
       </c>
       <c r="I142">
         <v>2025</v>
       </c>
       <c r="J142" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="M142" t="s">
         <v>376</v>
       </c>
       <c r="N142" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="O142" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="P142" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B143" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
         <v>310</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>340</v>
       </c>
       <c r="G143" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="H143">
         <v>2019</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>365</v>
       </c>
       <c r="K143" t="s">
         <v>312</v>
       </c>
       <c r="L143" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="M143" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N143" t="s">
         <v>314</v>
       </c>
       <c r="O143" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="P143" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B144" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
         <v>310</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>340</v>
       </c>
       <c r="G144" t="s">
         <v>8</v>
       </c>
       <c r="H144">
         <v>2019</v>
       </c>
       <c r="I144">
         <v>2025</v>
       </c>
       <c r="J144" t="s">
         <v>365</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
         <v>376</v>
       </c>
       <c r="N144" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="O144" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="P144" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B145" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>340</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2020</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>23</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
         <v>127</v>
       </c>
       <c r="M145" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="P145" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B146" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C146" t="s">
         <v>18</v>
       </c>
       <c r="D146" t="s">
         <v>132</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>340</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2021</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>23</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
         <v>127</v>
       </c>
       <c r="M146" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N146" t="s">
         <v>34</v>
       </c>
       <c r="O146" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P146" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B147" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>340</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2021</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
         <v>76</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="M147" t="s">
         <v>349</v>
       </c>
       <c r="N147" t="s">
         <v>34</v>
       </c>
       <c r="O147" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="P147" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B148" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C148" t="s">
         <v>18</v>
       </c>
       <c r="D148" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>340</v>
       </c>
       <c r="G148" t="s">
         <v>364</v>
       </c>
       <c r="H148">
         <v>2020</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
         <v>365</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="M148" t="s">
         <v>349</v>
       </c>
       <c r="N148" t="s">
         <v>34</v>
       </c>
       <c r="O148" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="P148" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B149" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C149" t="s">
         <v>18</v>
       </c>
       <c r="D149" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>340</v>
       </c>
       <c r="G149" t="s">
         <v>75</v>
       </c>
       <c r="H149">
         <v>2003</v>
       </c>
       <c r="I149">
         <v>2013</v>
       </c>
       <c r="J149" t="s">
         <v>51</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="M149" t="s">
         <v>26</v>
       </c>
       <c r="N149" t="s">
         <v>34</v>
       </c>
       <c r="O149" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="P149" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B150" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C150" t="s">
         <v>18</v>
       </c>
       <c r="D150" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>340</v>
       </c>
       <c r="G150" t="s">
         <v>8</v>
       </c>
       <c r="H150">
         <v>2014</v>
       </c>
       <c r="I150">
         <v>2025</v>
       </c>
       <c r="J150" t="s">
         <v>365</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
         <v>376</v>
       </c>
       <c r="N150" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="O150" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="P150" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B151" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C151" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D151" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="G151" t="s">
         <v>75</v>
       </c>
       <c r="H151">
         <v>2018</v>
       </c>
       <c r="I151">
         <v>2019</v>
       </c>
       <c r="J151" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="N151" t="s">
         <v>34</v>
       </c>
       <c r="O151" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="P151" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">