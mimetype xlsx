--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,242 +12,283 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -511,399 +552,442 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="451.747" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="228.801" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>44</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>45</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...34 lines deleted...]
-      <c r="G3">
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
         <v>2017</v>
       </c>
-      <c r="H3"/>
-[...166 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>60</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="N7" t="s">
-        <v>50</v>
+        <v>61</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>