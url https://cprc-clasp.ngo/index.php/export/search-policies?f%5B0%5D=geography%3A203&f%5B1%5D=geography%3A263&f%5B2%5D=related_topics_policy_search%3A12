--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,323 +12,369 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -592,573 +638,638 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="406.901" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
         <v>2008</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>1998</v>
+      </c>
+      <c r="I5">
+        <v>2009</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...85 lines deleted...]
-      <c r="J5" t="s">
+      <c r="F6" t="s">
         <v>38</v>
       </c>
-      <c r="K5" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...32 lines deleted...]
-        <v>2002</v>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2002</v>
       </c>
-      <c r="I7" t="s">
-        <v>20</v>
+      <c r="I7">
+        <v>2002</v>
       </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>48</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
         <v>50</v>
       </c>
-      <c r="C8" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>38</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2006</v>
       </c>
-      <c r="I9" t="s">
-        <v>61</v>
+      <c r="I9">
+        <v>2006</v>
       </c>
       <c r="J9" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>80</v>
+      </c>
+      <c r="G10" t="s">
+        <v>39</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>81</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" t="s">
+        <v>88</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...73 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
-        <v>77</v>
-      </c>
+        <v>91</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>