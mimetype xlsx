--- v0 (2025-12-12)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="622">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="623">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -982,75 +982,78 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -1093,60 +1096,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
     <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
@@ -1416,177 +1419,177 @@
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
     <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
     <t>Transformers smaller than 1500kVA</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
     <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
@@ -5660,3845 +5663,3847 @@
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>315</v>
       </c>
       <c r="B69" t="s">
         <v>316</v>
       </c>
       <c r="C69" t="s">
         <v>87</v>
       </c>
       <c r="D69" t="s">
         <v>317</v>
       </c>
       <c r="E69" t="s">
         <v>89</v>
       </c>
       <c r="F69" t="s">
         <v>100</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>318</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>307</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69" t="s">
         <v>319</v>
       </c>
       <c r="P69" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>320</v>
       </c>
       <c r="B70" t="s">
         <v>321</v>
       </c>
       <c r="C70" t="s">
         <v>87</v>
       </c>
       <c r="D70" t="s">
         <v>322</v>
       </c>
       <c r="E70" t="s">
         <v>89</v>
       </c>
       <c r="F70" t="s">
         <v>100</v>
       </c>
       <c r="G70" t="s">
-        <v>8</v>
+        <v>323</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
       <c r="I70">
         <v>2019</v>
       </c>
       <c r="J70" t="s">
         <v>305</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
         <v>307</v>
       </c>
       <c r="N70" t="s">
         <v>26</v>
       </c>
       <c r="O70" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P70" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B71" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C71" t="s">
         <v>87</v>
       </c>
       <c r="D71" t="s">
         <v>322</v>
       </c>
       <c r="E71" t="s">
         <v>89</v>
       </c>
       <c r="F71" t="s">
         <v>100</v>
       </c>
       <c r="G71" t="s">
         <v>91</v>
       </c>
       <c r="H71">
         <v>2015</v>
       </c>
       <c r="I71">
         <v>2024</v>
       </c>
       <c r="J71" t="s">
         <v>318</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>307</v>
       </c>
       <c r="N71" t="s">
         <v>26</v>
       </c>
       <c r="O71" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P71" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B72" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C72" t="s">
         <v>87</v>
       </c>
       <c r="D72" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E72" t="s">
         <v>89</v>
       </c>
       <c r="F72" t="s">
         <v>100</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
-      <c r="H72">
+      <c r="H72"/>
+      <c r="I72">
         <v>2024</v>
       </c>
-      <c r="I72"/>
       <c r="J72" t="s">
         <v>318</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>307</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="P72" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B73" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C73" t="s">
         <v>87</v>
       </c>
       <c r="D73" t="s">
         <v>150</v>
       </c>
       <c r="E73" t="s">
         <v>89</v>
       </c>
       <c r="F73" t="s">
         <v>100</v>
       </c>
       <c r="G73" t="s">
         <v>304</v>
       </c>
       <c r="H73">
         <v>2008</v>
       </c>
       <c r="I73">
         <v>2014</v>
       </c>
       <c r="J73" t="s">
         <v>305</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="M73" t="s">
         <v>307</v>
       </c>
       <c r="N73" t="s">
         <v>26</v>
       </c>
       <c r="O73" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="P73" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B74" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C74" t="s">
         <v>87</v>
       </c>
       <c r="D74" t="s">
         <v>99</v>
       </c>
       <c r="E74" t="s">
         <v>89</v>
       </c>
       <c r="F74" t="s">
         <v>100</v>
       </c>
       <c r="G74" t="s">
         <v>8</v>
       </c>
       <c r="H74">
         <v>2008</v>
       </c>
       <c r="I74">
         <v>2014</v>
       </c>
       <c r="J74" t="s">
         <v>305</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="M74" t="s">
         <v>307</v>
       </c>
       <c r="N74" t="s">
         <v>26</v>
       </c>
       <c r="O74" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="P74" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B75" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C75" t="s">
         <v>87</v>
       </c>
       <c r="D75" t="s">
         <v>83</v>
       </c>
       <c r="E75" t="s">
         <v>89</v>
       </c>
       <c r="F75" t="s">
         <v>100</v>
       </c>
       <c r="G75" t="s">
         <v>304</v>
       </c>
       <c r="H75">
         <v>2014</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>305</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="M75" t="s">
         <v>307</v>
       </c>
       <c r="N75" t="s">
         <v>26</v>
       </c>
       <c r="O75" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P75" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B76" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C76" t="s">
         <v>87</v>
       </c>
       <c r="D76" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E76" t="s">
         <v>89</v>
       </c>
       <c r="F76" t="s">
         <v>100</v>
       </c>
       <c r="G76" t="s">
         <v>304</v>
       </c>
       <c r="H76">
         <v>2021</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>305</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M76" t="s">
         <v>307</v>
       </c>
       <c r="N76" t="s">
         <v>26</v>
       </c>
       <c r="O76" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P76" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B77" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C77" t="s">
         <v>87</v>
       </c>
       <c r="D77" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E77" t="s">
         <v>89</v>
       </c>
       <c r="F77" t="s">
         <v>100</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>304</v>
       </c>
       <c r="H77">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>318</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>307</v>
       </c>
       <c r="N77" t="s">
         <v>26</v>
       </c>
       <c r="O77" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P77" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B78" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C78" t="s">
         <v>18</v>
       </c>
       <c r="D78" t="s">
         <v>241</v>
       </c>
       <c r="E78" t="s">
         <v>89</v>
       </c>
       <c r="F78" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G78" t="s">
         <v>91</v>
       </c>
       <c r="H78">
         <v>2008</v>
       </c>
       <c r="I78">
         <v>2016</v>
       </c>
       <c r="J78" t="s">
         <v>23</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>25</v>
       </c>
       <c r="N78" t="s">
         <v>26</v>
       </c>
       <c r="O78" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P78" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B79" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C79" t="s">
         <v>18</v>
       </c>
       <c r="D79" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E79" t="s">
         <v>89</v>
       </c>
       <c r="F79" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2012</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>23</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
         <v>25</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
       <c r="O79" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P79" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B80" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C80" t="s">
         <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E80" t="s">
         <v>89</v>
       </c>
       <c r="F80" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2009</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>23</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>25</v>
       </c>
       <c r="N80" t="s">
         <v>26</v>
       </c>
       <c r="O80" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P80" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B81" t="s">
         <v>144</v>
       </c>
       <c r="C81" t="s">
         <v>18</v>
       </c>
       <c r="D81" t="s">
         <v>145</v>
       </c>
       <c r="E81" t="s">
         <v>89</v>
       </c>
       <c r="F81" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G81" t="s">
         <v>91</v>
       </c>
       <c r="H81">
         <v>2011</v>
       </c>
       <c r="I81">
         <v>2011</v>
       </c>
       <c r="J81" t="s">
         <v>23</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
         <v>146</v>
       </c>
       <c r="M81" t="s">
         <v>25</v>
       </c>
       <c r="N81" t="s">
         <v>26</v>
       </c>
       <c r="O81" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P81" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B82" t="s">
         <v>98</v>
       </c>
       <c r="C82" t="s">
         <v>18</v>
       </c>
       <c r="D82" t="s">
         <v>99</v>
       </c>
       <c r="E82" t="s">
         <v>89</v>
       </c>
       <c r="F82" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G82" t="s">
         <v>91</v>
       </c>
       <c r="H82">
         <v>1993</v>
       </c>
       <c r="I82">
         <v>2009</v>
       </c>
       <c r="J82" t="s">
         <v>101</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
         <v>102</v>
       </c>
       <c r="M82" t="s">
         <v>25</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
       <c r="O82" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P82" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B83" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C83" t="s">
         <v>18</v>
       </c>
       <c r="D83" t="s">
         <v>245</v>
       </c>
       <c r="E83" t="s">
         <v>89</v>
       </c>
       <c r="F83" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G83" t="s">
         <v>91</v>
       </c>
       <c r="H83">
         <v>1994</v>
       </c>
       <c r="I83">
         <v>2003</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
         <v>246</v>
       </c>
       <c r="M83" t="s">
         <v>25</v>
       </c>
       <c r="N83" t="s">
         <v>26</v>
       </c>
       <c r="O83" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="P83" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B84" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C84" t="s">
         <v>87</v>
       </c>
       <c r="D84" t="s">
         <v>99</v>
       </c>
       <c r="E84" t="s">
         <v>89</v>
       </c>
       <c r="F84" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G84" t="s">
         <v>91</v>
       </c>
       <c r="H84">
         <v>2011</v>
       </c>
       <c r="I84">
         <v>2022</v>
       </c>
       <c r="J84" t="s">
         <v>305</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M84" t="s">
         <v>307</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P84" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B85" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C85" t="s">
         <v>87</v>
       </c>
       <c r="D85" t="s">
         <v>312</v>
       </c>
       <c r="E85" t="s">
         <v>89</v>
       </c>
       <c r="F85" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G85" t="s">
         <v>8</v>
       </c>
       <c r="H85">
         <v>2014</v>
       </c>
       <c r="I85">
         <v>2022</v>
       </c>
       <c r="J85" t="s">
         <v>305</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M85" t="s">
         <v>307</v>
       </c>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P85" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B86" t="s">
         <v>149</v>
       </c>
       <c r="C86" t="s">
         <v>18</v>
       </c>
       <c r="D86" t="s">
         <v>150</v>
       </c>
       <c r="E86" t="s">
         <v>89</v>
       </c>
       <c r="F86" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G86" t="s">
         <v>91</v>
       </c>
       <c r="H86">
         <v>2010</v>
       </c>
       <c r="I86">
         <v>2010</v>
       </c>
       <c r="J86" t="s">
         <v>101</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>151</v>
       </c>
       <c r="M86" t="s">
         <v>25</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
       <c r="O86" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P86" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B87" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C87" t="s">
         <v>87</v>
       </c>
       <c r="D87" t="s">
         <v>317</v>
       </c>
       <c r="E87" t="s">
         <v>89</v>
       </c>
       <c r="F87" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2025</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>318</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
         <v>307</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="P87" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B88" t="s">
         <v>106</v>
       </c>
       <c r="C88" t="s">
         <v>18</v>
       </c>
       <c r="D88" t="s">
         <v>107</v>
       </c>
       <c r="E88" t="s">
         <v>89</v>
       </c>
       <c r="F88" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G88" t="s">
         <v>91</v>
       </c>
       <c r="H88">
         <v>2012</v>
       </c>
       <c r="I88">
         <v>2012</v>
       </c>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
         <v>25</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P88" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B89" t="s">
         <v>111</v>
       </c>
       <c r="C89" t="s">
         <v>18</v>
       </c>
       <c r="D89" t="s">
         <v>112</v>
       </c>
       <c r="E89" t="s">
         <v>89</v>
       </c>
       <c r="F89" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2009</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
         <v>114</v>
       </c>
       <c r="M89" t="s">
         <v>25</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
       <c r="O89" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P89" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B90" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
         <v>155</v>
       </c>
       <c r="E90" t="s">
         <v>89</v>
       </c>
       <c r="F90" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G90" t="s">
         <v>91</v>
       </c>
       <c r="H90">
         <v>2002</v>
       </c>
       <c r="I90">
         <v>2007</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
         <v>156</v>
       </c>
       <c r="M90" t="s">
         <v>25</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P90" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B91" t="s">
         <v>159</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
         <v>160</v>
       </c>
       <c r="E91" t="s">
         <v>89</v>
       </c>
       <c r="F91" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2009</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>101</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
         <v>161</v>
       </c>
       <c r="M91" t="s">
         <v>25</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="P91" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B92" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
         <v>173</v>
       </c>
       <c r="E92" t="s">
         <v>89</v>
       </c>
       <c r="F92" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2011</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
         <v>25</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
       <c r="O92" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="P92" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B93" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E93" t="s">
         <v>89</v>
       </c>
       <c r="F93" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G93" t="s">
         <v>91</v>
       </c>
       <c r="H93">
         <v>2011</v>
       </c>
       <c r="I93">
         <v>2015</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
         <v>25</v>
       </c>
       <c r="N93" t="s">
         <v>26</v>
       </c>
       <c r="O93" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P93" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B94" t="s">
         <v>122</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
         <v>123</v>
       </c>
       <c r="E94" t="s">
         <v>89</v>
       </c>
       <c r="F94" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G94" t="s">
         <v>91</v>
       </c>
       <c r="H94">
         <v>2012</v>
       </c>
       <c r="I94">
         <v>2012</v>
       </c>
       <c r="J94" t="s">
         <v>124</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
         <v>25</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="P94" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B95" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E95" t="s">
         <v>89</v>
       </c>
       <c r="F95" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G95" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H95">
         <v>2012</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>92</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P95" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B96" t="s">
         <v>164</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
         <v>322</v>
       </c>
       <c r="E96" t="s">
         <v>89</v>
       </c>
       <c r="F96" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G96" t="s">
         <v>91</v>
       </c>
       <c r="H96">
         <v>1994</v>
       </c>
       <c r="I96">
         <v>2003</v>
       </c>
       <c r="J96" t="s">
         <v>101</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
         <v>25</v>
       </c>
       <c r="N96" t="s">
         <v>26</v>
       </c>
       <c r="O96" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P96" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B97" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
         <v>245</v>
       </c>
       <c r="E97" t="s">
         <v>89</v>
       </c>
       <c r="F97" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G97" t="s">
         <v>91</v>
       </c>
       <c r="H97">
         <v>1994</v>
       </c>
       <c r="I97">
         <v>2004</v>
       </c>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="M97" t="s">
         <v>25</v>
       </c>
       <c r="N97" t="s">
         <v>26</v>
       </c>
       <c r="O97" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P97" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B98" t="s">
         <v>168</v>
       </c>
       <c r="C98" t="s">
         <v>18</v>
       </c>
       <c r="D98" t="s">
         <v>169</v>
       </c>
       <c r="E98" t="s">
         <v>89</v>
       </c>
       <c r="F98" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G98" t="s">
         <v>91</v>
       </c>
       <c r="H98">
         <v>2004</v>
       </c>
       <c r="I98">
         <v>2010</v>
       </c>
       <c r="J98" t="s">
         <v>101</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
         <v>25</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P98" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B99" t="s">
         <v>138</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
         <v>139</v>
       </c>
       <c r="E99" t="s">
         <v>89</v>
       </c>
       <c r="F99" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G99" t="s">
         <v>91</v>
       </c>
       <c r="H99">
         <v>2010</v>
       </c>
       <c r="I99">
         <v>2015</v>
       </c>
       <c r="J99" t="s">
         <v>23</v>
       </c>
       <c r="K99" t="s">
         <v>140</v>
       </c>
       <c r="L99" t="s">
         <v>141</v>
       </c>
       <c r="M99" t="s">
         <v>25</v>
       </c>
       <c r="N99" t="s">
         <v>26</v>
       </c>
       <c r="O99" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P99" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B100" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C100" t="s">
         <v>87</v>
       </c>
       <c r="D100" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E100" t="s">
         <v>89</v>
       </c>
       <c r="F100" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G100" t="s">
-        <v>8</v>
+        <v>323</v>
       </c>
       <c r="H100">
         <v>2015</v>
       </c>
       <c r="I100">
         <v>2019</v>
       </c>
       <c r="J100" t="s">
         <v>305</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="M100" t="s">
         <v>307</v>
       </c>
       <c r="N100" t="s">
         <v>26</v>
       </c>
       <c r="O100" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P100" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B101" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C101" t="s">
         <v>87</v>
       </c>
       <c r="D101" t="s">
         <v>322</v>
       </c>
       <c r="E101" t="s">
         <v>89</v>
       </c>
       <c r="F101" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G101" t="s">
         <v>8</v>
       </c>
       <c r="H101">
         <v>2015</v>
       </c>
       <c r="I101">
         <v>2024</v>
       </c>
       <c r="J101" t="s">
         <v>318</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
         <v>307</v>
       </c>
       <c r="N101" t="s">
         <v>26</v>
       </c>
       <c r="O101" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P101" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B102" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
         <v>118</v>
       </c>
       <c r="E102" t="s">
         <v>89</v>
       </c>
       <c r="F102" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G102" t="s">
         <v>91</v>
       </c>
       <c r="H102">
         <v>2002</v>
       </c>
       <c r="I102">
         <v>2006</v>
       </c>
       <c r="J102" t="s">
         <v>23</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
         <v>119</v>
       </c>
       <c r="M102" t="s">
         <v>25</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P102" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B103" t="s">
         <v>172</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
         <v>173</v>
       </c>
       <c r="E103" t="s">
         <v>89</v>
       </c>
       <c r="F103" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G103" t="s">
         <v>91</v>
       </c>
       <c r="H103">
         <v>2001</v>
       </c>
       <c r="I103">
         <v>2010</v>
       </c>
       <c r="J103" t="s">
         <v>23</v>
       </c>
       <c r="K103" t="s">
         <v>140</v>
       </c>
       <c r="L103" t="s">
         <v>174</v>
       </c>
       <c r="M103" t="s">
         <v>25</v>
       </c>
       <c r="N103" t="s">
         <v>26</v>
       </c>
       <c r="O103" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P103" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B104" t="s">
         <v>177</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
         <v>178</v>
       </c>
       <c r="E104" t="s">
         <v>89</v>
       </c>
       <c r="F104" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G104" t="s">
         <v>91</v>
       </c>
       <c r="H104">
         <v>2009</v>
       </c>
       <c r="I104">
         <v>2014</v>
       </c>
       <c r="J104" t="s">
         <v>101</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
         <v>179</v>
       </c>
       <c r="M104" t="s">
         <v>25</v>
       </c>
       <c r="N104" t="s">
         <v>26</v>
       </c>
       <c r="O104" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P104" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B105" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" t="s">
         <v>186</v>
       </c>
       <c r="E105" t="s">
         <v>89</v>
       </c>
       <c r="F105" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2004</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>101</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
         <v>187</v>
       </c>
       <c r="M105" t="s">
         <v>25</v>
       </c>
       <c r="N105" t="s">
         <v>26</v>
       </c>
       <c r="O105" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P105" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B106" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E106" t="s">
         <v>89</v>
       </c>
       <c r="F106" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G106" t="s">
         <v>91</v>
       </c>
       <c r="H106">
         <v>2010</v>
       </c>
       <c r="I106">
         <v>2012</v>
       </c>
       <c r="J106" t="s">
         <v>101</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
         <v>25</v>
       </c>
       <c r="N106" t="s">
         <v>26</v>
       </c>
       <c r="O106" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P106" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B107" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C107" t="s">
         <v>87</v>
       </c>
       <c r="D107" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E107" t="s">
         <v>89</v>
       </c>
       <c r="F107" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G107" t="s">
         <v>304</v>
       </c>
       <c r="H107">
         <v>2024</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>318</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
         <v>307</v>
       </c>
       <c r="N107" t="s">
         <v>26</v>
       </c>
       <c r="O107" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="P107" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B108" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
         <v>150</v>
       </c>
       <c r="E108" t="s">
         <v>89</v>
       </c>
       <c r="F108" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G108" t="s">
         <v>91</v>
       </c>
       <c r="H108">
         <v>1992</v>
       </c>
       <c r="I108">
         <v>2004</v>
       </c>
       <c r="J108" t="s">
         <v>101</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
         <v>151</v>
       </c>
       <c r="M108" t="s">
         <v>25</v>
       </c>
       <c r="N108" t="s">
         <v>26</v>
       </c>
       <c r="O108" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="P108" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B109" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C109" t="s">
         <v>87</v>
       </c>
       <c r="D109" t="s">
         <v>150</v>
       </c>
       <c r="E109" t="s">
         <v>89</v>
       </c>
       <c r="F109" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G109" t="s">
-        <v>91</v>
+        <v>323</v>
       </c>
       <c r="H109">
         <v>2011</v>
       </c>
       <c r="I109">
         <v>2022</v>
       </c>
       <c r="J109" t="s">
         <v>305</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M109" t="s">
         <v>307</v>
       </c>
       <c r="N109" t="s">
         <v>26</v>
       </c>
       <c r="O109" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="P109" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B110" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C110" t="s">
         <v>87</v>
       </c>
       <c r="D110" t="s">
         <v>150</v>
       </c>
       <c r="E110" t="s">
         <v>89</v>
       </c>
       <c r="F110" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G110" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="H110">
         <v>2011</v>
       </c>
       <c r="I110">
         <v>2025</v>
       </c>
       <c r="J110" t="s">
         <v>318</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
         <v>307</v>
       </c>
       <c r="N110" t="s">
         <v>26</v>
       </c>
       <c r="O110" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="P110" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B111" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
         <v>79</v>
       </c>
       <c r="E111" t="s">
         <v>89</v>
       </c>
       <c r="F111" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G111" t="s">
         <v>91</v>
       </c>
       <c r="H111">
         <v>2015</v>
       </c>
       <c r="I111">
         <v>2019</v>
       </c>
       <c r="J111" t="s">
         <v>92</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
       <c r="O111" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="P111" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B112" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C112" t="s">
         <v>87</v>
       </c>
       <c r="D112" t="s">
         <v>99</v>
       </c>
       <c r="E112" t="s">
         <v>89</v>
       </c>
       <c r="F112" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G112" t="s">
-        <v>8</v>
+        <v>323</v>
       </c>
       <c r="H112">
         <v>2011</v>
       </c>
       <c r="I112">
         <v>2022</v>
       </c>
       <c r="J112" t="s">
         <v>305</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M112" t="s">
         <v>307</v>
       </c>
       <c r="N112" t="s">
         <v>26</v>
       </c>
       <c r="O112" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P112" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B113" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C113" t="s">
         <v>87</v>
       </c>
       <c r="D113" t="s">
         <v>99</v>
       </c>
       <c r="E113" t="s">
         <v>89</v>
       </c>
       <c r="F113" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G113" t="s">
         <v>91</v>
       </c>
       <c r="H113">
         <v>2011</v>
       </c>
       <c r="I113">
         <v>2025</v>
       </c>
       <c r="J113" t="s">
         <v>318</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
         <v>307</v>
       </c>
       <c r="N113" t="s">
         <v>26</v>
       </c>
       <c r="O113" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P113" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B114" t="s">
         <v>78</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>79</v>
       </c>
       <c r="E114" t="s">
         <v>89</v>
       </c>
       <c r="F114" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2015</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>23</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
         <v>25</v>
       </c>
       <c r="N114" t="s">
         <v>26</v>
       </c>
       <c r="O114" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P114" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B115" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>83</v>
       </c>
       <c r="E115" t="s">
         <v>89</v>
       </c>
       <c r="F115" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G115" t="s">
         <v>91</v>
       </c>
       <c r="H115">
         <v>2012</v>
       </c>
       <c r="I115">
         <v>2012</v>
       </c>
       <c r="J115" t="s">
         <v>23</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>25</v>
       </c>
       <c r="N115" t="s">
         <v>26</v>
       </c>
       <c r="O115" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P115" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B116" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C116" t="s">
         <v>87</v>
       </c>
       <c r="D116" t="s">
         <v>83</v>
       </c>
       <c r="E116" t="s">
         <v>89</v>
       </c>
       <c r="F116" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
-      <c r="H116"/>
+      <c r="H116">
+        <v>2024</v>
+      </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>318</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
         <v>307</v>
       </c>
       <c r="N116" t="s">
         <v>26</v>
       </c>
       <c r="O116" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P116" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B117" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C117" t="s">
         <v>87</v>
       </c>
       <c r="D117" t="s">
         <v>241</v>
       </c>
       <c r="E117" t="s">
         <v>89</v>
       </c>
       <c r="F117" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G117" t="s">
         <v>304</v>
       </c>
       <c r="H117">
         <v>2018</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>305</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="M117" t="s">
         <v>307</v>
       </c>
       <c r="N117" t="s">
         <v>237</v>
       </c>
       <c r="O117" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P117" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B118" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C118" t="s">
         <v>87</v>
       </c>
       <c r="D118" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E118" t="s">
         <v>89</v>
       </c>
       <c r="F118" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G118" t="s">
         <v>304</v>
       </c>
       <c r="H118">
         <v>2021</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>305</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="M118" t="s">
         <v>307</v>
       </c>
       <c r="N118" t="s">
         <v>26</v>
       </c>
       <c r="O118" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="P118" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B119" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
         <v>233</v>
       </c>
       <c r="E119" t="s">
         <v>89</v>
       </c>
       <c r="F119" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G119" t="s">
         <v>91</v>
       </c>
       <c r="H119">
         <v>2012</v>
       </c>
       <c r="I119">
         <v>2016</v>
       </c>
       <c r="J119" t="s">
         <v>23</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
         <v>25</v>
       </c>
       <c r="N119" t="s">
         <v>26</v>
       </c>
       <c r="O119" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="P119" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B120" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
         <v>233</v>
       </c>
       <c r="E120" t="s">
         <v>89</v>
       </c>
       <c r="F120" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G120" t="s">
         <v>91</v>
       </c>
       <c r="H120">
         <v>2012</v>
       </c>
       <c r="I120">
         <v>2015</v>
       </c>
       <c r="J120" t="s">
         <v>23</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
         <v>25</v>
       </c>
       <c r="N120" t="s">
         <v>26</v>
       </c>
       <c r="O120" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="P120" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B121" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
         <v>199</v>
       </c>
       <c r="E121" t="s">
         <v>89</v>
       </c>
       <c r="F121" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2009</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>23</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
         <v>200</v>
       </c>
       <c r="M121" t="s">
         <v>25</v>
       </c>
       <c r="N121" t="s">
         <v>26</v>
       </c>
       <c r="O121" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="P121" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B122" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
         <v>118</v>
       </c>
       <c r="E122" t="s">
         <v>89</v>
       </c>
       <c r="F122" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G122" t="s">
         <v>91</v>
       </c>
       <c r="H122">
         <v>2002</v>
       </c>
       <c r="I122">
         <v>2004</v>
       </c>
       <c r="J122" t="s">
         <v>23</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
         <v>119</v>
       </c>
       <c r="M122" t="s">
         <v>25</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="P122" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B123" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C123" t="s">
         <v>87</v>
       </c>
       <c r="D123" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E123" t="s">
         <v>89</v>
       </c>
       <c r="F123" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2025</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
         <v>318</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
         <v>307</v>
       </c>
       <c r="N123" t="s">
         <v>26</v>
       </c>
       <c r="O123" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="P123" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B124" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E124" t="s">
         <v>89</v>
       </c>
       <c r="F124" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G124" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="H124"/>
       <c r="I124"/>
       <c r="J124" t="s">
         <v>23</v>
       </c>
       <c r="K124" t="s">
         <v>213</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
         <v>25</v>
       </c>
       <c r="N124" t="s">
         <v>26</v>
       </c>
       <c r="O124" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="P124" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B125" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
         <v>118</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>91</v>
       </c>
       <c r="H125">
         <v>2012</v>
       </c>
       <c r="I125">
         <v>2012</v>
       </c>
       <c r="J125" t="s">
         <v>23</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
         <v>25</v>
       </c>
       <c r="N125" t="s">
         <v>26</v>
       </c>
       <c r="O125" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="P125" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B126" t="s">
         <v>83</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>83</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>21</v>
       </c>
       <c r="G126" t="s">
         <v>91</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
       <c r="I126">
         <v>2012</v>
       </c>
       <c r="J126" t="s">
         <v>23</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
         <v>25</v>
       </c>
       <c r="N126" t="s">
         <v>26</v>
       </c>
       <c r="O126" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="P126" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B127" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C127" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D127" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E127" t="s">
         <v>89</v>
       </c>
       <c r="F127" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="G127" t="s">
         <v>8</v>
       </c>
       <c r="H127">
         <v>2015</v>
       </c>
       <c r="I127">
         <v>2024</v>
       </c>
       <c r="J127" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="M127" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N127" t="s">
         <v>26</v>
       </c>
       <c r="O127" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="P127" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B128" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
         <v>195</v>
       </c>
       <c r="E128" t="s">
         <v>89</v>
       </c>
       <c r="F128" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="G128" t="s">
         <v>8</v>
       </c>
       <c r="H128">
         <v>2004</v>
       </c>
       <c r="I128">
         <v>2024</v>
       </c>
       <c r="J128" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="M128" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N128" t="s">
         <v>26</v>
       </c>
       <c r="O128" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="P128" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B129" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C129" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D129" t="s">
         <v>19</v>
       </c>
       <c r="E129" t="s">
         <v>89</v>
       </c>
       <c r="F129" t="s">
         <v>90</v>
       </c>
       <c r="G129" t="s">
         <v>304</v>
       </c>
       <c r="H129">
         <v>2024</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="M129" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
       <c r="O129" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P129" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B130" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C130" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D130" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E130" t="s">
         <v>89</v>
       </c>
       <c r="F130" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="G130" t="s">
         <v>304</v>
       </c>
       <c r="H130">
         <v>2024</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="M130" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N130" t="s">
         <v>26</v>
       </c>
       <c r="O130" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="P130" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B131" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E131" t="s">
         <v>89</v>
       </c>
       <c r="F131" t="s">
         <v>90</v>
       </c>
       <c r="G131" t="s">
         <v>8</v>
       </c>
       <c r="H131">
         <v>2011</v>
       </c>
       <c r="I131">
         <v>2024</v>
       </c>
       <c r="J131" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="M131" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N131" t="s">
         <v>26</v>
       </c>
       <c r="O131" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P131" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B132" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C132" t="s">
         <v>87</v>
       </c>
       <c r="D132" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2012</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
         <v>23</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N132" t="s">
         <v>26</v>
       </c>
       <c r="O132" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="P132" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B133" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C133" t="s">
         <v>87</v>
       </c>
       <c r="D133" t="s">
         <v>213</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H133"/>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>92</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N133" t="s">
         <v>26</v>
       </c>
       <c r="O133" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P133" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B134" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C134" t="s">
         <v>87</v>
       </c>
       <c r="D134" t="s">
         <v>59</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H134"/>
       <c r="I134"/>
       <c r="J134" t="s">
         <v>92</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N134" t="s">
         <v>26</v>
       </c>
       <c r="O134" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="P134" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B135" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C135" t="s">
         <v>87</v>
       </c>
       <c r="D135" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H135"/>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>92</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N135" t="s">
         <v>26</v>
       </c>
       <c r="O135" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P135" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B136" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C136" t="s">
         <v>87</v>
       </c>
       <c r="D136" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H136"/>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>92</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N136" t="s">
         <v>26</v>
       </c>
       <c r="O136" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="P136" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B137" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C137" t="s">
         <v>87</v>
       </c>
       <c r="D137" t="s">
         <v>83</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>91</v>
       </c>
       <c r="H137">
         <v>2012</v>
       </c>
       <c r="I137">
         <v>2012</v>
       </c>
       <c r="J137" t="s">
         <v>23</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N137" t="s">
         <v>26</v>
       </c>
       <c r="O137" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="P137" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B138" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C138" t="s">
         <v>87</v>
       </c>
       <c r="D138" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>91</v>
       </c>
       <c r="H138">
         <v>2012</v>
       </c>
       <c r="I138">
         <v>2012</v>
       </c>
       <c r="J138" t="s">
         <v>23</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N138" t="s">
         <v>26</v>
       </c>
       <c r="O138" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P138" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B139" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C139" t="s">
         <v>87</v>
       </c>
       <c r="D139" t="s">
         <v>155</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2013</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>23</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N139" t="s">
         <v>26</v>
       </c>
       <c r="O139" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="P139" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B140" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C140" t="s">
         <v>87</v>
       </c>
       <c r="D140" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2017</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N140" t="s">
         <v>26</v>
       </c>
       <c r="O140" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="P140" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B141" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C141" t="s">
         <v>87</v>
       </c>
       <c r="D141" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2017</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K141" t="s">
         <v>140</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N141" t="s">
         <v>26</v>
       </c>
       <c r="O141" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="P141" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B142" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C142" t="s">
         <v>87</v>
       </c>
       <c r="D142" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2017</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K142" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N142" t="s">
         <v>26</v>
       </c>
       <c r="O142" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="P142" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B143" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C143" t="s">
         <v>87</v>
       </c>
       <c r="D143" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
         <v>91</v>
       </c>
       <c r="H143">
         <v>2012</v>
       </c>
       <c r="I143">
         <v>2017</v>
       </c>
       <c r="J143" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N143" t="s">
         <v>26</v>
       </c>
       <c r="O143" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="P143" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B144" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C144" t="s">
         <v>87</v>
       </c>
       <c r="D144" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2017</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K144" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N144" t="s">
         <v>26</v>
       </c>
       <c r="O144" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="P144" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B145" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C145" t="s">
         <v>87</v>
       </c>
       <c r="D145" t="s">
         <v>150</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>91</v>
       </c>
       <c r="H145">
         <v>2012</v>
       </c>
       <c r="I145">
         <v>2012</v>
       </c>
       <c r="J145" t="s">
         <v>23</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N145" t="s">
         <v>26</v>
       </c>
       <c r="O145" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="P145" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B146" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C146" t="s">
         <v>87</v>
       </c>
       <c r="D146" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2017</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K146" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N146" t="s">
         <v>26</v>
       </c>
       <c r="O146" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="P146" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B147" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C147" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D147" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E147" t="s">
         <v>89</v>
       </c>
       <c r="F147" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2016</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
         <v>92</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147"/>
       <c r="M147" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="N147" t="s">
         <v>26</v>
       </c>
       <c r="O147" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="P147" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B148" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C148" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D148" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E148" t="s">
         <v>89</v>
       </c>
       <c r="F148" t="s">
         <v>100</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2017</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
         <v>92</v>
       </c>
       <c r="K148" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="N148" t="s">
         <v>237</v>
       </c>
       <c r="O148" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="P148" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">