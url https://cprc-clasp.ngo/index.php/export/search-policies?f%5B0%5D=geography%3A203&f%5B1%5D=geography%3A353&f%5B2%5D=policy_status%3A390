--- v0 (2025-10-15)
+++ v1 (2026-02-06)
@@ -12,563 +12,399 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...26 lines deleted...]
-    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
-[...68 lines deleted...]
-    <t>Imaging Equipment</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
-[...232 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
-    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
-[...28 lines deleted...]
-  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -832,1687 +668,870 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="451.747" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>68</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>73</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>74</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>75</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>78</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>82</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>87</v>
+      </c>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>93</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>94</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>97</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>99</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...198 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" t="s">
+        <v>100</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>94</v>
+      </c>
+      <c r="N16" t="s">
         <v>45</v>
       </c>
-      <c r="F7" t="s">
-[...650 lines deleted...]
-      <c r="K22" t="s">
+      <c r="O16" t="s">
         <v>101</v>
       </c>
-      <c r="L22" t="s">
-[...5 lines deleted...]
-      <c r="N22" t="s">
+      <c r="P16" t="s">
         <v>102</v>
-      </c>
-[...634 lines deleted...]
-        <v>157</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>