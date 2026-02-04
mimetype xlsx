--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,194 +12,213 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -463,235 +482,256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="60.128" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...29 lines deleted...]
-      <c r="G3">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>34</v>
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>