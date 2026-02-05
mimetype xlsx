--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -12,377 +12,384 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...8 lines deleted...]
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
+  </si>
+  <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>SNI lEC 60879:2013</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
-[...44 lines deleted...]
-    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
-[...11 lines deleted...]
-    <t>Non-Directional lamps, Directional Lamps</t>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
+    <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Saint Lucia Bureau of Standards</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
+    <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
+    <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
+    <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
+  </si>
+  <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
-[...46 lines deleted...]
-  <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
+  </si>
+  <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -646,937 +653,718 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="485.881" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H3">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...6 lines deleted...]
-      <c r="I4" t="s">
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...7 lines deleted...]
-        <v>32</v>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...8 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...30 lines deleted...]
-        <v>2024</v>
+      <c r="G6" t="s">
+        <v>50</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...7 lines deleted...]
-        <v>38</v>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...6 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...7 lines deleted...]
-        <v>41</v>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-      <c r="A8" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>70</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>76</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>70</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>87</v>
+      </c>
+      <c r="F12" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>42</v>
       </c>
-      <c r="B8" t="s">
-[...29 lines deleted...]
-      <c r="L8" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>89</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>76</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
-[...199 lines deleted...]
-      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="N13" t="s">
-        <v>66</v>
-[...9 lines deleted...]
-      <c r="C14" t="s">
         <v>26</v>
       </c>
-      <c r="D14" t="s">
-[...274 lines deleted...]
-        <v>93</v>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>