--- v0 (2025-12-11)
+++ v1 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1099">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1100">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3188,63 +3188,66 @@
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -3766,51 +3769,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P204"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -13118,635 +13121,635 @@
       <c r="H192">
         <v>2008</v>
       </c>
       <c r="I192">
         <v>2011</v>
       </c>
       <c r="J192" t="s">
         <v>101</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192" t="s">
         <v>1033</v>
       </c>
       <c r="M192" t="s">
         <v>1028</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
         <v>1034</v>
       </c>
       <c r="P192" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="B193" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C193" t="s">
         <v>1026</v>
       </c>
       <c r="D193" t="s">
         <v>461</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193">
         <v>2009</v>
       </c>
       <c r="I193">
         <v>2011</v>
       </c>
       <c r="J193" t="s">
         <v>676</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="M193" t="s">
         <v>1028</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="P193" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B194" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C194" t="s">
         <v>1026</v>
       </c>
       <c r="D194" t="s">
         <v>461</v>
       </c>
       <c r="E194" t="s">
         <v>51</v>
       </c>
       <c r="F194" t="s">
         <v>42</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2007</v>
       </c>
       <c r="I194">
         <v>2011</v>
       </c>
       <c r="J194" t="s">
         <v>101</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="M194" t="s">
         <v>1028</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="P194" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B195" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C195" t="s">
         <v>1026</v>
       </c>
       <c r="D195" t="s">
         <v>93</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>71</v>
       </c>
       <c r="G195" t="s">
         <v>61</v>
       </c>
       <c r="H195">
         <v>2007</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
         <v>676</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
       <c r="L195" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="M195" t="s">
         <v>1028</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="P195" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B196" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C196" t="s">
         <v>1026</v>
       </c>
       <c r="D196" t="s">
         <v>231</v>
       </c>
       <c r="E196" t="s">
         <v>51</v>
       </c>
       <c r="F196" t="s">
         <v>42</v>
       </c>
       <c r="G196" t="s">
         <v>61</v>
       </c>
       <c r="H196">
         <v>2007</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
         <v>101</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
       <c r="L196" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="M196" t="s">
         <v>1028</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="P196" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B197" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C197" t="s">
         <v>1026</v>
       </c>
       <c r="D197" t="s">
         <v>566</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" t="s">
         <v>61</v>
       </c>
       <c r="H197">
         <v>2007</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
         <v>676</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="M197" t="s">
         <v>1028</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="P197" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="B198" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="C198" t="s">
         <v>1026</v>
       </c>
       <c r="D198" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="E198" t="s">
         <v>51</v>
       </c>
       <c r="F198" t="s">
         <v>42</v>
       </c>
       <c r="G198" t="s">
         <v>61</v>
       </c>
       <c r="H198">
         <v>2009</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
         <v>101</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="M198" t="s">
         <v>1028</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="P198" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B199" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C199" t="s">
         <v>1026</v>
       </c>
       <c r="D199" t="s">
         <v>70</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>61</v>
       </c>
       <c r="H199">
         <v>2009</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
         <v>676</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="M199" t="s">
         <v>1028</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="P199" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="B200" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C200" t="s">
         <v>1026</v>
       </c>
       <c r="D200" t="s">
         <v>93</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
         <v>2014</v>
       </c>
       <c r="I200">
         <v>2018</v>
       </c>
       <c r="J200" t="s">
         <v>676</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="M200" t="s">
         <v>1028</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="P200" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B201" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="C201" t="s">
         <v>18</v>
       </c>
       <c r="D201" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="E201" t="s">
         <v>51</v>
       </c>
       <c r="F201" t="s">
         <v>723</v>
       </c>
       <c r="G201" t="s">
         <v>61</v>
       </c>
       <c r="H201">
         <v>2007</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
         <v>87</v>
       </c>
       <c r="K201" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="L201" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="M201" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N201" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="O201" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="P201" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B202" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C202" t="s">
         <v>18</v>
       </c>
       <c r="D202" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="E202" t="s">
         <v>51</v>
       </c>
       <c r="F202" t="s">
         <v>723</v>
       </c>
       <c r="G202" t="s">
         <v>61</v>
       </c>
       <c r="H202">
         <v>2009</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
         <v>87</v>
       </c>
       <c r="K202" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="L202" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="M202" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N202" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="O202" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="P202" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B203" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C203" t="s">
         <v>18</v>
       </c>
       <c r="D203" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="E203" t="s">
         <v>51</v>
       </c>
       <c r="F203" t="s">
         <v>723</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2018</v>
       </c>
       <c r="I203">
         <v>2018</v>
       </c>
       <c r="J203" t="s">
         <v>87</v>
       </c>
       <c r="K203" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="L203" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="M203" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N203" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="O203" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="P203" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B204" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C204" t="s">
         <v>18</v>
       </c>
       <c r="D204" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="E204" t="s">
         <v>51</v>
       </c>
       <c r="F204" t="s">
         <v>723</v>
       </c>
       <c r="G204" t="s">
         <v>61</v>
       </c>
       <c r="H204">
         <v>2014</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
         <v>87</v>
       </c>
       <c r="K204" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="L204" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="M204" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="N204" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="O204" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="P204" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">