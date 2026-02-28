--- v0 (2025-12-14)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="539">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1460,63 +1460,66 @@
   <si>
     <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -2050,51 +2053,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -5730,635 +5733,635 @@
       <c r="H75">
         <v>2008</v>
       </c>
       <c r="I75">
         <v>2011</v>
       </c>
       <c r="J75" t="s">
         <v>79</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75" t="s">
         <v>469</v>
       </c>
       <c r="M75" t="s">
         <v>464</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
         <v>470</v>
       </c>
       <c r="P75" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B76" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C76" t="s">
         <v>461</v>
       </c>
       <c r="D76" t="s">
         <v>434</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2009</v>
       </c>
       <c r="I76">
         <v>2011</v>
       </c>
       <c r="J76" t="s">
         <v>462</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="M76" t="s">
         <v>464</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="P76" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B77" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C77" t="s">
         <v>461</v>
       </c>
       <c r="D77" t="s">
         <v>434</v>
       </c>
       <c r="E77" t="s">
         <v>51</v>
       </c>
       <c r="F77" t="s">
         <v>42</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2007</v>
       </c>
       <c r="I77">
         <v>2011</v>
       </c>
       <c r="J77" t="s">
         <v>79</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="M77" t="s">
         <v>464</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P77" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B78" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C78" t="s">
         <v>461</v>
       </c>
       <c r="D78" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>78</v>
       </c>
       <c r="G78" t="s">
         <v>61</v>
       </c>
       <c r="H78">
         <v>2007</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>462</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="M78" t="s">
         <v>464</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P78" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B79" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C79" t="s">
         <v>461</v>
       </c>
       <c r="D79" t="s">
         <v>209</v>
       </c>
       <c r="E79" t="s">
         <v>51</v>
       </c>
       <c r="F79" t="s">
         <v>42</v>
       </c>
       <c r="G79" t="s">
         <v>61</v>
       </c>
       <c r="H79">
         <v>2007</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>79</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="M79" t="s">
         <v>464</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="P79" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B80" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C80" t="s">
         <v>461</v>
       </c>
       <c r="D80" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>61</v>
       </c>
       <c r="H80">
         <v>2007</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>462</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="M80" t="s">
         <v>464</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="P80" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B81" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C81" t="s">
         <v>461</v>
       </c>
       <c r="D81" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="E81" t="s">
         <v>51</v>
       </c>
       <c r="F81" t="s">
         <v>42</v>
       </c>
       <c r="G81" t="s">
         <v>61</v>
       </c>
       <c r="H81">
         <v>2009</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>79</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="M81" t="s">
         <v>464</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="P81" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B82" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C82" t="s">
         <v>461</v>
       </c>
       <c r="D82" t="s">
         <v>341</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>61</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>462</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="M82" t="s">
         <v>464</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P82" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B83" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C83" t="s">
         <v>461</v>
       </c>
       <c r="D83" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2014</v>
       </c>
       <c r="I83">
         <v>2018</v>
       </c>
       <c r="J83" t="s">
         <v>462</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M83" t="s">
         <v>464</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="P83" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B84" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C84" t="s">
         <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E84" t="s">
         <v>51</v>
       </c>
       <c r="F84" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G84" t="s">
         <v>61</v>
       </c>
       <c r="H84">
         <v>2007</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="K84" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="L84" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="M84" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="N84" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="O84" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P84" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B85" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C85" t="s">
         <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="E85" t="s">
         <v>51</v>
       </c>
       <c r="F85" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G85" t="s">
         <v>61</v>
       </c>
       <c r="H85">
         <v>2009</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="K85" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="L85" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="M85" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="N85" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="O85" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="P85" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B86" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C86" t="s">
         <v>18</v>
       </c>
       <c r="D86" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E86" t="s">
         <v>51</v>
       </c>
       <c r="F86" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2018</v>
       </c>
       <c r="I86">
         <v>2018</v>
       </c>
       <c r="J86" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="K86" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="L86" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="M86" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="N86" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="O86" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P86" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B87" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C87" t="s">
         <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E87" t="s">
         <v>51</v>
       </c>
       <c r="F87" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G87" t="s">
         <v>61</v>
       </c>
       <c r="H87">
         <v>2014</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="K87" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="L87" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="M87" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="N87" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="O87" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="P87" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">