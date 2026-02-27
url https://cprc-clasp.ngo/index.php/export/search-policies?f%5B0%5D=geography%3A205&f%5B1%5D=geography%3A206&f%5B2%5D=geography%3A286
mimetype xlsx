--- v0 (2025-12-11)
+++ v1 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="724">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="725">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2029,63 +2029,66 @@
   <si>
     <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
@@ -2631,51 +2634,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -7689,683 +7692,683 @@
       <c r="H103">
         <v>2008</v>
       </c>
       <c r="I103">
         <v>2011</v>
       </c>
       <c r="J103" t="s">
         <v>105</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
         <v>650</v>
       </c>
       <c r="M103" t="s">
         <v>645</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
         <v>651</v>
       </c>
       <c r="P103" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B104" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C104" t="s">
         <v>642</v>
       </c>
       <c r="D104" t="s">
         <v>167</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2009</v>
       </c>
       <c r="I104">
         <v>2011</v>
       </c>
       <c r="J104" t="s">
         <v>643</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="M104" t="s">
         <v>645</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="P104" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B105" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C105" t="s">
         <v>642</v>
       </c>
       <c r="D105" t="s">
         <v>167</v>
       </c>
       <c r="E105" t="s">
         <v>51</v>
       </c>
       <c r="F105" t="s">
         <v>42</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2007</v>
       </c>
       <c r="I105">
         <v>2011</v>
       </c>
       <c r="J105" t="s">
         <v>105</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="M105" t="s">
         <v>645</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="P105" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B106" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C106" t="s">
         <v>642</v>
       </c>
       <c r="D106" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>78</v>
       </c>
       <c r="G106" t="s">
         <v>61</v>
       </c>
       <c r="H106">
         <v>2007</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>643</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="M106" t="s">
         <v>645</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="P106" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B107" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C107" t="s">
         <v>642</v>
       </c>
       <c r="D107" t="s">
         <v>305</v>
       </c>
       <c r="E107" t="s">
         <v>51</v>
       </c>
       <c r="F107" t="s">
         <v>42</v>
       </c>
       <c r="G107" t="s">
         <v>61</v>
       </c>
       <c r="H107">
         <v>2007</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>105</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="M107" t="s">
         <v>645</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="P107" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B108" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C108" t="s">
         <v>642</v>
       </c>
       <c r="D108" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
         <v>61</v>
       </c>
       <c r="H108">
         <v>2007</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>643</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="M108" t="s">
         <v>645</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="P108" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B109" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C109" t="s">
         <v>642</v>
       </c>
       <c r="D109" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E109" t="s">
         <v>51</v>
       </c>
       <c r="F109" t="s">
         <v>42</v>
       </c>
       <c r="G109" t="s">
         <v>61</v>
       </c>
       <c r="H109">
         <v>2009</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>105</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="M109" t="s">
         <v>645</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="P109" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B110" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C110" t="s">
         <v>642</v>
       </c>
       <c r="D110" t="s">
         <v>138</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>61</v>
       </c>
       <c r="H110">
         <v>2009</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>643</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="M110" t="s">
         <v>645</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="P110" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B111" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C111" t="s">
         <v>642</v>
       </c>
       <c r="D111" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2014</v>
       </c>
       <c r="I111">
         <v>2018</v>
       </c>
       <c r="J111" t="s">
         <v>643</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="M111" t="s">
         <v>645</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="P111" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B112" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C112" t="s">
         <v>76</v>
       </c>
       <c r="D112" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="E112" t="s">
         <v>51</v>
       </c>
       <c r="F112" t="s">
         <v>192</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2011</v>
       </c>
       <c r="I112">
         <v>2017</v>
       </c>
       <c r="J112" t="s">
         <v>218</v>
       </c>
       <c r="K112" t="s">
         <v>482</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="N112" t="s">
         <v>484</v>
       </c>
       <c r="O112" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P112" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B113" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E113" t="s">
         <v>51</v>
       </c>
       <c r="F113" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="G113" t="s">
         <v>61</v>
       </c>
       <c r="H113">
         <v>2007</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="K113" t="s">
         <v>482</v>
       </c>
       <c r="L113" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="M113" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="N113" t="s">
         <v>484</v>
       </c>
       <c r="O113" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="P113" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B114" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="E114" t="s">
         <v>51</v>
       </c>
       <c r="F114" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="G114" t="s">
         <v>61</v>
       </c>
       <c r="H114">
         <v>2009</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="K114" t="s">
         <v>482</v>
       </c>
       <c r="L114" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M114" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="N114" t="s">
         <v>484</v>
       </c>
       <c r="O114" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="P114" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B115" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="E115" t="s">
         <v>51</v>
       </c>
       <c r="F115" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2018</v>
       </c>
       <c r="I115">
         <v>2018</v>
       </c>
       <c r="J115" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="K115" t="s">
         <v>482</v>
       </c>
       <c r="L115" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="M115" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="N115" t="s">
         <v>484</v>
       </c>
       <c r="O115" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="P115" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B116" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E116" t="s">
         <v>51</v>
       </c>
       <c r="F116" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="G116" t="s">
         <v>61</v>
       </c>
       <c r="H116">
         <v>2014</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="K116" t="s">
         <v>482</v>
       </c>
       <c r="L116" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="M116" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="N116" t="s">
         <v>484</v>
       </c>
       <c r="O116" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P116" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">