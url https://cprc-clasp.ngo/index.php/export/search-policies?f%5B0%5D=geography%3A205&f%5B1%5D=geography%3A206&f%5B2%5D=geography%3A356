--- v0 (2025-12-11)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="842">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="843">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2444,63 +2444,66 @@
   <si>
     <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
   </si>
   <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
@@ -3010,51 +3013,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="320.779" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -11020,635 +11023,635 @@
       <c r="H165">
         <v>2008</v>
       </c>
       <c r="I165">
         <v>2011</v>
       </c>
       <c r="J165" t="s">
         <v>246</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165" t="s">
         <v>780</v>
       </c>
       <c r="M165" t="s">
         <v>775</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
         <v>781</v>
       </c>
       <c r="P165" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B166" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C166" t="s">
         <v>772</v>
       </c>
       <c r="D166" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2009</v>
       </c>
       <c r="I166">
         <v>2011</v>
       </c>
       <c r="J166" t="s">
         <v>773</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="M166" t="s">
         <v>775</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="P166" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B167" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C167" t="s">
         <v>772</v>
       </c>
       <c r="D167" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="E167" t="s">
         <v>51</v>
       </c>
       <c r="F167" t="s">
         <v>42</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2007</v>
       </c>
       <c r="I167">
         <v>2011</v>
       </c>
       <c r="J167" t="s">
         <v>246</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="M167" t="s">
         <v>775</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="P167" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B168" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C168" t="s">
         <v>772</v>
       </c>
       <c r="D168" t="s">
         <v>222</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>741</v>
       </c>
       <c r="G168" t="s">
         <v>61</v>
       </c>
       <c r="H168">
         <v>2007</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
         <v>773</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="M168" t="s">
         <v>775</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="P168" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B169" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C169" t="s">
         <v>772</v>
       </c>
       <c r="D169" t="s">
         <v>219</v>
       </c>
       <c r="E169" t="s">
         <v>51</v>
       </c>
       <c r="F169" t="s">
         <v>42</v>
       </c>
       <c r="G169" t="s">
         <v>61</v>
       </c>
       <c r="H169">
         <v>2007</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
         <v>246</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="M169" t="s">
         <v>775</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="P169" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B170" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C170" t="s">
         <v>772</v>
       </c>
       <c r="D170" t="s">
         <v>665</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>61</v>
       </c>
       <c r="H170">
         <v>2007</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>773</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="M170" t="s">
         <v>775</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="P170" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B171" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C171" t="s">
         <v>772</v>
       </c>
       <c r="D171" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E171" t="s">
         <v>51</v>
       </c>
       <c r="F171" t="s">
         <v>42</v>
       </c>
       <c r="G171" t="s">
         <v>61</v>
       </c>
       <c r="H171">
         <v>2009</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
         <v>246</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="M171" t="s">
         <v>775</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="P171" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B172" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C172" t="s">
         <v>772</v>
       </c>
       <c r="D172" t="s">
         <v>141</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
         <v>61</v>
       </c>
       <c r="H172">
         <v>2009</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>773</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="M172" t="s">
         <v>775</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="P172" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B173" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C173" t="s">
         <v>772</v>
       </c>
       <c r="D173" t="s">
         <v>222</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2014</v>
       </c>
       <c r="I173">
         <v>2018</v>
       </c>
       <c r="J173" t="s">
         <v>773</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="M173" t="s">
         <v>775</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="P173" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B174" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C174" t="s">
         <v>18</v>
       </c>
       <c r="D174" t="s">
         <v>616</v>
       </c>
       <c r="E174" t="s">
         <v>51</v>
       </c>
       <c r="F174" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="G174" t="s">
         <v>61</v>
       </c>
       <c r="H174">
         <v>2007</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>595</v>
       </c>
       <c r="K174" t="s">
         <v>596</v>
       </c>
       <c r="L174" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="M174" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="N174" t="s">
         <v>599</v>
       </c>
       <c r="O174" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="P174" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B175" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C175" t="s">
         <v>18</v>
       </c>
       <c r="D175" t="s">
         <v>594</v>
       </c>
       <c r="E175" t="s">
         <v>51</v>
       </c>
       <c r="F175" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="G175" t="s">
         <v>61</v>
       </c>
       <c r="H175">
         <v>2009</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
         <v>595</v>
       </c>
       <c r="K175" t="s">
         <v>596</v>
       </c>
       <c r="L175" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="M175" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="N175" t="s">
         <v>599</v>
       </c>
       <c r="O175" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="P175" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B176" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C176" t="s">
         <v>18</v>
       </c>
       <c r="D176" t="s">
         <v>604</v>
       </c>
       <c r="E176" t="s">
         <v>51</v>
       </c>
       <c r="F176" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
       <c r="H176">
         <v>2018</v>
       </c>
       <c r="I176">
         <v>2018</v>
       </c>
       <c r="J176" t="s">
         <v>595</v>
       </c>
       <c r="K176" t="s">
         <v>596</v>
       </c>
       <c r="L176" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="M176" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="N176" t="s">
         <v>599</v>
       </c>
       <c r="O176" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="P176" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B177" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C177" t="s">
         <v>18</v>
       </c>
       <c r="D177" t="s">
         <v>610</v>
       </c>
       <c r="E177" t="s">
         <v>51</v>
       </c>
       <c r="F177" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="G177" t="s">
         <v>61</v>
       </c>
       <c r="H177">
         <v>2014</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
         <v>595</v>
       </c>
       <c r="K177" t="s">
         <v>596</v>
       </c>
       <c r="L177" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="M177" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="N177" t="s">
         <v>599</v>
       </c>
       <c r="O177" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="P177" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">