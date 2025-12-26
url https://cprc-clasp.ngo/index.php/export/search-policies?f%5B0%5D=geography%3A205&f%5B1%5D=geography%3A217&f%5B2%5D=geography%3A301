--- v0 (2025-11-08)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1114">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2974,53 +2974,50 @@
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
@@ -3053,50 +3050,59 @@
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -3829,51 +3835,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P221"/>
+  <dimension ref="A1:P222"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -13065,1536 +13071,1580 @@
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
         <v>89</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
         <v>967</v>
       </c>
       <c r="P190" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
         <v>968</v>
       </c>
       <c r="B191" t="s">
         <v>969</v>
       </c>
       <c r="C191" t="s">
-        <v>970</v>
+        <v>83</v>
       </c>
       <c r="D191" t="s">
         <v>932</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>103</v>
       </c>
       <c r="G191" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="H191">
         <v>2024</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
+        <v>971</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" t="s">
         <v>972</v>
       </c>
-      <c r="K191" t="s">
-[...2 lines deleted...]
-      <c r="L191" t="s">
+      <c r="M191" t="s">
         <v>973</v>
       </c>
-      <c r="M191" t="s">
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
         <v>974</v>
       </c>
-      <c r="N191" t="s">
-[...2 lines deleted...]
-      <c r="O191" t="s">
+      <c r="P191" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
+        <v>976</v>
+      </c>
+      <c r="B192" t="s">
         <v>977</v>
       </c>
-      <c r="B192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192" t="s">
-        <v>970</v>
+        <v>83</v>
       </c>
       <c r="D192" t="s">
         <v>340</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>103</v>
       </c>
       <c r="G192" t="s">
         <v>61</v>
       </c>
       <c r="H192">
         <v>2024</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192" t="s">
+        <v>978</v>
+      </c>
+      <c r="M192" t="s">
+        <v>973</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
         <v>979</v>
       </c>
-      <c r="M192" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P192" t="s">
-        <v>976</v>
+        <v>975</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>981</v>
-[...3 lines deleted...]
-      </c>
+        <v>980</v>
+      </c>
+      <c r="B193"/>
       <c r="C193" t="s">
         <v>83</v>
       </c>
       <c r="D193" t="s">
-        <v>131</v>
+        <v>184</v>
       </c>
       <c r="E193" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
       <c r="G193" t="s">
-        <v>22</v>
+        <v>970</v>
       </c>
       <c r="H193">
         <v>2017</v>
       </c>
-      <c r="I193">
-[...1 lines deleted...]
-      </c>
+      <c r="I193"/>
       <c r="J193" t="s">
-        <v>110</v>
+        <v>981</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>89</v>
+        <v>973</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="P193" t="s">
-        <v>660</v>
+        <v>975</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
+        <v>983</v>
+      </c>
+      <c r="B194" t="s">
         <v>984</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
       <c r="C194" t="s">
         <v>83</v>
       </c>
       <c r="D194" t="s">
-        <v>986</v>
+        <v>131</v>
       </c>
       <c r="E194" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F194" t="s">
-        <v>987</v>
+        <v>42</v>
       </c>
       <c r="G194" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H194">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I194"/>
+        <v>2017</v>
+      </c>
+      <c r="I194">
+        <v>2019</v>
+      </c>
       <c r="J194" t="s">
         <v>110</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
-      <c r="L194" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L194"/>
       <c r="M194" t="s">
-        <v>989</v>
+        <v>89</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="P194" t="s">
-        <v>991</v>
+        <v>660</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>992</v>
+        <v>986</v>
       </c>
       <c r="B195" t="s">
-        <v>993</v>
+        <v>987</v>
       </c>
       <c r="C195" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="D195" t="s">
-        <v>59</v>
+        <v>988</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
-        <v>60</v>
+        <v>989</v>
       </c>
       <c r="G195" t="s">
         <v>61</v>
       </c>
       <c r="H195">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
-      <c r="L195"/>
+      <c r="L195" t="s">
+        <v>990</v>
+      </c>
       <c r="M195" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="N195" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="P195" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
+        <v>994</v>
+      </c>
+      <c r="B196" t="s">
+        <v>995</v>
+      </c>
+      <c r="C196" t="s">
+        <v>95</v>
+      </c>
+      <c r="D196" t="s">
+        <v>59</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>60</v>
+      </c>
+      <c r="G196" t="s">
+        <v>61</v>
+      </c>
+      <c r="H196">
+        <v>2022</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>62</v>
+      </c>
+      <c r="K196" t="s">
+        <v>34</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>996</v>
+      </c>
+      <c r="N196" t="s">
+        <v>64</v>
+      </c>
+      <c r="O196" t="s">
         <v>997</v>
       </c>
-      <c r="B196" t="s">
+      <c r="P196" t="s">
         <v>998</v>
-      </c>
-[...40 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="B197" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="C197" t="s">
         <v>69</v>
       </c>
       <c r="D197" t="s">
         <v>184</v>
       </c>
       <c r="E197" t="s">
         <v>51</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
         <v>1991</v>
       </c>
       <c r="I197">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J197" t="s">
         <v>71</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197" t="s">
-        <v>185</v>
+        <v>1001</v>
       </c>
       <c r="M197" t="s">
         <v>73</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="P197" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B198" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="C198" t="s">
         <v>69</v>
       </c>
       <c r="D198" t="s">
         <v>184</v>
       </c>
       <c r="E198" t="s">
         <v>51</v>
       </c>
       <c r="F198" t="s">
         <v>21</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>1991</v>
       </c>
       <c r="I198">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="J198" t="s">
         <v>71</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198" t="s">
-        <v>1006</v>
+        <v>185</v>
       </c>
       <c r="M198" t="s">
-        <v>191</v>
+        <v>73</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="P198" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="B199" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C199" t="s">
         <v>69</v>
       </c>
       <c r="D199" t="s">
-        <v>131</v>
+        <v>184</v>
       </c>
       <c r="E199" t="s">
         <v>51</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="I199">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J199" t="s">
         <v>71</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199" t="s">
-        <v>132</v>
+        <v>1008</v>
       </c>
       <c r="M199" t="s">
-        <v>73</v>
+        <v>191</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1010</v>
+        <v>1009</v>
       </c>
       <c r="P199" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B200" t="s">
         <v>1011</v>
       </c>
-      <c r="B200" t="s">
+      <c r="C200" t="s">
+        <v>69</v>
+      </c>
+      <c r="D200" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="E200" t="s">
         <v>51</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="I200">
         <v>2011</v>
       </c>
       <c r="J200" t="s">
         <v>71</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200" t="s">
         <v>132</v>
       </c>
       <c r="M200" t="s">
         <v>73</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="P200" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B201" t="s">
         <v>131</v>
       </c>
       <c r="C201" t="s">
         <v>69</v>
       </c>
       <c r="D201" t="s">
-        <v>131</v>
+        <v>1014</v>
       </c>
       <c r="E201" t="s">
         <v>51</v>
       </c>
       <c r="F201" t="s">
         <v>21</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="I201">
         <v>2011</v>
       </c>
       <c r="J201" t="s">
         <v>71</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201" t="s">
         <v>132</v>
       </c>
       <c r="M201" t="s">
         <v>73</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="P201" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="B202" t="s">
-        <v>1016</v>
+        <v>131</v>
       </c>
       <c r="C202" t="s">
         <v>69</v>
       </c>
       <c r="D202" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="E202" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F202" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G202" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H202">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I202"/>
+        <v>1996</v>
+      </c>
+      <c r="I202">
+        <v>2011</v>
+      </c>
       <c r="J202" t="s">
         <v>71</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
-      <c r="L202"/>
+      <c r="L202" t="s">
+        <v>132</v>
+      </c>
       <c r="M202" t="s">
         <v>73</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
       <c r="P202" t="s">
-        <v>1018</v>
+        <v>75</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="B203" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="C203" t="s">
         <v>69</v>
       </c>
       <c r="D203" t="s">
         <v>143</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
         <v>42</v>
       </c>
       <c r="G203" t="s">
         <v>61</v>
       </c>
       <c r="H203">
         <v>2016</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
         <v>71</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
         <v>73</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="P203" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="B204" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="C204" t="s">
         <v>69</v>
       </c>
       <c r="D204" t="s">
-        <v>945</v>
+        <v>143</v>
       </c>
       <c r="E204" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F204" t="s">
         <v>42</v>
       </c>
       <c r="G204" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H204">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I204"/>
       <c r="J204" t="s">
         <v>71</v>
       </c>
       <c r="K204" t="s">
         <v>34</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
         <v>73</v>
       </c>
       <c r="N204" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="P204" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="B205" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="C205" t="s">
         <v>69</v>
       </c>
       <c r="D205" t="s">
-        <v>78</v>
+        <v>945</v>
       </c>
       <c r="E205" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F205" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="G205" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H205">
+        <v>2012</v>
+      </c>
+      <c r="I205">
         <v>2015</v>
       </c>
-      <c r="I205"/>
       <c r="J205" t="s">
         <v>71</v>
       </c>
       <c r="K205" t="s">
         <v>34</v>
       </c>
       <c r="L205"/>
       <c r="M205" t="s">
         <v>73</v>
       </c>
       <c r="N205" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O205" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="P205" t="s">
-        <v>904</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B206" t="s">
         <v>1030</v>
       </c>
-      <c r="B206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C206" t="s">
         <v>69</v>
       </c>
       <c r="D206" t="s">
-        <v>143</v>
+        <v>78</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
         <v>103</v>
       </c>
       <c r="G206" t="s">
         <v>61</v>
       </c>
       <c r="H206">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I206"/>
       <c r="J206" t="s">
         <v>71</v>
       </c>
       <c r="K206" t="s">
         <v>34</v>
       </c>
       <c r="L206"/>
       <c r="M206" t="s">
         <v>73</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="P206" t="s">
-        <v>1033</v>
+        <v>904</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="B207" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="C207" t="s">
         <v>69</v>
       </c>
       <c r="D207" t="s">
         <v>143</v>
       </c>
       <c r="E207" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F207" t="s">
         <v>103</v>
       </c>
       <c r="G207" t="s">
         <v>61</v>
       </c>
       <c r="H207">
         <v>2018</v>
       </c>
       <c r="I207"/>
       <c r="J207" t="s">
         <v>71</v>
       </c>
       <c r="K207" t="s">
         <v>34</v>
       </c>
       <c r="L207"/>
       <c r="M207" t="s">
         <v>73</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="P207" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="B208" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="C208" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="D208" t="s">
-        <v>1040</v>
+        <v>143</v>
       </c>
       <c r="E208" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F208" t="s">
-        <v>60</v>
+        <v>103</v>
       </c>
       <c r="G208" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H208">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I208"/>
       <c r="J208" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="K208" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
-        <v>1041</v>
+        <v>73</v>
       </c>
       <c r="N208" t="s">
-        <v>64</v>
+        <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
       <c r="P208" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
       <c r="B209" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="C209" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="D209" t="s">
-        <v>131</v>
+        <v>1042</v>
       </c>
       <c r="E209" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F209" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="I209">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J209" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="K209" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
-        <v>73</v>
+        <v>1043</v>
       </c>
       <c r="N209" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
       <c r="O209" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="P209" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="B210" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="C210" t="s">
         <v>69</v>
       </c>
       <c r="D210" t="s">
-        <v>244</v>
+        <v>131</v>
       </c>
       <c r="E210" t="s">
         <v>51</v>
       </c>
       <c r="F210" t="s">
         <v>42</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I210">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J210" t="s">
         <v>71</v>
       </c>
       <c r="K210" t="s">
         <v>34</v>
       </c>
-      <c r="L210" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L210"/>
       <c r="M210" t="s">
         <v>73</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="P210" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="B211" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="C211" t="s">
         <v>69</v>
       </c>
       <c r="D211" t="s">
-        <v>272</v>
+        <v>244</v>
       </c>
       <c r="E211" t="s">
         <v>51</v>
       </c>
       <c r="F211" t="s">
         <v>42</v>
       </c>
       <c r="G211" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H211">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I211"/>
+        <v>2011</v>
+      </c>
+      <c r="I211">
+        <v>2011</v>
+      </c>
       <c r="J211" t="s">
         <v>71</v>
       </c>
       <c r="K211" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="L211"/>
+        <v>34</v>
+      </c>
+      <c r="L211" t="s">
+        <v>245</v>
+      </c>
       <c r="M211" t="s">
         <v>73</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="P211" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="B212" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="C212" t="s">
         <v>69</v>
       </c>
       <c r="D212" t="s">
-        <v>516</v>
+        <v>272</v>
       </c>
       <c r="E212" t="s">
         <v>51</v>
       </c>
       <c r="F212" t="s">
         <v>42</v>
       </c>
       <c r="G212" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H212">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I212"/>
       <c r="J212" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="K212" t="s">
-        <v>34</v>
+        <v>273</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
         <v>73</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="P212" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="B213" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="C213" t="s">
         <v>69</v>
       </c>
       <c r="D213" t="s">
-        <v>446</v>
+        <v>516</v>
       </c>
       <c r="E213" t="s">
         <v>51</v>
       </c>
       <c r="F213" t="s">
         <v>42</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2010</v>
       </c>
       <c r="I213">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J213" t="s">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="K213" t="s">
         <v>34</v>
       </c>
-      <c r="L213" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L213"/>
       <c r="M213" t="s">
         <v>73</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="P213" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="B214" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="C214" t="s">
         <v>69</v>
       </c>
       <c r="D214" t="s">
-        <v>184</v>
+        <v>446</v>
       </c>
       <c r="E214" t="s">
         <v>51</v>
       </c>
       <c r="F214" t="s">
         <v>42</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214">
         <v>2010</v>
       </c>
       <c r="I214">
         <v>2010</v>
       </c>
       <c r="J214" t="s">
         <v>71</v>
       </c>
       <c r="K214" t="s">
         <v>34</v>
       </c>
       <c r="L214" t="s">
-        <v>1006</v>
+        <v>1064</v>
       </c>
       <c r="M214" t="s">
         <v>73</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1067</v>
+        <v>1065</v>
       </c>
       <c r="P214" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="B215" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="C215" t="s">
         <v>69</v>
       </c>
       <c r="D215" t="s">
-        <v>70</v>
+        <v>184</v>
       </c>
       <c r="E215" t="s">
         <v>51</v>
       </c>
       <c r="F215" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>2010</v>
       </c>
       <c r="I215">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="J215" t="s">
         <v>71</v>
       </c>
       <c r="K215" t="s">
         <v>34</v>
       </c>
       <c r="L215" t="s">
-        <v>1071</v>
+        <v>1008</v>
       </c>
       <c r="M215" t="s">
         <v>73</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="P215" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="B216" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="C216" t="s">
         <v>69</v>
       </c>
       <c r="D216" t="s">
         <v>70</v>
       </c>
       <c r="E216" t="s">
         <v>51</v>
       </c>
       <c r="F216" t="s">
         <v>21</v>
       </c>
       <c r="G216" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H216">
         <v>2010</v>
       </c>
-      <c r="I216"/>
+      <c r="I216">
+        <v>2017</v>
+      </c>
       <c r="J216" t="s">
         <v>71</v>
       </c>
       <c r="K216" t="s">
         <v>34</v>
       </c>
       <c r="L216" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="M216" t="s">
         <v>73</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="P216" t="s">
-        <v>75</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="B217" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="C217" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="D217" t="s">
-        <v>1080</v>
+        <v>70</v>
       </c>
       <c r="E217" t="s">
         <v>51</v>
       </c>
       <c r="F217" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G217" t="s">
         <v>61</v>
       </c>
       <c r="H217">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>403</v>
+        <v>71</v>
       </c>
       <c r="K217" t="s">
         <v>34</v>
       </c>
       <c r="L217" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="M217" t="s">
-        <v>1082</v>
+        <v>73</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1083</v>
+        <v>1079</v>
       </c>
       <c r="P217" t="s">
-        <v>1084</v>
+        <v>75</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="B218" t="s">
-        <v>1086</v>
+        <v>1081</v>
       </c>
       <c r="C218" t="s">
         <v>18</v>
       </c>
       <c r="D218" t="s">
-        <v>913</v>
+        <v>1082</v>
       </c>
       <c r="E218" t="s">
         <v>51</v>
       </c>
       <c r="F218" t="s">
-        <v>1087</v>
+        <v>119</v>
       </c>
       <c r="G218" t="s">
         <v>61</v>
       </c>
       <c r="H218">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>86</v>
+        <v>403</v>
       </c>
       <c r="K218" t="s">
-        <v>1088</v>
+        <v>34</v>
       </c>
       <c r="L218" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="M218" t="s">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="N218" t="s">
-        <v>1091</v>
+        <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
       <c r="P218" t="s">
-        <v>1093</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1094</v>
+        <v>1087</v>
       </c>
       <c r="B219" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
       <c r="C219" t="s">
         <v>18</v>
       </c>
       <c r="D219" t="s">
-        <v>1096</v>
+        <v>913</v>
       </c>
       <c r="E219" t="s">
         <v>51</v>
       </c>
       <c r="F219" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="G219" t="s">
         <v>61</v>
       </c>
       <c r="H219">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
         <v>86</v>
       </c>
       <c r="K219" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="L219" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
       <c r="M219" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="N219" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="O219" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="P219" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
       <c r="B220" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="C220" t="s">
         <v>18</v>
       </c>
       <c r="D220" t="s">
-        <v>1102</v>
+        <v>1098</v>
       </c>
       <c r="E220" t="s">
         <v>51</v>
       </c>
       <c r="F220" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="G220" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H220">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I220"/>
       <c r="J220" t="s">
         <v>86</v>
       </c>
       <c r="K220" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="L220" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="M220" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="N220" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="O220" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="P220" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
       <c r="B221" t="s">
-        <v>1107</v>
+        <v>1103</v>
       </c>
       <c r="C221" t="s">
         <v>18</v>
       </c>
       <c r="D221" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="E221" t="s">
         <v>51</v>
       </c>
       <c r="F221" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="G221" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H221">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I221"/>
+        <v>2018</v>
+      </c>
+      <c r="I221">
+        <v>2018</v>
+      </c>
       <c r="J221" t="s">
         <v>86</v>
       </c>
       <c r="K221" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="L221" t="s">
+        <v>1105</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N221" t="s">
+        <v>1093</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B222" t="s">
         <v>1109</v>
       </c>
-      <c r="M221" t="s">
+      <c r="C222" t="s">
+        <v>18</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E222" t="s">
+        <v>51</v>
+      </c>
+      <c r="F222" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G222" t="s">
+        <v>61</v>
+      </c>
+      <c r="H222">
+        <v>2014</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>86</v>
+      </c>
+      <c r="K222" t="s">
         <v>1090</v>
       </c>
-      <c r="N221" t="s">
-[...5 lines deleted...]
-      <c r="P221" t="s">
+      <c r="L222" t="s">
         <v>1111</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N222" t="s">
+        <v>1093</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">