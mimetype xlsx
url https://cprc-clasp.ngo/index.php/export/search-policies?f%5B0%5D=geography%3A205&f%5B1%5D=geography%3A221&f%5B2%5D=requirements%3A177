--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,367 +12,458 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -636,699 +727,786 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="655.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>56</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>56</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>56</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1982</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>56</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>32</v>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>103</v>
+      </c>
+      <c r="G12" t="s">
+        <v>53</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...30 lines deleted...]
-        <v>39</v>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...36 lines deleted...]
-        <v>48</v>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>103</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>79</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...187 lines deleted...]
-      <c r="J10" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...32 lines deleted...]
-      <c r="H11">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
         <v>2014</v>
       </c>
-      <c r="I11" t="s">
-[...31 lines deleted...]
-      <c r="E12" t="s">
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
         <v>79</v>
       </c>
-      <c r="F12" t="s">
-[...108 lines deleted...]
-      </c>
       <c r="N14" t="s">
-        <v>89</v>
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>