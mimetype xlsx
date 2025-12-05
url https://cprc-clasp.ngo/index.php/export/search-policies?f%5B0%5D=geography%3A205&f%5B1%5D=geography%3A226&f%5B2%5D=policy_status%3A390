--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,1055 +12,623 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>ECOSTAND 053: 2016</t>
+  </si>
+  <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>ECOWAS Commission</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-053-2016</t>
+  </si>
+  <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
+    <t>ECOSTAND 054: 2015</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Quality Standard</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
+  </si>
+  <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
+  </si>
+  <si>
+    <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
+  </si>
+  <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
+  </si>
+  <si>
+    <t>ECOSTAND IEC TS 62257-9-8:2020</t>
+  </si>
+  <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>April 2023</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-6</t>
+  </si>
+  <si>
+    <t>ECOWAQ</t>
+  </si>
+  <si>
+    <t>Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
+  </si>
+  <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
-[...493 lines deleted...]
-  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
-    <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
-[...166 lines deleted...]
-  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
-    <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
-    <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
   </si>
   <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
-    <t>WaterSense® Specification for Showerheads</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
   <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1324,3049 +892,1158 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N68"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="330.205" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...43 lines deleted...]
-      <c r="I4" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>69</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>76</v>
+      </c>
+      <c r="F8" t="s">
+        <v>77</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>79</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
         <v>36</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...198 lines deleted...]
-      <c r="K9"/>
       <c r="L9" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
         <v>74</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
         <v>76</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
-[...6 lines deleted...]
-        <v>72</v>
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
       </c>
       <c r="J10" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
         <v>77</v>
       </c>
-      <c r="L10" t="s">
-[...2 lines deleted...]
-      <c r="M10" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>100</v>
+      </c>
+      <c r="L11" t="s">
+        <v>101</v>
+      </c>
+      <c r="M11" t="s">
+        <v>81</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>77</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...26 lines deleted...]
-      <c r="I11" t="s">
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
         <v>81</v>
       </c>
-      <c r="J11" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="E13" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2014</v>
+        <v>77</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" t="s">
+        <v>77</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>78</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>81</v>
+      </c>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>123</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" t="s">
+        <v>77</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>78</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>81</v>
+      </c>
+      <c r="N15" t="s">
+        <v>36</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>128</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>58</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>35</v>
+      </c>
+      <c r="N16" t="s">
+        <v>36</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...5 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>140</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
         <v>98</v>
       </c>
-    </row>
-[...81 lines deleted...]
-      <c r="M15" t="s">
+      <c r="D19" t="s">
+        <v>145</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" t="s">
+        <v>77</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>78</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...22 lines deleted...]
-      <c r="G16">
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" t="s">
+        <v>152</v>
+      </c>
+      <c r="E20" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" t="s">
+        <v>153</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2007</v>
       </c>
-      <c r="H16">
-[...84 lines deleted...]
-      <c r="G18">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>154</v>
+      </c>
+      <c r="K20" t="s">
+        <v>155</v>
+      </c>
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>158</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>98</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F21" t="s">
+        <v>153</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2009</v>
       </c>
-      <c r="H18">
-[...136 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="K21" t="s">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="L21" t="s">
-        <v>93</v>
+        <v>164</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="N21" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>158</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="B22" t="s">
-        <v>114</v>
+        <v>168</v>
       </c>
       <c r="C22" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
       <c r="E22" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="F22" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>136</v>
+        <v>154</v>
       </c>
       <c r="K22" t="s">
-        <v>137</v>
+        <v>155</v>
       </c>
       <c r="L22" t="s">
-        <v>93</v>
+        <v>170</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="N22" t="s">
-        <v>138</v>
-[...207 lines deleted...]
-      <c r="K27" t="s">
         <v>158</v>
       </c>
-      <c r="L27" t="s">
-[...140 lines deleted...]
-      <c r="A31" t="s">
+      <c r="O22" t="s">
         <v>171</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="P22" t="s">
         <v>172</v>
       </c>
-      <c r="D31" t="s">
-[...1633 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>