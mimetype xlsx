--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,1190 +12,1761 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="541">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1459,3881 +2030,4412 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N88"/>
+  <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...252 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="E9" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>1997</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2018</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="K9" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>87</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
         <v>71</v>
       </c>
-      <c r="N9" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
         <v>72</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C10" t="s">
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" t="s">
         <v>74</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10">
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>71</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2007</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>87</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
         <v>2016</v>
       </c>
-      <c r="H10">
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>118</v>
+      </c>
+      <c r="E14" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" t="s">
+        <v>71</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2011</v>
+      </c>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
         <v>2018</v>
       </c>
-      <c r="I10" t="s">
-[...11 lines deleted...]
-      <c r="M10" t="s">
+      <c r="J15" t="s">
+        <v>99</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>105</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>99</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>105</v>
+      </c>
+      <c r="D17" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>71</v>
+      </c>
+      <c r="G17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>99</v>
+      </c>
+      <c r="K17" t="s">
+        <v>137</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" t="s">
+        <v>71</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2001</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>99</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>74</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>105</v>
+      </c>
+      <c r="D19" t="s">
+        <v>149</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>71</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>99</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>105</v>
+      </c>
+      <c r="D20" t="s">
+        <v>155</v>
+      </c>
+      <c r="E20" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>99</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...22 lines deleted...]
-      <c r="G11">
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>162</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>71</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>99</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>163</v>
+      </c>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>168</v>
+      </c>
+      <c r="D22" t="s">
+        <v>169</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" t="s">
+        <v>71</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1994</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>99</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>74</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>105</v>
+      </c>
+      <c r="D23" t="s">
+        <v>175</v>
+      </c>
+      <c r="E23" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" t="s">
+        <v>71</v>
+      </c>
+      <c r="G23" t="s">
+        <v>61</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>99</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>176</v>
+      </c>
+      <c r="M23" t="s">
+        <v>74</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" t="s">
+        <v>162</v>
+      </c>
+      <c r="E24" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" t="s">
+        <v>71</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
+        <v>2018</v>
+      </c>
+      <c r="J24" t="s">
+        <v>99</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>74</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>105</v>
+      </c>
+      <c r="D25" t="s">
+        <v>186</v>
+      </c>
+      <c r="E25" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G25" t="s">
+        <v>61</v>
+      </c>
+      <c r="H25">
         <v>2007</v>
       </c>
-      <c r="H11">
+      <c r="I25">
+        <v>2008</v>
+      </c>
+      <c r="J25" t="s">
+        <v>99</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>187</v>
+      </c>
+      <c r="M25" t="s">
+        <v>74</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>105</v>
+      </c>
+      <c r="D26" t="s">
+        <v>192</v>
+      </c>
+      <c r="E26" t="s">
+        <v>51</v>
+      </c>
+      <c r="F26" t="s">
+        <v>71</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-[...11 lines deleted...]
-      <c r="M11" t="s">
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>99</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>193</v>
+      </c>
+      <c r="M26" t="s">
+        <v>74</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>198</v>
+      </c>
+      <c r="D27" t="s">
+        <v>199</v>
+      </c>
+      <c r="E27" t="s">
+        <v>51</v>
+      </c>
+      <c r="F27" t="s">
         <v>71</v>
       </c>
-      <c r="N11" t="s">
-[...69 lines deleted...]
-      <c r="H13">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1992</v>
+      </c>
+      <c r="I27">
         <v>2020</v>
       </c>
-      <c r="I13" t="s">
-[...84 lines deleted...]
-      <c r="H15">
+      <c r="J27" t="s">
+        <v>99</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>200</v>
+      </c>
+      <c r="M27" t="s">
+        <v>74</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>201</v>
+      </c>
+      <c r="P27" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>203</v>
+      </c>
+      <c r="B28" t="s">
+        <v>204</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>205</v>
+      </c>
+      <c r="E28" t="s">
+        <v>51</v>
+      </c>
+      <c r="F28" t="s">
+        <v>71</v>
+      </c>
+      <c r="G28" t="s">
+        <v>61</v>
+      </c>
+      <c r="H28">
         <v>2018</v>
       </c>
-      <c r="I15" t="s">
-[...19 lines deleted...]
-      <c r="A16" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>99</v>
       </c>
-      <c r="B16" t="s">
-[...65 lines deleted...]
-      <c r="J17" t="s">
+      <c r="K28" t="s">
+        <v>206</v>
+      </c>
+      <c r="L28" t="s">
+        <v>207</v>
+      </c>
+      <c r="M28" t="s">
+        <v>74</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>208</v>
+      </c>
+      <c r="P28" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>210</v>
+      </c>
+      <c r="B29" t="s">
+        <v>211</v>
+      </c>
+      <c r="C29" t="s">
         <v>105</v>
       </c>
-      <c r="K17" t="s">
-[...31 lines deleted...]
-      <c r="G18">
+      <c r="D29" t="s">
+        <v>136</v>
+      </c>
+      <c r="E29" t="s">
+        <v>51</v>
+      </c>
+      <c r="F29" t="s">
+        <v>71</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1995</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>99</v>
+      </c>
+      <c r="K29" t="s">
+        <v>137</v>
+      </c>
+      <c r="L29" t="s">
+        <v>212</v>
+      </c>
+      <c r="M29" t="s">
+        <v>74</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>213</v>
+      </c>
+      <c r="P29" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>215</v>
+      </c>
+      <c r="B30" t="s">
+        <v>216</v>
+      </c>
+      <c r="C30" t="s">
+        <v>105</v>
+      </c>
+      <c r="D30" t="s">
+        <v>217</v>
+      </c>
+      <c r="E30" t="s">
+        <v>51</v>
+      </c>
+      <c r="F30" t="s">
+        <v>71</v>
+      </c>
+      <c r="G30" t="s">
+        <v>61</v>
+      </c>
+      <c r="H30">
         <v>2001</v>
       </c>
-      <c r="H18">
-[...344 lines deleted...]
-      <c r="G26">
+      <c r="I30">
         <v>2012</v>
       </c>
-      <c r="H26">
+      <c r="J30" t="s">
+        <v>99</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>218</v>
+      </c>
+      <c r="M30" t="s">
+        <v>74</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>219</v>
+      </c>
+      <c r="P30" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>221</v>
+      </c>
+      <c r="B31" t="s">
+        <v>222</v>
+      </c>
+      <c r="C31" t="s">
+        <v>168</v>
+      </c>
+      <c r="D31" t="s">
+        <v>223</v>
+      </c>
+      <c r="E31" t="s">
+        <v>51</v>
+      </c>
+      <c r="F31" t="s">
+        <v>71</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2001</v>
+      </c>
+      <c r="I31">
         <v>2019</v>
       </c>
-      <c r="I26" t="s">
-[...132 lines deleted...]
-      <c r="J29" t="s">
+      <c r="J31" t="s">
+        <v>99</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>224</v>
+      </c>
+      <c r="M31" t="s">
+        <v>74</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>225</v>
+      </c>
+      <c r="P31" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>227</v>
+      </c>
+      <c r="B32" t="s">
+        <v>228</v>
+      </c>
+      <c r="C32" t="s">
         <v>105</v>
       </c>
-      <c r="K29" t="s">
-[...109 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>42</v>
+        <v>229</v>
       </c>
       <c r="E32" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>71</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2016</v>
       </c>
-      <c r="I32" t="s">
-        <v>79</v>
+      <c r="I32">
+        <v>2016</v>
       </c>
       <c r="J32" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="K32" t="s">
-        <v>168</v>
+        <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>62</v>
+        <v>230</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N32" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>231</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>170</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
-        <v>171</v>
+        <v>105</v>
       </c>
       <c r="D33" t="s">
-        <v>42</v>
+        <v>235</v>
       </c>
       <c r="E33" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F33" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>71</v>
+      </c>
+      <c r="G33" t="s">
+        <v>61</v>
+      </c>
+      <c r="H33">
         <v>2017</v>
       </c>
-      <c r="H33"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="K33" t="s">
-        <v>172</v>
+        <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>62</v>
+        <v>236</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="N33" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>237</v>
+      </c>
+      <c r="P33" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>174</v>
+        <v>239</v>
       </c>
       <c r="B34" t="s">
-        <v>83</v>
+        <v>240</v>
       </c>
       <c r="C34" t="s">
-        <v>175</v>
+        <v>105</v>
       </c>
       <c r="D34" t="s">
-        <v>42</v>
+        <v>241</v>
       </c>
       <c r="E34" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>71</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
-      <c r="I34" t="s">
-        <v>79</v>
+      <c r="I34">
+        <v>2016</v>
       </c>
       <c r="J34" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="K34" t="s">
-        <v>176</v>
+        <v>34</v>
       </c>
       <c r="L34" t="s">
+        <v>242</v>
+      </c>
+      <c r="M34" t="s">
+        <v>74</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>243</v>
+      </c>
+      <c r="P34" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>245</v>
+      </c>
+      <c r="B35" t="s">
+        <v>246</v>
+      </c>
+      <c r="C35" t="s">
+        <v>105</v>
+      </c>
+      <c r="D35" t="s">
+        <v>217</v>
+      </c>
+      <c r="E35" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" t="s">
+        <v>71</v>
+      </c>
+      <c r="G35" t="s">
+        <v>61</v>
+      </c>
+      <c r="H35">
+        <v>2001</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>99</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>247</v>
+      </c>
+      <c r="M35" t="s">
+        <v>74</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>248</v>
+      </c>
+      <c r="P35" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>250</v>
+      </c>
+      <c r="B36" t="s">
+        <v>251</v>
+      </c>
+      <c r="C36" t="s">
+        <v>105</v>
+      </c>
+      <c r="D36" t="s">
+        <v>235</v>
+      </c>
+      <c r="E36" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" t="s">
+        <v>71</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>99</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>236</v>
+      </c>
+      <c r="M36" t="s">
+        <v>74</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>252</v>
+      </c>
+      <c r="P36" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>254</v>
+      </c>
+      <c r="B37" t="s">
+        <v>255</v>
+      </c>
+      <c r="C37" t="s">
+        <v>105</v>
+      </c>
+      <c r="D37" t="s">
+        <v>256</v>
+      </c>
+      <c r="E37" t="s">
+        <v>51</v>
+      </c>
+      <c r="F37" t="s">
+        <v>71</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37">
+        <v>2021</v>
+      </c>
+      <c r="J37" t="s">
+        <v>99</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>257</v>
+      </c>
+      <c r="M37" t="s">
+        <v>74</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>258</v>
+      </c>
+      <c r="P37" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>260</v>
+      </c>
+      <c r="B38" t="s">
+        <v>261</v>
+      </c>
+      <c r="C38" t="s">
+        <v>105</v>
+      </c>
+      <c r="D38" t="s">
+        <v>262</v>
+      </c>
+      <c r="E38" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" t="s">
+        <v>71</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2004</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>99</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>263</v>
+      </c>
+      <c r="M38" t="s">
+        <v>74</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>264</v>
+      </c>
+      <c r="P38" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>266</v>
+      </c>
+      <c r="B39" t="s">
+        <v>267</v>
+      </c>
+      <c r="C39" t="s">
+        <v>105</v>
+      </c>
+      <c r="D39" t="s">
+        <v>217</v>
+      </c>
+      <c r="E39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F39" t="s">
+        <v>71</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1995</v>
+      </c>
+      <c r="I39">
+        <v>2015</v>
+      </c>
+      <c r="J39" t="s">
+        <v>99</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>268</v>
+      </c>
+      <c r="M39" t="s">
+        <v>74</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>269</v>
+      </c>
+      <c r="P39" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>271</v>
+      </c>
+      <c r="B40" t="s">
+        <v>272</v>
+      </c>
+      <c r="C40" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" t="s">
+        <v>136</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>71</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>99</v>
+      </c>
+      <c r="K40" t="s">
+        <v>137</v>
+      </c>
+      <c r="L40" t="s">
+        <v>273</v>
+      </c>
+      <c r="M40" t="s">
+        <v>74</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>274</v>
+      </c>
+      <c r="P40" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>276</v>
+      </c>
+      <c r="B41" t="s">
+        <v>277</v>
+      </c>
+      <c r="C41" t="s">
+        <v>105</v>
+      </c>
+      <c r="D41" t="s">
+        <v>278</v>
+      </c>
+      <c r="E41" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" t="s">
+        <v>71</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2001</v>
+      </c>
+      <c r="I41">
+        <v>2018</v>
+      </c>
+      <c r="J41" t="s">
+        <v>99</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>279</v>
+      </c>
+      <c r="M41" t="s">
+        <v>74</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>280</v>
+      </c>
+      <c r="P41" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>282</v>
+      </c>
+      <c r="B42" t="s">
+        <v>283</v>
+      </c>
+      <c r="C42" t="s">
+        <v>105</v>
+      </c>
+      <c r="D42" t="s">
+        <v>98</v>
+      </c>
+      <c r="E42" t="s">
+        <v>51</v>
+      </c>
+      <c r="F42" t="s">
+        <v>71</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1996</v>
+      </c>
+      <c r="I42">
+        <v>2016</v>
+      </c>
+      <c r="J42" t="s">
+        <v>99</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>284</v>
+      </c>
+      <c r="M42" t="s">
+        <v>74</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>285</v>
+      </c>
+      <c r="P42" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>287</v>
+      </c>
+      <c r="B43" t="s">
+        <v>288</v>
+      </c>
+      <c r="C43" t="s">
+        <v>105</v>
+      </c>
+      <c r="D43" t="s">
+        <v>143</v>
+      </c>
+      <c r="E43" t="s">
+        <v>51</v>
+      </c>
+      <c r="F43" t="s">
+        <v>71</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2001</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>99</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>289</v>
+      </c>
+      <c r="M43" t="s">
+        <v>74</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>290</v>
+      </c>
+      <c r="P43" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>292</v>
+      </c>
+      <c r="B44" t="s">
+        <v>293</v>
+      </c>
+      <c r="C44" t="s">
+        <v>105</v>
+      </c>
+      <c r="D44" t="s">
+        <v>294</v>
+      </c>
+      <c r="E44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" t="s">
+        <v>71</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2015</v>
+      </c>
+      <c r="J44" t="s">
+        <v>99</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>295</v>
+      </c>
+      <c r="M44" t="s">
+        <v>74</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>296</v>
+      </c>
+      <c r="P44" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>298</v>
+      </c>
+      <c r="B45" t="s">
+        <v>299</v>
+      </c>
+      <c r="C45" t="s">
+        <v>105</v>
+      </c>
+      <c r="D45" t="s">
+        <v>155</v>
+      </c>
+      <c r="E45" t="s">
+        <v>51</v>
+      </c>
+      <c r="F45" t="s">
+        <v>71</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>99</v>
+      </c>
+      <c r="K45" t="s">
+        <v>300</v>
+      </c>
+      <c r="L45" t="s">
+        <v>301</v>
+      </c>
+      <c r="M45" t="s">
+        <v>74</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>302</v>
+      </c>
+      <c r="P45" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>304</v>
+      </c>
+      <c r="B46" t="s">
+        <v>305</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>306</v>
+      </c>
+      <c r="E46" t="s">
+        <v>51</v>
+      </c>
+      <c r="F46" t="s">
+        <v>71</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2003</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>99</v>
+      </c>
+      <c r="K46" t="s">
+        <v>206</v>
+      </c>
+      <c r="L46" t="s">
+        <v>307</v>
+      </c>
+      <c r="M46" t="s">
+        <v>74</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>308</v>
+      </c>
+      <c r="P46" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>310</v>
+      </c>
+      <c r="B47" t="s">
+        <v>311</v>
+      </c>
+      <c r="C47" t="s">
+        <v>105</v>
+      </c>
+      <c r="D47" t="s">
+        <v>312</v>
+      </c>
+      <c r="E47" t="s">
+        <v>51</v>
+      </c>
+      <c r="F47" t="s">
+        <v>71</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2004</v>
+      </c>
+      <c r="I47">
+        <v>2020</v>
+      </c>
+      <c r="J47" t="s">
+        <v>99</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>313</v>
+      </c>
+      <c r="M47" t="s">
+        <v>74</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>314</v>
+      </c>
+      <c r="P47" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>316</v>
+      </c>
+      <c r="B48" t="s">
+        <v>317</v>
+      </c>
+      <c r="C48" t="s">
+        <v>105</v>
+      </c>
+      <c r="D48" t="s">
+        <v>318</v>
+      </c>
+      <c r="E48" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" t="s">
+        <v>71</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1996</v>
+      </c>
+      <c r="I48">
+        <v>2015</v>
+      </c>
+      <c r="J48" t="s">
+        <v>99</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>319</v>
+      </c>
+      <c r="M48" t="s">
+        <v>74</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>320</v>
+      </c>
+      <c r="P48" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>322</v>
+      </c>
+      <c r="B49" t="s">
+        <v>323</v>
+      </c>
+      <c r="C49" t="s">
+        <v>105</v>
+      </c>
+      <c r="D49" t="s">
+        <v>324</v>
+      </c>
+      <c r="E49" t="s">
+        <v>51</v>
+      </c>
+      <c r="F49" t="s">
+        <v>71</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2001</v>
+      </c>
+      <c r="I49">
+        <v>2018</v>
+      </c>
+      <c r="J49" t="s">
+        <v>99</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>325</v>
+      </c>
+      <c r="M49" t="s">
+        <v>74</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>326</v>
+      </c>
+      <c r="P49" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>328</v>
+      </c>
+      <c r="B50" t="s">
+        <v>329</v>
+      </c>
+      <c r="C50" t="s">
+        <v>105</v>
+      </c>
+      <c r="D50" t="s">
+        <v>241</v>
+      </c>
+      <c r="E50" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" t="s">
+        <v>71</v>
+      </c>
+      <c r="G50" t="s">
+        <v>61</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>99</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>330</v>
+      </c>
+      <c r="M50" t="s">
+        <v>74</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>331</v>
+      </c>
+      <c r="P50" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>333</v>
+      </c>
+      <c r="B51" t="s">
+        <v>334</v>
+      </c>
+      <c r="C51" t="s">
+        <v>105</v>
+      </c>
+      <c r="D51" t="s">
+        <v>335</v>
+      </c>
+      <c r="E51" t="s">
+        <v>51</v>
+      </c>
+      <c r="F51" t="s">
+        <v>71</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2004</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>99</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>336</v>
+      </c>
+      <c r="M51" t="s">
+        <v>74</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>337</v>
+      </c>
+      <c r="P51" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>339</v>
+      </c>
+      <c r="B52" t="s">
+        <v>340</v>
+      </c>
+      <c r="C52" t="s">
+        <v>105</v>
+      </c>
+      <c r="D52" t="s">
+        <v>341</v>
+      </c>
+      <c r="E52" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" t="s">
+        <v>71</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1998</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>99</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>342</v>
+      </c>
+      <c r="M52" t="s">
+        <v>74</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>343</v>
+      </c>
+      <c r="P52" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>345</v>
+      </c>
+      <c r="B53" t="s">
+        <v>346</v>
+      </c>
+      <c r="C53" t="s">
+        <v>105</v>
+      </c>
+      <c r="D53" t="s">
+        <v>347</v>
+      </c>
+      <c r="E53" t="s">
+        <v>51</v>
+      </c>
+      <c r="F53" t="s">
+        <v>71</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2012</v>
+      </c>
+      <c r="I53">
+        <v>2019</v>
+      </c>
+      <c r="J53" t="s">
+        <v>99</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>348</v>
+      </c>
+      <c r="M53" t="s">
+        <v>74</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>349</v>
+      </c>
+      <c r="P53" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>351</v>
+      </c>
+      <c r="B54" t="s">
+        <v>352</v>
+      </c>
+      <c r="C54" t="s">
+        <v>105</v>
+      </c>
+      <c r="D54" t="s">
+        <v>353</v>
+      </c>
+      <c r="E54" t="s">
+        <v>51</v>
+      </c>
+      <c r="F54" t="s">
+        <v>71</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2010</v>
+      </c>
+      <c r="I54">
+        <v>2014</v>
+      </c>
+      <c r="J54" t="s">
+        <v>99</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>354</v>
+      </c>
+      <c r="M54" t="s">
+        <v>74</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>355</v>
+      </c>
+      <c r="P54" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>357</v>
+      </c>
+      <c r="B55" t="s">
+        <v>358</v>
+      </c>
+      <c r="C55" t="s">
+        <v>359</v>
+      </c>
+      <c r="D55" t="s">
+        <v>186</v>
+      </c>
+      <c r="E55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>61</v>
+      </c>
+      <c r="H55">
+        <v>2011</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>360</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>361</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>362</v>
+      </c>
+      <c r="P55" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>364</v>
+      </c>
+      <c r="B56" t="s">
+        <v>365</v>
+      </c>
+      <c r="C56" t="s">
+        <v>359</v>
+      </c>
+      <c r="D56" t="s">
+        <v>366</v>
+      </c>
+      <c r="E56" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>61</v>
+      </c>
+      <c r="H56">
+        <v>1985</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>360</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>367</v>
+      </c>
+      <c r="M56" t="s">
+        <v>361</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>368</v>
+      </c>
+      <c r="P56" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>370</v>
+      </c>
+      <c r="B57" t="s">
+        <v>371</v>
+      </c>
+      <c r="C57" t="s">
+        <v>359</v>
+      </c>
+      <c r="D57" t="s">
+        <v>372</v>
+      </c>
+      <c r="E57" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>61</v>
+      </c>
+      <c r="H57">
+        <v>1984</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>360</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>373</v>
+      </c>
+      <c r="M57" t="s">
+        <v>361</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>374</v>
+      </c>
+      <c r="P57" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>376</v>
+      </c>
+      <c r="B58" t="s">
+        <v>377</v>
+      </c>
+      <c r="C58" t="s">
+        <v>359</v>
+      </c>
+      <c r="D58" t="s">
+        <v>143</v>
+      </c>
+      <c r="E58" t="s">
+        <v>51</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1987</v>
+      </c>
+      <c r="I58">
+        <v>1988</v>
+      </c>
+      <c r="J58" t="s">
+        <v>360</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>361</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>378</v>
+      </c>
+      <c r="P58" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>380</v>
+      </c>
+      <c r="B59" t="s">
+        <v>381</v>
+      </c>
+      <c r="C59" t="s">
+        <v>359</v>
+      </c>
+      <c r="D59" t="s">
+        <v>169</v>
+      </c>
+      <c r="E59" t="s">
+        <v>51</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>61</v>
+      </c>
+      <c r="H59">
+        <v>1989</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>99</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>361</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>382</v>
+      </c>
+      <c r="P59" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>384</v>
+      </c>
+      <c r="B60" t="s">
+        <v>385</v>
+      </c>
+      <c r="C60" t="s">
+        <v>359</v>
+      </c>
+      <c r="D60" t="s">
+        <v>386</v>
+      </c>
+      <c r="E60" t="s">
+        <v>51</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1987</v>
+      </c>
+      <c r="I60">
+        <v>1988</v>
+      </c>
+      <c r="J60" t="s">
+        <v>360</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>387</v>
+      </c>
+      <c r="M60" t="s">
+        <v>361</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>388</v>
+      </c>
+      <c r="P60" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>390</v>
+      </c>
+      <c r="B61" t="s">
+        <v>391</v>
+      </c>
+      <c r="C61" t="s">
+        <v>359</v>
+      </c>
+      <c r="D61" t="s">
+        <v>341</v>
+      </c>
+      <c r="E61" t="s">
+        <v>51</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1989</v>
+      </c>
+      <c r="I61">
+        <v>1991</v>
+      </c>
+      <c r="J61" t="s">
+        <v>360</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>392</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>393</v>
+      </c>
+      <c r="P61" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>395</v>
+      </c>
+      <c r="B62" t="s">
+        <v>396</v>
+      </c>
+      <c r="C62" t="s">
+        <v>359</v>
+      </c>
+      <c r="D62" t="s">
+        <v>223</v>
+      </c>
+      <c r="E62" t="s">
+        <v>51</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1989</v>
+      </c>
+      <c r="I62">
+        <v>2015</v>
+      </c>
+      <c r="J62" t="s">
+        <v>397</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>361</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>398</v>
+      </c>
+      <c r="P62" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>400</v>
+      </c>
+      <c r="B63" t="s">
+        <v>401</v>
+      </c>
+      <c r="C63" t="s">
+        <v>359</v>
+      </c>
+      <c r="D63" t="s">
+        <v>402</v>
+      </c>
+      <c r="E63" t="s">
+        <v>51</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1989</v>
+      </c>
+      <c r="I63">
+        <v>1992</v>
+      </c>
+      <c r="J63" t="s">
+        <v>397</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>361</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>403</v>
+      </c>
+      <c r="P63" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>405</v>
+      </c>
+      <c r="B64" t="s">
+        <v>406</v>
+      </c>
+      <c r="C64" t="s">
+        <v>359</v>
+      </c>
+      <c r="D64" t="s">
+        <v>223</v>
+      </c>
+      <c r="E64" t="s">
+        <v>51</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>61</v>
+      </c>
+      <c r="H64">
+        <v>1989</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>360</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>361</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>407</v>
+      </c>
+      <c r="P64" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>409</v>
+      </c>
+      <c r="B65" t="s">
+        <v>410</v>
+      </c>
+      <c r="C65" t="s">
+        <v>359</v>
+      </c>
+      <c r="D65" t="s">
+        <v>411</v>
+      </c>
+      <c r="E65" t="s">
+        <v>51</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>61</v>
+      </c>
+      <c r="H65">
+        <v>1984</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>360</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>412</v>
+      </c>
+      <c r="M65" t="s">
+        <v>361</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>413</v>
+      </c>
+      <c r="P65" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>415</v>
+      </c>
+      <c r="B66" t="s">
+        <v>416</v>
+      </c>
+      <c r="C66" t="s">
+        <v>359</v>
+      </c>
+      <c r="D66" t="s">
+        <v>70</v>
+      </c>
+      <c r="E66" t="s">
+        <v>51</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>61</v>
+      </c>
+      <c r="H66">
+        <v>1990</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>360</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>361</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>417</v>
+      </c>
+      <c r="P66" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>419</v>
+      </c>
+      <c r="B67" t="s">
+        <v>420</v>
+      </c>
+      <c r="C67" t="s">
+        <v>359</v>
+      </c>
+      <c r="D67" t="s">
+        <v>223</v>
+      </c>
+      <c r="E67" t="s">
+        <v>51</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>61</v>
+      </c>
+      <c r="H67">
+        <v>1989</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>360</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>361</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>421</v>
+      </c>
+      <c r="P67" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>423</v>
+      </c>
+      <c r="B68" t="s">
+        <v>424</v>
+      </c>
+      <c r="C68" t="s">
+        <v>359</v>
+      </c>
+      <c r="D68" t="s">
+        <v>425</v>
+      </c>
+      <c r="E68" t="s">
+        <v>51</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>61</v>
+      </c>
+      <c r="H68">
+        <v>1983</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>360</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>426</v>
+      </c>
+      <c r="M68" t="s">
+        <v>361</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>427</v>
+      </c>
+      <c r="P68" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>429</v>
+      </c>
+      <c r="B69" t="s">
+        <v>430</v>
+      </c>
+      <c r="C69" t="s">
+        <v>359</v>
+      </c>
+      <c r="D69" t="s">
+        <v>136</v>
+      </c>
+      <c r="E69" t="s">
+        <v>51</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>61</v>
+      </c>
+      <c r="H69">
+        <v>2011</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>360</v>
+      </c>
+      <c r="K69" t="s">
+        <v>431</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>361</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>432</v>
+      </c>
+      <c r="P69" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>434</v>
+      </c>
+      <c r="B70" t="s">
+        <v>435</v>
+      </c>
+      <c r="C70" t="s">
+        <v>359</v>
+      </c>
+      <c r="D70" t="s">
+        <v>318</v>
+      </c>
+      <c r="E70" t="s">
+        <v>51</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>1986</v>
+      </c>
+      <c r="I70">
+        <v>1988</v>
+      </c>
+      <c r="J70" t="s">
+        <v>360</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>361</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>436</v>
+      </c>
+      <c r="P70" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>438</v>
+      </c>
+      <c r="B71" t="s">
+        <v>439</v>
+      </c>
+      <c r="C71" t="s">
+        <v>359</v>
+      </c>
+      <c r="D71" t="s">
+        <v>169</v>
+      </c>
+      <c r="E71" t="s">
+        <v>51</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>61</v>
+      </c>
+      <c r="H71">
+        <v>1987</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>99</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>361</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>440</v>
+      </c>
+      <c r="P71" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>442</v>
+      </c>
+      <c r="B72" t="s">
+        <v>443</v>
+      </c>
+      <c r="C72" t="s">
+        <v>359</v>
+      </c>
+      <c r="D72" t="s">
+        <v>98</v>
+      </c>
+      <c r="E72" t="s">
+        <v>51</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>61</v>
+      </c>
+      <c r="H72">
+        <v>1987</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>360</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>361</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>444</v>
+      </c>
+      <c r="P72" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>446</v>
+      </c>
+      <c r="B73" t="s">
+        <v>447</v>
+      </c>
+      <c r="C73" t="s">
+        <v>359</v>
+      </c>
+      <c r="D73" t="s">
+        <v>448</v>
+      </c>
+      <c r="E73" t="s">
+        <v>51</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>61</v>
+      </c>
+      <c r="H73">
+        <v>1986</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>360</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>361</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>449</v>
+      </c>
+      <c r="P73" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>451</v>
+      </c>
+      <c r="B74" t="s">
+        <v>452</v>
+      </c>
+      <c r="C74" t="s">
+        <v>359</v>
+      </c>
+      <c r="D74" t="s">
+        <v>453</v>
+      </c>
+      <c r="E74" t="s">
+        <v>51</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>61</v>
+      </c>
+      <c r="H74">
+        <v>1986</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>360</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>454</v>
+      </c>
+      <c r="M74" t="s">
+        <v>361</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>455</v>
+      </c>
+      <c r="P74" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>457</v>
+      </c>
+      <c r="B75" t="s">
+        <v>458</v>
+      </c>
+      <c r="C75" t="s">
+        <v>359</v>
+      </c>
+      <c r="D75" t="s">
+        <v>85</v>
+      </c>
+      <c r="E75" t="s">
+        <v>51</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>61</v>
+      </c>
+      <c r="H75">
+        <v>1984</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>360</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>459</v>
+      </c>
+      <c r="M75" t="s">
+        <v>392</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>460</v>
+      </c>
+      <c r="P75" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>462</v>
+      </c>
+      <c r="B76" t="s">
+        <v>463</v>
+      </c>
+      <c r="C76" t="s">
+        <v>359</v>
+      </c>
+      <c r="D76" t="s">
+        <v>186</v>
+      </c>
+      <c r="E76" t="s">
+        <v>51</v>
+      </c>
+      <c r="F76" t="s">
+        <v>42</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>1999</v>
+      </c>
+      <c r="I76">
+        <v>2000</v>
+      </c>
+      <c r="J76" t="s">
+        <v>360</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>464</v>
+      </c>
+      <c r="M76" t="s">
+        <v>392</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>465</v>
+      </c>
+      <c r="P76" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>467</v>
+      </c>
+      <c r="B77" t="s">
+        <v>468</v>
+      </c>
+      <c r="C77" t="s">
+        <v>359</v>
+      </c>
+      <c r="D77" t="s">
+        <v>143</v>
+      </c>
+      <c r="E77" t="s">
+        <v>51</v>
+      </c>
+      <c r="F77" t="s">
+        <v>42</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77">
+        <v>2014</v>
+      </c>
+      <c r="J77" t="s">
+        <v>360</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>469</v>
+      </c>
+      <c r="M77" t="s">
+        <v>392</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>470</v>
+      </c>
+      <c r="P77" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>472</v>
+      </c>
+      <c r="B78" t="s">
+        <v>473</v>
+      </c>
+      <c r="C78" t="s">
+        <v>359</v>
+      </c>
+      <c r="D78" t="s">
+        <v>85</v>
+      </c>
+      <c r="E78" t="s">
+        <v>51</v>
+      </c>
+      <c r="F78" t="s">
+        <v>42</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2011</v>
+      </c>
+      <c r="I78">
+        <v>2014</v>
+      </c>
+      <c r="J78" t="s">
+        <v>360</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>474</v>
+      </c>
+      <c r="M78" t="s">
+        <v>392</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>475</v>
+      </c>
+      <c r="P78" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>477</v>
+      </c>
+      <c r="B79" t="s">
+        <v>478</v>
+      </c>
+      <c r="C79" t="s">
+        <v>479</v>
+      </c>
+      <c r="D79" t="s">
+        <v>480</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>60</v>
+      </c>
+      <c r="G79" t="s">
+        <v>61</v>
+      </c>
+      <c r="H79">
+        <v>2022</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
         <v>62</v>
       </c>
-      <c r="M34" t="s">
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>481</v>
+      </c>
+      <c r="N79" t="s">
+        <v>64</v>
+      </c>
+      <c r="O79" t="s">
+        <v>482</v>
+      </c>
+      <c r="P79" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>484</v>
+      </c>
+      <c r="B80" t="s">
+        <v>485</v>
+      </c>
+      <c r="C80" t="s">
+        <v>359</v>
+      </c>
+      <c r="D80" t="s">
+        <v>186</v>
+      </c>
+      <c r="E80" t="s">
+        <v>51</v>
+      </c>
+      <c r="F80" t="s">
+        <v>42</v>
+      </c>
+      <c r="G80" t="s">
+        <v>61</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>360</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>392</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>486</v>
+      </c>
+      <c r="P80" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>488</v>
+      </c>
+      <c r="B81" t="s">
+        <v>489</v>
+      </c>
+      <c r="C81" t="s">
+        <v>359</v>
+      </c>
+      <c r="D81" t="s">
+        <v>490</v>
+      </c>
+      <c r="E81" t="s">
+        <v>51</v>
+      </c>
+      <c r="F81" t="s">
+        <v>42</v>
+      </c>
+      <c r="G81" t="s">
+        <v>61</v>
+      </c>
+      <c r="H81">
+        <v>2012</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>360</v>
+      </c>
+      <c r="K81" t="s">
         <v>24</v>
       </c>
-      <c r="N34" t="s">
-[...16 lines deleted...]
-      <c r="E35" t="s">
+      <c r="L81" t="s">
+        <v>491</v>
+      </c>
+      <c r="M81" t="s">
+        <v>492</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>493</v>
+      </c>
+      <c r="P81" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>494</v>
+      </c>
+      <c r="B82" t="s">
+        <v>495</v>
+      </c>
+      <c r="C82" t="s">
+        <v>479</v>
+      </c>
+      <c r="D82" t="s">
         <v>59</v>
       </c>
-      <c r="F35" t="s">
-[...17 lines deleted...]
-      <c r="L35" t="s">
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>60</v>
+      </c>
+      <c r="G82" t="s">
+        <v>61</v>
+      </c>
+      <c r="H82">
+        <v>2022</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
         <v>62</v>
       </c>
-      <c r="M35" t="s">
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>496</v>
+      </c>
+      <c r="N82" t="s">
+        <v>64</v>
+      </c>
+      <c r="O82" t="s">
+        <v>497</v>
+      </c>
+      <c r="P82" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>499</v>
+      </c>
+      <c r="B83" t="s">
+        <v>500</v>
+      </c>
+      <c r="C83" t="s">
+        <v>58</v>
+      </c>
+      <c r="D83" t="s">
+        <v>501</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>60</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1982</v>
+      </c>
+      <c r="I83">
+        <v>2024</v>
+      </c>
+      <c r="J83" t="s">
+        <v>62</v>
+      </c>
+      <c r="K83" t="s">
         <v>24</v>
       </c>
-      <c r="N35" t="s">
-[...418 lines deleted...]
-      <c r="G45">
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>502</v>
+      </c>
+      <c r="N83" t="s">
+        <v>64</v>
+      </c>
+      <c r="O83" t="s">
+        <v>503</v>
+      </c>
+      <c r="P83" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>505</v>
+      </c>
+      <c r="B84" t="s">
+        <v>506</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>507</v>
+      </c>
+      <c r="E84" t="s">
+        <v>51</v>
+      </c>
+      <c r="F84" t="s">
+        <v>71</v>
+      </c>
+      <c r="G84" t="s">
+        <v>61</v>
+      </c>
+      <c r="H84">
+        <v>2013</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>99</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>508</v>
+      </c>
+      <c r="M84" t="s">
+        <v>509</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>510</v>
+      </c>
+      <c r="P84" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>512</v>
+      </c>
+      <c r="B85" t="s">
+        <v>513</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>514</v>
+      </c>
+      <c r="E85" t="s">
+        <v>51</v>
+      </c>
+      <c r="F85" t="s">
+        <v>515</v>
+      </c>
+      <c r="G85" t="s">
+        <v>61</v>
+      </c>
+      <c r="H85">
+        <v>2007</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>516</v>
+      </c>
+      <c r="K85" t="s">
+        <v>517</v>
+      </c>
+      <c r="L85" t="s">
+        <v>518</v>
+      </c>
+      <c r="M85" t="s">
+        <v>519</v>
+      </c>
+      <c r="N85" t="s">
+        <v>520</v>
+      </c>
+      <c r="O85" t="s">
+        <v>521</v>
+      </c>
+      <c r="P85" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>523</v>
+      </c>
+      <c r="B86" t="s">
+        <v>524</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>525</v>
+      </c>
+      <c r="E86" t="s">
+        <v>51</v>
+      </c>
+      <c r="F86" t="s">
+        <v>515</v>
+      </c>
+      <c r="G86" t="s">
+        <v>61</v>
+      </c>
+      <c r="H86">
         <v>2009</v>
       </c>
-      <c r="H45">
-[...428 lines deleted...]
-      <c r="E55" t="s">
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>516</v>
+      </c>
+      <c r="K86" t="s">
+        <v>517</v>
+      </c>
+      <c r="L86" t="s">
+        <v>526</v>
+      </c>
+      <c r="M86" t="s">
+        <v>519</v>
+      </c>
+      <c r="N86" t="s">
+        <v>520</v>
+      </c>
+      <c r="O86" t="s">
+        <v>527</v>
+      </c>
+      <c r="P86" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>529</v>
+      </c>
+      <c r="B87" t="s">
+        <v>530</v>
+      </c>
+      <c r="C87" t="s">
         <v>18</v>
       </c>
-      <c r="F55" t="s">
-[...1320 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>42</v>
+        <v>531</v>
       </c>
       <c r="E87" t="s">
-        <v>348</v>
+        <v>51</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>515</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
       </c>
       <c r="H87">
         <v>2018</v>
       </c>
-      <c r="I87" t="s">
-        <v>349</v>
+      <c r="I87">
+        <v>2018</v>
       </c>
       <c r="J87" t="s">
-        <v>350</v>
+        <v>516</v>
       </c>
       <c r="K87" t="s">
-        <v>361</v>
+        <v>517</v>
       </c>
       <c r="L87" t="s">
-        <v>352</v>
+        <v>532</v>
       </c>
       <c r="M87" t="s">
-        <v>353</v>
+        <v>519</v>
       </c>
       <c r="N87" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>520</v>
+      </c>
+      <c r="O87" t="s">
+        <v>533</v>
+      </c>
+      <c r="P87" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>363</v>
+        <v>535</v>
       </c>
       <c r="B88" t="s">
-        <v>15</v>
+        <v>536</v>
       </c>
       <c r="C88" t="s">
-        <v>364</v>
+        <v>18</v>
       </c>
       <c r="D88" t="s">
-        <v>42</v>
+        <v>537</v>
       </c>
       <c r="E88" t="s">
-        <v>348</v>
+        <v>51</v>
       </c>
       <c r="F88" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G88">
+        <v>515</v>
+      </c>
+      <c r="G88" t="s">
+        <v>61</v>
+      </c>
+      <c r="H88">
         <v>2014</v>
       </c>
-      <c r="H88"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I88"/>
       <c r="J88" t="s">
-        <v>350</v>
+        <v>516</v>
       </c>
       <c r="K88" t="s">
-        <v>365</v>
+        <v>517</v>
       </c>
       <c r="L88" t="s">
-        <v>352</v>
+        <v>538</v>
       </c>
       <c r="M88" t="s">
-        <v>353</v>
+        <v>519</v>
       </c>
       <c r="N88" t="s">
-        <v>366</v>
+        <v>520</v>
+      </c>
+      <c r="O88" t="s">
+        <v>539</v>
+      </c>
+      <c r="P88" t="s">
+        <v>540</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>