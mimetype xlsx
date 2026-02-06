--- v0 (2025-12-05)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="797">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="789">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2199,90 +2199,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
-    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
-[...38 lines deleted...]
-  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
@@ -2331,50 +2291,53 @@
     <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
     <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
     <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
     <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
 dwelling unit conversions that do not meet the definition of newly constructed that
@@ -2804,51 +2767,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P139"/>
+  <dimension ref="A1:P138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -8946,608 +8909,562 @@
       </c>
       <c r="L127" t="s">
         <v>712</v>
       </c>
       <c r="M127" t="s">
         <v>713</v>
       </c>
       <c r="N127" t="s">
         <v>44</v>
       </c>
       <c r="O127" t="s">
         <v>714</v>
       </c>
       <c r="P127" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
         <v>716</v>
       </c>
       <c r="B128" t="s">
         <v>717</v>
       </c>
       <c r="C128" t="s">
+        <v>31</v>
+      </c>
+      <c r="D128" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
       <c r="E128" t="s">
         <v>199</v>
       </c>
       <c r="F128" t="s">
-        <v>720</v>
+        <v>200</v>
       </c>
       <c r="G128" t="s">
-        <v>572</v>
+        <v>22</v>
       </c>
       <c r="H128">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
+        <v>85</v>
+      </c>
+      <c r="K128" t="s">
+        <v>289</v>
+      </c>
+      <c r="L128" t="s">
+        <v>719</v>
+      </c>
+      <c r="M128" t="s">
+        <v>720</v>
+      </c>
+      <c r="N128" t="s">
+        <v>44</v>
+      </c>
+      <c r="O128" t="s">
         <v>721</v>
       </c>
-      <c r="K128" t="s">
-[...3 lines deleted...]
-      <c r="M128" t="s">
+      <c r="P128" t="s">
         <v>722</v>
-      </c>
-[...7 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
+        <v>723</v>
+      </c>
+      <c r="B129" t="s">
+        <v>724</v>
+      </c>
+      <c r="C129" t="s">
+        <v>31</v>
+      </c>
+      <c r="D129" t="s">
         <v>725</v>
-      </c>
-[...7 lines deleted...]
-        <v>727</v>
       </c>
       <c r="E129" t="s">
         <v>199</v>
       </c>
       <c r="F129" t="s">
         <v>200</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>85</v>
       </c>
       <c r="K129" t="s">
-        <v>289</v>
+        <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="M129" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="N129" t="s">
         <v>44</v>
       </c>
       <c r="O129" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="P129" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="B130" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="C130" t="s">
         <v>31</v>
       </c>
       <c r="D130" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="E130" t="s">
         <v>199</v>
       </c>
       <c r="F130" t="s">
-        <v>200</v>
+        <v>571</v>
       </c>
       <c r="G130" t="s">
-        <v>22</v>
+        <v>572</v>
       </c>
       <c r="H130">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>85</v>
+        <v>732</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="M130" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="N130" t="s">
         <v>44</v>
       </c>
       <c r="O130" t="s">
+        <v>735</v>
+      </c>
+      <c r="P130" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
+        <v>737</v>
+      </c>
+      <c r="B131" t="s">
         <v>738</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D131" t="s">
         <v>740</v>
       </c>
       <c r="E131" t="s">
-        <v>199</v>
+        <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>571</v>
+        <v>21</v>
       </c>
       <c r="G131" t="s">
-        <v>572</v>
+        <v>22</v>
       </c>
       <c r="H131">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
+        <v>23</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
         <v>741</v>
       </c>
-      <c r="K131" t="s">
-[...2 lines deleted...]
-      <c r="L131" t="s">
+      <c r="N131" t="s">
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
         <v>742</v>
       </c>
-      <c r="M131" t="s">
+      <c r="P131" t="s">
         <v>743</v>
-      </c>
-[...7 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
+        <v>744</v>
+      </c>
+      <c r="B132" t="s">
+        <v>745</v>
+      </c>
+      <c r="C132" t="s">
+        <v>31</v>
+      </c>
+      <c r="D132" t="s">
         <v>746</v>
       </c>
-      <c r="B132" t="s">
+      <c r="E132" t="s">
+        <v>199</v>
+      </c>
+      <c r="F132" t="s">
         <v>747</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2022</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>23</v>
+        <v>748</v>
       </c>
       <c r="K132" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L132"/>
+        <v>289</v>
+      </c>
+      <c r="L132" t="s">
+        <v>749</v>
+      </c>
       <c r="M132" t="s">
         <v>750</v>
       </c>
       <c r="N132" t="s">
-        <v>26</v>
+        <v>751</v>
       </c>
       <c r="O132" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="P132" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B133" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C133" t="s">
-        <v>31</v>
+        <v>739</v>
       </c>
       <c r="D133" t="s">
-        <v>755</v>
+        <v>19</v>
       </c>
       <c r="E133" t="s">
-        <v>199</v>
+        <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>720</v>
+        <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2022</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
+        <v>23</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
         <v>756</v>
       </c>
-      <c r="K133" t="s">
-[...2 lines deleted...]
-      <c r="L133" t="s">
+      <c r="N133" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
         <v>757</v>
       </c>
-      <c r="M133" t="s">
+      <c r="P133" t="s">
         <v>758</v>
-      </c>
-[...7 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="B134" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="C134" t="s">
-        <v>748</v>
+        <v>542</v>
       </c>
       <c r="D134" t="s">
-        <v>19</v>
+        <v>761</v>
       </c>
       <c r="E134" t="s">
-        <v>20</v>
+        <v>199</v>
       </c>
       <c r="F134" t="s">
-        <v>21</v>
+        <v>200</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
-      <c r="L134"/>
+      <c r="L134" t="s">
+        <v>762</v>
+      </c>
       <c r="M134" t="s">
+        <v>763</v>
+      </c>
+      <c r="N134" t="s">
+        <v>44</v>
+      </c>
+      <c r="O134" t="s">
         <v>764</v>
       </c>
-      <c r="N134" t="s">
-[...2 lines deleted...]
-      <c r="O134" t="s">
+      <c r="P134" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
+        <v>766</v>
+      </c>
+      <c r="B135" t="s">
         <v>767</v>
       </c>
-      <c r="B135" t="s">
+      <c r="C135" t="s">
+        <v>31</v>
+      </c>
+      <c r="D135" t="s">
         <v>768</v>
-      </c>
-[...4 lines deleted...]
-        <v>769</v>
       </c>
       <c r="E135" t="s">
         <v>199</v>
       </c>
       <c r="F135" t="s">
         <v>200</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>61</v>
+        <v>180</v>
       </c>
       <c r="K135" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L135" t="s">
+        <v>181</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>203</v>
+      </c>
+      <c r="N135" t="s">
+        <v>183</v>
+      </c>
+      <c r="O135" t="s">
+        <v>769</v>
+      </c>
+      <c r="P135" t="s">
         <v>770</v>
-      </c>
-[...10 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="B136" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="C136" t="s">
-        <v>31</v>
+        <v>542</v>
       </c>
       <c r="D136" t="s">
-        <v>776</v>
+        <v>191</v>
       </c>
       <c r="E136" t="s">
         <v>199</v>
       </c>
       <c r="F136" t="s">
-        <v>200</v>
+        <v>773</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>180</v>
+        <v>774</v>
       </c>
       <c r="K136" t="s">
         <v>181</v>
       </c>
-      <c r="L136"/>
+      <c r="L136" t="s">
+        <v>775</v>
+      </c>
       <c r="M136" t="s">
-        <v>203</v>
+        <v>776</v>
       </c>
       <c r="N136" t="s">
         <v>183</v>
       </c>
       <c r="O136" t="s">
         <v>777</v>
       </c>
       <c r="P136" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
         <v>779</v>
       </c>
       <c r="B137" t="s">
         <v>780</v>
       </c>
       <c r="C137" t="s">
         <v>542</v>
       </c>
       <c r="D137" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="E137" t="s">
         <v>199</v>
       </c>
       <c r="F137" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="K137" t="s">
         <v>181</v>
       </c>
       <c r="L137" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="M137" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="N137" t="s">
         <v>183</v>
       </c>
       <c r="O137" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="P137" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="B138" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="C138" t="s">
         <v>542</v>
       </c>
       <c r="D138" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="E138" t="s">
         <v>199</v>
       </c>
       <c r="F138" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="K138" t="s">
         <v>181</v>
       </c>
       <c r="L138" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="M138" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="N138" t="s">
         <v>183</v>
       </c>
       <c r="O138" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="P138" t="s">
-        <v>791</v>
-[...47 lines deleted...]
-        <v>796</v>
+        <v>788</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">